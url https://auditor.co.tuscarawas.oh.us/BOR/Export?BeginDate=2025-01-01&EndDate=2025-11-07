--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -43,60 +43,60 @@
   <si>
     <t>Value Change Requested</t>
   </si>
   <si>
     <t>Number Of Properties</t>
   </si>
   <si>
     <t>Properties</t>
   </si>
   <si>
     <t>2025-B00001</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>7904-INDIAN VALLEY SD</t>
   </si>
   <si>
     <t>07-00394-000</t>
   </si>
   <si>
     <t>2025-B00002</t>
   </si>
   <si>
+    <t>7903-GARAWAY SD</t>
+  </si>
+  <si>
+    <t>56-00018-003, 56-00018-004, 56-00018-013, 68-00006-001, 68-00006-002</t>
+  </si>
+  <si>
     <t>7902-DOVER CITY SD</t>
   </si>
   <si>
     <t>69-00013-000</t>
-  </si>
-[...4 lines deleted...]
-    <t>56-00018-003, 56-00018-004, 56-00018-013, 68-00006-001, 68-00006-002</t>
   </si>
   <si>
     <t>2025-B00003</t>
   </si>
   <si>
     <t>7905-NEWCOMERSTOWN EX VILL SD</t>
   </si>
   <si>
     <t>44-00547-000, 44-00548-000, 44-00549-000, 44-00550-000, 44-00551-000, 44-00552-000, 44-00554-000</t>
   </si>
   <si>
     <t>2025-B00004</t>
   </si>
   <si>
     <t>67-00481-000</t>
   </si>
   <si>
     <t>2025-B00005</t>
   </si>
   <si>
     <t>09-00144-000</t>
   </si>
   <si>
     <t>2025-B00006</t>
   </si>
@@ -532,51 +532,51 @@
       </c>
       <c r="D8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="2">
         <v>-3280</v>
       </c>
       <c r="F8" s="2">
         <v>1</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="1">
         <v>45679</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E9" s="2">
         <v>-542370</v>
       </c>
       <c r="F9" s="2">
         <v>3</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="1">
         <v>45680</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="2">
@@ -785,51 +785,51 @@
       </c>
       <c r="D19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E19" s="2">
         <v>16410</v>
       </c>
       <c r="F19" s="2">
         <v>1</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B20" s="1">
         <v>45706</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E20" s="2">
         <v>-46300</v>
       </c>
       <c r="F20" s="2">
         <v>1</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B21" s="1">
         <v>45708</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E21" s="2">
@@ -877,97 +877,97 @@
       </c>
       <c r="D23" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="2">
         <v>-8980</v>
       </c>
       <c r="F23" s="2">
         <v>1</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B24" s="1">
         <v>45713</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E24" s="2">
         <v>-420660</v>
       </c>
       <c r="F24" s="2">
         <v>1</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B25" s="1">
         <v>45734</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E25" s="2">
         <v>0</v>
       </c>
       <c r="F25" s="2">
         <v>1</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B26" s="1">
         <v>45736</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E26" s="2">
         <v>-222930</v>
       </c>
       <c r="F26" s="2">
         <v>2</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B27" s="1">
         <v>45744</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E27" s="2">