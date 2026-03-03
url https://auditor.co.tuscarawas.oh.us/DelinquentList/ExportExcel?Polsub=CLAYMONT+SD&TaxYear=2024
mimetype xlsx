--- v0 (2025-11-03)
+++ v1 (2026-03-03)
@@ -5,1345 +5,2794 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="637" uniqueCount="637">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1419" uniqueCount="1419">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>39-00006-000</t>
   </si>
   <si>
     <t>ADDLEMAN ENOS EMMERSON</t>
   </si>
   <si>
     <t>CLAYMONT SD</t>
   </si>
   <si>
     <t>7910 SE STATE ROUTE 800</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
+    <t>39-00012-000</t>
+  </si>
+  <si>
+    <t>SLUKA JONATHAN D &amp; JESSICA D</t>
+  </si>
+  <si>
+    <t>SE WOLF RUN RD</t>
+  </si>
+  <si>
     <t>39-00041-000</t>
   </si>
   <si>
     <t>ARTER ADRIAN</t>
   </si>
   <si>
     <t>4668 SE GATCHELL RD</t>
   </si>
   <si>
     <t>39-00046-000</t>
   </si>
   <si>
     <t>LAW DENVER E III</t>
   </si>
   <si>
     <t>7954 SE STATE ROUTE 800</t>
   </si>
   <si>
+    <t>39-00057-000</t>
+  </si>
+  <si>
+    <t>DAVIS JOSHUA &amp; ASHLEE</t>
+  </si>
+  <si>
+    <t>3726 SE EASTPORT RD</t>
+  </si>
+  <si>
+    <t>39-00067-000</t>
+  </si>
+  <si>
+    <t>MURPHY STEVE &amp; KIM</t>
+  </si>
+  <si>
+    <t>8245 SE TRACY RD</t>
+  </si>
+  <si>
     <t>39-00085-000</t>
   </si>
   <si>
     <t>BLAKE JOHN</t>
   </si>
   <si>
     <t>N WARDELL ST REAR</t>
   </si>
   <si>
+    <t>39-00117-000</t>
+  </si>
+  <si>
+    <t>MURPHY STEVEN L &amp; KIMBERLY A</t>
+  </si>
+  <si>
+    <t>7987 SE NEWPORT RD</t>
+  </si>
+  <si>
     <t>39-00129-000</t>
   </si>
   <si>
     <t>LEEPER SHELLY D</t>
   </si>
   <si>
     <t>6150 SE CLAY CITY DR</t>
   </si>
   <si>
     <t>39-00131-000</t>
   </si>
   <si>
     <t>CARSON HATTIE &amp; ELLA C VIRTUE</t>
   </si>
   <si>
     <t xml:space="preserve">STATE ROUTE 36  REAR</t>
   </si>
   <si>
+    <t>39-00135-000</t>
+  </si>
+  <si>
+    <t>SLUKA JESSICA &amp; JONATHAN</t>
+  </si>
+  <si>
+    <t>6105 SE WOLF RUN RD</t>
+  </si>
+  <si>
+    <t>39-00145-000</t>
+  </si>
+  <si>
+    <t>ROSE PAMALA - TTEE OF THE PAMALA A ROSE TRUST</t>
+  </si>
+  <si>
+    <t>6762 SE SUPERIOR RD</t>
+  </si>
+  <si>
+    <t>39-00156-000</t>
+  </si>
+  <si>
+    <t>SMITLEY LORI L</t>
+  </si>
+  <si>
+    <t>7507 SE STATE ROUTE 800</t>
+  </si>
+  <si>
+    <t>39-00187-000</t>
+  </si>
+  <si>
+    <t>MCGILL BEATRICE EILEEN</t>
+  </si>
+  <si>
+    <t>4778 SE MAPLE GROVE RD</t>
+  </si>
+  <si>
+    <t>39-00197-000</t>
+  </si>
+  <si>
+    <t>NEWPORT PROPERTY MANAGEMENT, LLC</t>
+  </si>
+  <si>
+    <t>6308 SE NEWPORT LN</t>
+  </si>
+  <si>
+    <t>39-00211-001</t>
+  </si>
+  <si>
+    <t>LEDFORD SARAH</t>
+  </si>
+  <si>
+    <t>8339 SE MORAVIAN TRAIL RD</t>
+  </si>
+  <si>
+    <t>39-00211-003</t>
+  </si>
+  <si>
+    <t>SE MORAVIAN TRAIL RD</t>
+  </si>
+  <si>
+    <t>39-00267-000</t>
+  </si>
+  <si>
+    <t>WILLIS JUSTIN W</t>
+  </si>
+  <si>
+    <t>8848 SE WOLFORD RD</t>
+  </si>
+  <si>
     <t>39-00267-005</t>
   </si>
   <si>
     <t>SECRETARY OF HOUSING &amp; URBAN DEVELOPMENT</t>
   </si>
   <si>
     <t>SE WOLFORD RD</t>
   </si>
   <si>
     <t>39-00267-006</t>
   </si>
   <si>
+    <t>39-00277-000</t>
+  </si>
+  <si>
+    <t>RANKIN MICHAEL T</t>
+  </si>
+  <si>
+    <t>7825 SE KILPATRICK DR</t>
+  </si>
+  <si>
     <t>39-00292-000</t>
   </si>
   <si>
     <t>MENEFEE DAWNIELLE L &amp; XANDRAKKAN BENEDUM</t>
   </si>
   <si>
     <t>7993 SE WATERWORKS HILL RD</t>
   </si>
   <si>
+    <t>39-00297-000</t>
+  </si>
+  <si>
+    <t>SE TRACY RD</t>
+  </si>
+  <si>
+    <t>39-00298-001</t>
+  </si>
+  <si>
+    <t>DRYDEN CHAD A &amp; TORI GALBRAITH</t>
+  </si>
+  <si>
+    <t>EDIE HILL RD</t>
+  </si>
+  <si>
+    <t>39-00311-000</t>
+  </si>
+  <si>
+    <t>GATCHELL DAVID</t>
+  </si>
+  <si>
+    <t>6939 SE MORAVIAN TRAIL RD</t>
+  </si>
+  <si>
+    <t>39-00328-000</t>
+  </si>
+  <si>
+    <t>BUTLER JARED R &amp; VICTORIA</t>
+  </si>
+  <si>
+    <t>6091 SE MILLS DR</t>
+  </si>
+  <si>
+    <t>39-00400-000</t>
+  </si>
+  <si>
+    <t>MASSEY PAUL R</t>
+  </si>
+  <si>
+    <t>7378 SE WARDELL HOLLOW RD</t>
+  </si>
+  <si>
     <t>39-00400-002</t>
   </si>
   <si>
-    <t>MASSEY PAUL R</t>
-[...1 lines deleted...]
-  <si>
     <t>SE WARDELL HOLLOW RD</t>
   </si>
   <si>
-    <t>39-00458-000</t>
-[...5 lines deleted...]
-    <t>4590 SE MAPLE GROVE RD</t>
+    <t>39-00400-003</t>
+  </si>
+  <si>
+    <t>MASSEY PATRICK &amp; DENIECE</t>
+  </si>
+  <si>
+    <t>39-00424-000</t>
+  </si>
+  <si>
+    <t>ERICKSON CHASE D</t>
+  </si>
+  <si>
+    <t>SE MAPLE GROVE RD</t>
+  </si>
+  <si>
+    <t>39-00523-003</t>
+  </si>
+  <si>
+    <t>ARNOLD JEFFREY A</t>
+  </si>
+  <si>
+    <t>6631 SE WOLFORD RD</t>
+  </si>
+  <si>
+    <t>39-00525-005</t>
+  </si>
+  <si>
+    <t>TARLETON JOHN B &amp; JEAN M</t>
+  </si>
+  <si>
+    <t>39-00533-000</t>
+  </si>
+  <si>
+    <t>LEHIGH ELMIRA</t>
   </si>
   <si>
     <t>39-00551-000</t>
   </si>
   <si>
     <t>PAGE TINA M &amp; LEROY E</t>
   </si>
   <si>
     <t>SE DEERSVILLE AVE</t>
   </si>
   <si>
+    <t>39-00557-000</t>
+  </si>
+  <si>
+    <t>SPROUL CORY &amp; MICHELLE</t>
+  </si>
+  <si>
+    <t>6368 SE STATE ROUTE 800</t>
+  </si>
+  <si>
+    <t>39-00579-000</t>
+  </si>
+  <si>
+    <t>M&amp;S BROKEN ROAD, LLC</t>
+  </si>
+  <si>
+    <t>7974 SE NEWPORT RD</t>
+  </si>
+  <si>
+    <t>39-00603-000</t>
+  </si>
+  <si>
+    <t>JOHNS JOHNETTA &amp; CHRIS BEITZEL</t>
+  </si>
+  <si>
+    <t>7231 SE DEERSVILLE AV EXT</t>
+  </si>
+  <si>
     <t>39-00605-000</t>
   </si>
   <si>
     <t>MCCAULEY HOWARD E &amp; HAZEL D</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>39-00626-000</t>
   </si>
   <si>
     <t>MILBURN KENNETH W SR</t>
   </si>
   <si>
     <t>7165 SE DEERSVILLE AV EXT</t>
   </si>
   <si>
-    <t>39-00637-000</t>
-[...5 lines deleted...]
-    <t>2936 SE EASTPORT RD</t>
+    <t>39-00645-000</t>
+  </si>
+  <si>
+    <t>FERRELL JON S</t>
+  </si>
+  <si>
+    <t>7211 SE WATERWORKS HILL RD</t>
+  </si>
+  <si>
+    <t>39-00650-000</t>
+  </si>
+  <si>
+    <t>MURPHY STEVEN L &amp; KIMBERLY</t>
+  </si>
+  <si>
+    <t>8713 SE WOLFORD RD</t>
+  </si>
+  <si>
+    <t>39-00651-000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SE STATE ROUTE 800  REAR</t>
   </si>
   <si>
     <t>39-00703-001</t>
   </si>
   <si>
     <t>BAKER DONALD ARTHUR &amp; KARRIE ELIZABETH</t>
   </si>
   <si>
     <t>7701 SE STATE ROUTE 800</t>
   </si>
   <si>
-    <t>39-00868-000</t>
-[...5 lines deleted...]
-    <t>4880 SE MAPLE GROVE RD</t>
+    <t>39-00838-000</t>
+  </si>
+  <si>
+    <t>WATER ST EXT</t>
+  </si>
+  <si>
+    <t>39-00870-001</t>
+  </si>
+  <si>
+    <t>DEAN JAMES M</t>
+  </si>
+  <si>
+    <t>8348 SE WOLFORD RD</t>
+  </si>
+  <si>
+    <t>39-00882-000</t>
+  </si>
+  <si>
+    <t>PATTERSON DONNA J</t>
+  </si>
+  <si>
+    <t>7705 SE KILPATRICK RD</t>
+  </si>
+  <si>
+    <t>39-00910-000</t>
+  </si>
+  <si>
+    <t>SHAW JAMES L JR</t>
+  </si>
+  <si>
+    <t>6616 SE WATERWORKS HILL RD</t>
+  </si>
+  <si>
+    <t>39-00922-000</t>
+  </si>
+  <si>
+    <t>KAIL MARK A</t>
+  </si>
+  <si>
+    <t>6868 SE WARDELL HOLLOW RD</t>
+  </si>
+  <si>
+    <t>39-00928-000</t>
+  </si>
+  <si>
+    <t>6897 SE EDIE HILL RD</t>
+  </si>
+  <si>
+    <t>39-00941-004</t>
+  </si>
+  <si>
+    <t>M&amp;S BROKEN ROAD LLC</t>
+  </si>
+  <si>
+    <t>39-00971-000</t>
+  </si>
+  <si>
+    <t>BAKER WAYNE M</t>
+  </si>
+  <si>
+    <t>7973 SE WATERWORKS HILL RD</t>
   </si>
   <si>
     <t>3901091</t>
   </si>
   <si>
     <t>LEEPER AMY C</t>
   </si>
   <si>
     <t>8666 SE LATTO RD</t>
   </si>
   <si>
+    <t>3901151</t>
+  </si>
+  <si>
+    <t>SOMMERS TINA M</t>
+  </si>
+  <si>
+    <t>8083 SE NEWPORT RD</t>
+  </si>
+  <si>
     <t>39-01309-000</t>
   </si>
   <si>
     <t>VILLWOCK KENNETH L &amp; NICOLE M</t>
   </si>
   <si>
     <t>6406 SE EDIE HILL RD</t>
   </si>
   <si>
+    <t>39-01317-000</t>
+  </si>
+  <si>
+    <t>BLOOM HAROLD E</t>
+  </si>
+  <si>
+    <t>6911 SE EDIE HILL RD</t>
+  </si>
+  <si>
     <t>3901464</t>
   </si>
   <si>
+    <t>39-01552-001</t>
+  </si>
+  <si>
+    <t>MCCLUSKEY JONAHTAN D &amp; STEPHANIE R</t>
+  </si>
+  <si>
+    <t>SE STATE ROUTE 800</t>
+  </si>
+  <si>
+    <t>39-01559-000</t>
+  </si>
+  <si>
+    <t>MARTIN JOE</t>
+  </si>
+  <si>
+    <t>6468 SE EDIE HILL RD</t>
+  </si>
+  <si>
     <t>39-01788-000</t>
   </si>
   <si>
     <t>HAMILTON JOSEPH L &amp; JENNIE</t>
   </si>
   <si>
     <t>SE WATERWORKS HILL RD</t>
   </si>
   <si>
+    <t>39-01832-000</t>
+  </si>
+  <si>
+    <t>MILLER MILTON D &amp; ANITA M</t>
+  </si>
+  <si>
+    <t>8435 SE TRACY RD</t>
+  </si>
+  <si>
+    <t>39-01838-000</t>
+  </si>
+  <si>
+    <t>DUNCAN THOMAS B</t>
+  </si>
+  <si>
+    <t>6033 SE WOLFORD RD</t>
+  </si>
+  <si>
+    <t>39-01852-001</t>
+  </si>
+  <si>
+    <t>GALBRAITH MARCELLA A</t>
+  </si>
+  <si>
+    <t>7090 SE EDIE HILL RD</t>
+  </si>
+  <si>
     <t>39-01852-008</t>
   </si>
   <si>
     <t>HOGUE PHILLIP S</t>
   </si>
   <si>
-    <t>SE TRACY RD</t>
+    <t>39-01898-000</t>
+  </si>
+  <si>
+    <t>SLIFFE GEORGE &amp; STELLA</t>
+  </si>
+  <si>
+    <t>SE SUPERIOR RD</t>
+  </si>
+  <si>
+    <t>39-01915-001</t>
+  </si>
+  <si>
+    <t>MORRIS CHAD E</t>
+  </si>
+  <si>
+    <t>39-01924-001</t>
+  </si>
+  <si>
+    <t>STULL EVAN &amp; RYAN M</t>
+  </si>
+  <si>
+    <t>SE MCGUIRE LN</t>
   </si>
   <si>
     <t>39-01925-001</t>
   </si>
   <si>
     <t>PATTERSON JERRY A - TRUSTEE ZACHERY G JONES</t>
   </si>
   <si>
     <t>MORAVIAN RD</t>
   </si>
   <si>
+    <t>39-01945-000</t>
+  </si>
+  <si>
+    <t>MULLER DAVID P</t>
+  </si>
+  <si>
+    <t>6968 SE STATE ROUTE 800</t>
+  </si>
+  <si>
     <t>39-01970-000</t>
   </si>
   <si>
     <t>LUTZ MRS M S FREDDIE &amp; 2 OTHERS</t>
   </si>
   <si>
     <t>SE EASTPORT RD</t>
   </si>
   <si>
+    <t>39-01972-001</t>
+  </si>
+  <si>
+    <t>SHORT LARRY A JR &amp; LARRY D SHORT SR</t>
+  </si>
+  <si>
+    <t>9871 SE FEED SPRING HILL RD</t>
+  </si>
+  <si>
+    <t>39-01972-006</t>
+  </si>
+  <si>
+    <t>MOUNTAIN LION OIL &amp; GAS LLC</t>
+  </si>
+  <si>
+    <t>SE FEED SPRING HILL RD</t>
+  </si>
+  <si>
     <t>39-01987-000</t>
   </si>
   <si>
     <t>BURRIER NORMAN B &amp; SHARON</t>
   </si>
   <si>
     <t>2996 SE EASTPORT RD</t>
   </si>
   <si>
+    <t>39-02017-042</t>
+  </si>
+  <si>
+    <t>JAMISON DEBORAH &amp; BARBARA S GARDNER</t>
+  </si>
+  <si>
+    <t>3897 SE CLAY CT</t>
+  </si>
+  <si>
     <t>39-02022-000</t>
   </si>
   <si>
     <t>CONLEY DAVID P</t>
   </si>
   <si>
     <t>7318 SE MORAVIAN TRAIL RD</t>
   </si>
   <si>
     <t>39-02023-001</t>
   </si>
   <si>
     <t>TRIPLETT WENDY M</t>
   </si>
   <si>
     <t>7408 MORAVIAN TRAIL RD</t>
   </si>
   <si>
+    <t>39-02057-000</t>
+  </si>
+  <si>
+    <t>MORRISON ROGER A</t>
+  </si>
+  <si>
+    <t>7797 SE STATE ROUTE 800</t>
+  </si>
+  <si>
+    <t>39-02057-004</t>
+  </si>
+  <si>
+    <t>MILLER ROBERT O JR &amp; GAIL L FLANAGAN ETAL</t>
+  </si>
+  <si>
     <t>39-02087-000</t>
   </si>
   <si>
     <t>ROSE VERA &amp; RONALD</t>
   </si>
   <si>
-    <t>SE MAPLE GROVE RD</t>
+    <t>39-02102-002</t>
+  </si>
+  <si>
+    <t>MILLER JR LARRY E &amp; ASHLIEGH N MILLER</t>
+  </si>
+  <si>
+    <t>STATE ROUTE 800</t>
+  </si>
+  <si>
+    <t>39-02104-000</t>
+  </si>
+  <si>
+    <t>39-02104-001</t>
+  </si>
+  <si>
+    <t>MILLER LARRY E JR &amp; ASHLEIGH</t>
+  </si>
+  <si>
+    <t>7943 SE STATE ROUTE 800</t>
+  </si>
+  <si>
+    <t>39-02104-002</t>
+  </si>
+  <si>
+    <t>AFFOLTER CHRISTINA M</t>
+  </si>
+  <si>
+    <t>7849 SE STATE ROUTE 800</t>
+  </si>
+  <si>
+    <t>39-02104-003</t>
+  </si>
+  <si>
+    <t>HERRON CADEN &amp; SHELBY</t>
+  </si>
+  <si>
+    <t>7851 SE STATE ROUTE 800</t>
+  </si>
+  <si>
+    <t>39-02104-004</t>
+  </si>
+  <si>
+    <t>7853 SE STATE ROUTE 800</t>
   </si>
   <si>
     <t>39-02114-000</t>
   </si>
   <si>
     <t>OWEN GARY D &amp; LORA</t>
   </si>
   <si>
     <t>7769 SE TRACY RD</t>
   </si>
   <si>
     <t>39-02114-002</t>
   </si>
   <si>
     <t>OWEN GARY D &amp; LORA ANN</t>
   </si>
   <si>
     <t>7731 SE TRACY RD</t>
   </si>
   <si>
+    <t>39-02124-017</t>
+  </si>
+  <si>
+    <t>BIRNEY PROPERTIES, LLC</t>
+  </si>
+  <si>
+    <t>3297 SE SIMPSON RD</t>
+  </si>
+  <si>
+    <t>39-02124-021</t>
+  </si>
+  <si>
+    <t>BIRNEY SCOTT F &amp; PATTY J</t>
+  </si>
+  <si>
+    <t>3305 SE SIMPSON RD</t>
+  </si>
+  <si>
+    <t>39-02124-043</t>
+  </si>
+  <si>
+    <t>BARLOW JACKIE L</t>
+  </si>
+  <si>
+    <t>3191 SE HEIGHTS DR</t>
+  </si>
+  <si>
+    <t>39-02124-044</t>
+  </si>
+  <si>
+    <t>JONES SEAN A</t>
+  </si>
+  <si>
+    <t>3236 SE HEIGHTS DR</t>
+  </si>
+  <si>
+    <t>39-02124-051</t>
+  </si>
+  <si>
+    <t>SE SIMPSON RD</t>
+  </si>
+  <si>
     <t>39-02125-001</t>
   </si>
   <si>
     <t>GRANDISON KELLY D</t>
   </si>
   <si>
     <t>3318 SE EASTPORT RD</t>
   </si>
   <si>
     <t>39-02133-000</t>
   </si>
   <si>
     <t>GRANDISON ASHLEY MARIE &amp; SHANE EUGENE FIESTER</t>
   </si>
   <si>
     <t>6844 SE MOORES RIDGE RD</t>
   </si>
   <si>
+    <t>39-02172-000</t>
+  </si>
+  <si>
     <t>3902213</t>
   </si>
   <si>
     <t>COEN REBECCA L</t>
   </si>
   <si>
     <t>9436 SE MT BETHEL RD</t>
   </si>
   <si>
     <t>3902365</t>
   </si>
   <si>
     <t>KNIGHT STEVEN P &amp; MICKEY</t>
   </si>
   <si>
     <t>6744 SE TRACY RD</t>
   </si>
   <si>
+    <t>39-02373-000</t>
+  </si>
+  <si>
+    <t>SADOLSKY MARK A &amp; KATHERINE L</t>
+  </si>
+  <si>
+    <t>NE STATE ROUTE 800</t>
+  </si>
+  <si>
     <t>3902609</t>
   </si>
   <si>
     <t>ARNOLD ANDREW</t>
   </si>
   <si>
     <t>8212 WOLFORD RD</t>
   </si>
   <si>
     <t>3902645</t>
   </si>
   <si>
     <t>3902723</t>
   </si>
   <si>
     <t>TAMMAC HOLDINGS CORPORATION</t>
   </si>
   <si>
     <t>6856 SE WARDELL HOLLOW RD</t>
   </si>
   <si>
     <t>3904019</t>
   </si>
   <si>
     <t>MILLER DONALD E JR</t>
   </si>
   <si>
     <t>8589 SE LATTO RD</t>
   </si>
   <si>
+    <t>3904155</t>
+  </si>
+  <si>
+    <t>FERRELL JON</t>
+  </si>
+  <si>
+    <t>3904374</t>
+  </si>
+  <si>
+    <t>WILLIAMS MELODY E</t>
+  </si>
+  <si>
+    <t>3825 DUTCH VALLEY RD</t>
+  </si>
+  <si>
+    <t>3905004</t>
+  </si>
+  <si>
+    <t>AKINS THOMAS M SR</t>
+  </si>
+  <si>
+    <t>8425 SE LATTO RD</t>
+  </si>
+  <si>
     <t>3905398</t>
   </si>
   <si>
     <t>WHITEMAN DONALD L &amp; MICHELLE A GALLOWAY</t>
   </si>
   <si>
     <t>8517 SE TRACY RD</t>
   </si>
   <si>
+    <t>3906403</t>
+  </si>
+  <si>
+    <t>ARNOLD PAUL L</t>
+  </si>
+  <si>
+    <t>8171 WOLFORD RD</t>
+  </si>
+  <si>
     <t>3906519</t>
   </si>
   <si>
     <t>MASSEY PAUL ROYCE</t>
   </si>
   <si>
-    <t>7378 SE WARDELL HOLLOW RD</t>
-[...1 lines deleted...]
-  <si>
     <t>3907532</t>
   </si>
   <si>
     <t>REYNOLDS ROBERT &amp; RHONDA</t>
   </si>
   <si>
     <t>6415 SE NEWPORT LN</t>
   </si>
   <si>
     <t>3907875</t>
   </si>
   <si>
     <t>LORENZ DIANA E</t>
   </si>
   <si>
     <t>4786 SE GATCHELL RD</t>
   </si>
   <si>
     <t>3908300</t>
   </si>
   <si>
     <t>MILLER LORA</t>
   </si>
   <si>
+    <t>3908961</t>
+  </si>
+  <si>
+    <t>ROYER MICHAEL D</t>
+  </si>
+  <si>
+    <t>3837 SE EASTPORT RD</t>
+  </si>
+  <si>
     <t>41-00009-000</t>
   </si>
   <si>
     <t>ADAMS WM O &amp; ESTHER M</t>
   </si>
   <si>
     <t>STATE ROUTE 250</t>
   </si>
   <si>
     <t>4100010</t>
   </si>
   <si>
     <t>COX RUBY</t>
   </si>
   <si>
     <t>922 MAURER DR</t>
   </si>
   <si>
+    <t>41-00018-000</t>
+  </si>
+  <si>
+    <t>ERICKSON CHASE</t>
+  </si>
+  <si>
+    <t>637 PARRISH ST</t>
+  </si>
+  <si>
+    <t>41-00022-000</t>
+  </si>
+  <si>
+    <t>JOHNS DWIGHT W</t>
+  </si>
+  <si>
+    <t>424 N MAIN ST</t>
+  </si>
+  <si>
     <t>41-00048-000</t>
   </si>
   <si>
     <t>MORRISON WILLIAM N &amp; RUTH I</t>
   </si>
   <si>
     <t>NEWPORT AVE</t>
   </si>
   <si>
+    <t>41-00049-000</t>
+  </si>
+  <si>
+    <t>M &amp; S BROKEN ROAD, LLC</t>
+  </si>
+  <si>
+    <t>1016 TRENTON AVE</t>
+  </si>
+  <si>
+    <t>41-00073-000</t>
+  </si>
+  <si>
+    <t>STEVE DARLENE</t>
+  </si>
+  <si>
+    <t>528 WILCOXEN ST</t>
+  </si>
+  <si>
+    <t>41-00101-000</t>
+  </si>
+  <si>
+    <t>GRANT RENTALS</t>
+  </si>
+  <si>
+    <t>336 S MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>41-00106-000</t>
+  </si>
+  <si>
+    <t>STOLLINGS JODI</t>
+  </si>
+  <si>
+    <t>1469 ROANOKE AVE</t>
+  </si>
+  <si>
+    <t>4100121</t>
+  </si>
+  <si>
+    <t>KOHLER SONYA R</t>
+  </si>
+  <si>
+    <t>306 PEARL ST</t>
+  </si>
+  <si>
+    <t>41-00123-000</t>
+  </si>
+  <si>
+    <t>SMOTHERS CHAD</t>
+  </si>
+  <si>
+    <t>128 S WATER ST</t>
+  </si>
+  <si>
+    <t>41-00124-000</t>
+  </si>
+  <si>
+    <t>BIRNEY PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>426 N DAWSON ST</t>
+  </si>
+  <si>
     <t>41-00133-000</t>
   </si>
   <si>
     <t>BERNI VIRGINIA M</t>
   </si>
   <si>
     <t>HUSTON ALY</t>
   </si>
   <si>
     <t>41-00134-001</t>
   </si>
   <si>
     <t>REICHMAN WESLEY P &amp; ARANA</t>
   </si>
   <si>
     <t>S DAWSON ST</t>
   </si>
   <si>
     <t>41-00141-000</t>
   </si>
   <si>
     <t>BROWN RICHARD A</t>
   </si>
   <si>
     <t>W 4TH ST</t>
   </si>
   <si>
+    <t>41-00142-000</t>
+  </si>
+  <si>
+    <t>SCHWIGER DAVID P &amp; LOLA M LUTE-SCHWIGER</t>
+  </si>
+  <si>
+    <t>423 E BANK ST</t>
+  </si>
+  <si>
+    <t>41-00146-000</t>
+  </si>
+  <si>
+    <t>ALBRIGHT EARL DANIEL &amp; WANDA L</t>
+  </si>
+  <si>
+    <t>234 PACKER ST</t>
+  </si>
+  <si>
+    <t>41-00169-000</t>
+  </si>
+  <si>
+    <t>BREHM WILLIAM E</t>
+  </si>
+  <si>
+    <t>1128 N MAIN ST</t>
+  </si>
+  <si>
+    <t>41-00182-000</t>
+  </si>
+  <si>
+    <t>SMITH JAMES &amp; DIANA</t>
+  </si>
+  <si>
+    <t>912 W 1ST ST</t>
+  </si>
+  <si>
     <t>41-00210-000</t>
   </si>
   <si>
     <t>CARTER RONALD &amp; BENITA</t>
   </si>
   <si>
     <t>309 N CENTER ST</t>
   </si>
   <si>
     <t>4100213</t>
   </si>
   <si>
     <t>ANNON BRENT</t>
   </si>
   <si>
     <t>105 RIVER RD</t>
   </si>
   <si>
-    <t>41-00214-000</t>
-[...5 lines deleted...]
-    <t>1219 GORLEY ST</t>
+    <t>41-00231-000</t>
+  </si>
+  <si>
+    <t>NEWPORT PROPERTY MANAGEMENT LLC</t>
+  </si>
+  <si>
+    <t>320 E 5TH ST</t>
+  </si>
+  <si>
+    <t>41-00234-000</t>
+  </si>
+  <si>
+    <t>BOWE RODNEY &amp; DEBBIE</t>
+  </si>
+  <si>
+    <t>448 E 5TH ST</t>
+  </si>
+  <si>
+    <t>41-00247-000</t>
+  </si>
+  <si>
+    <t>329 N CENTER ST</t>
+  </si>
+  <si>
+    <t>41-00342-000</t>
+  </si>
+  <si>
+    <t>STULL ZACHARY H &amp; SAVANNAH SNIVELY</t>
+  </si>
+  <si>
+    <t>S WATER ST</t>
   </si>
   <si>
     <t>4100360</t>
   </si>
   <si>
     <t>GARBRANDT JAMES</t>
   </si>
   <si>
     <t>276 PEARL ST</t>
   </si>
   <si>
     <t>4100386</t>
   </si>
   <si>
     <t>HOGUE BRANDI J</t>
   </si>
   <si>
     <t>224 PEARL ST</t>
   </si>
   <si>
+    <t>41-00395-000</t>
+  </si>
+  <si>
+    <t>TECZA IAN CHASE</t>
+  </si>
+  <si>
+    <t>132 S MAIN ST</t>
+  </si>
+  <si>
+    <t>41-00397-000</t>
+  </si>
+  <si>
+    <t>COX SUZANNE C</t>
+  </si>
+  <si>
+    <t>1641 ROANOKE AVE</t>
+  </si>
+  <si>
     <t>41-00399-000</t>
   </si>
   <si>
     <t>FAUSTO CHRIS A</t>
   </si>
   <si>
     <t>714 W 1ST ST</t>
   </si>
   <si>
+    <t>41-00401-000</t>
+  </si>
+  <si>
+    <t>GRANT RENTALS LLC</t>
+  </si>
+  <si>
+    <t>531 E 1ST ST</t>
+  </si>
+  <si>
     <t>41-00409-000</t>
   </si>
   <si>
     <t>SPROUL LAUREN</t>
   </si>
   <si>
     <t>314 W 1ST ST</t>
   </si>
   <si>
     <t>41-00412-000</t>
   </si>
   <si>
     <t>LILLIE HAROLD &amp; DARLENE</t>
   </si>
   <si>
     <t>505 E 3RD ST</t>
   </si>
   <si>
     <t>41-00428-000</t>
   </si>
   <si>
     <t>BLACKBURN JOHNATHEN W &amp; RHAWNIE L ALEXANDER</t>
   </si>
   <si>
     <t>226 S WATER ST</t>
   </si>
   <si>
     <t>41-00448-000</t>
   </si>
   <si>
     <t>SCF-I LLC</t>
   </si>
   <si>
     <t>S WARDELL ST</t>
   </si>
   <si>
     <t>41-00481-000</t>
   </si>
   <si>
     <t>DEARTH CLAYTON W</t>
   </si>
   <si>
     <t>MCCONNELL ST</t>
   </si>
   <si>
+    <t>41-00492-000</t>
+  </si>
+  <si>
+    <t>594 E 1ST ST</t>
+  </si>
+  <si>
     <t>41-00511-000</t>
   </si>
   <si>
     <t>JOHNS DWIGHT</t>
   </si>
   <si>
     <t>DEERSVILLE AVE</t>
   </si>
   <si>
+    <t>41-00523-000</t>
+  </si>
+  <si>
+    <t>COOPER PAUL K JR &amp; MELISSA LOU</t>
+  </si>
+  <si>
+    <t>534 W BANK ST</t>
+  </si>
+  <si>
+    <t>41-00557-000</t>
+  </si>
+  <si>
+    <t>PARRISH ROGER</t>
+  </si>
+  <si>
+    <t>271 MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>41-00595-000</t>
+  </si>
+  <si>
+    <t>PATTERSON JUANITA M</t>
+  </si>
+  <si>
+    <t>532 W HIGH ST</t>
+  </si>
+  <si>
     <t>41-00596-000</t>
   </si>
   <si>
     <t>ENOS FRANCIS PAUL &amp; NORA MARIE</t>
   </si>
   <si>
     <t>41-00637-000</t>
   </si>
   <si>
     <t>FETTER CHRISTIAN C</t>
   </si>
   <si>
     <t>MURPHY ST</t>
   </si>
   <si>
-    <t>41-00655-000</t>
+    <t>41-00645-000</t>
+  </si>
+  <si>
+    <t>COLLETTI THOMAS E</t>
+  </si>
+  <si>
+    <t>314 S WATER ST</t>
+  </si>
+  <si>
+    <t>41-00645-001</t>
+  </si>
+  <si>
+    <t>ADDLEMAN MARILYN</t>
+  </si>
+  <si>
+    <t>41-00670-000</t>
+  </si>
+  <si>
+    <t>FRED FAIRALL CONSTRUCTION CO</t>
+  </si>
+  <si>
+    <t>LAKE ST</t>
+  </si>
+  <si>
+    <t>41-00679-000</t>
+  </si>
+  <si>
+    <t>HEID KIMBERLY A</t>
+  </si>
+  <si>
+    <t>556 E 1ST ST</t>
+  </si>
+  <si>
+    <t>41-00696-000</t>
+  </si>
+  <si>
+    <t>KERNS CLINTON W</t>
+  </si>
+  <si>
+    <t>256 MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>41-00698-000</t>
+  </si>
+  <si>
+    <t>GARBRANDT BRITTANY DIANNE</t>
+  </si>
+  <si>
+    <t>237 MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>4100744</t>
+  </si>
+  <si>
+    <t>FOUTS FRITZ A &amp; TAMMY K</t>
+  </si>
+  <si>
+    <t>270 PEARL ST</t>
+  </si>
+  <si>
+    <t>41-00750-000</t>
+  </si>
+  <si>
+    <t>HEWISON DOUGLAS A II &amp; SIERRA N</t>
+  </si>
+  <si>
+    <t>294 S MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>4100751</t>
+  </si>
+  <si>
+    <t>PATTERSON RICHARD S &amp; DIANNA L</t>
+  </si>
+  <si>
+    <t>6299 S WATER ST</t>
+  </si>
+  <si>
+    <t>41-00751-000</t>
+  </si>
+  <si>
+    <t>S MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>41-00752-000</t>
+  </si>
+  <si>
+    <t>MAST ADRIAN</t>
+  </si>
+  <si>
+    <t>439 E 4TH ST</t>
+  </si>
+  <si>
+    <t>41-00763-000</t>
+  </si>
+  <si>
+    <t>MADONI JOHN C</t>
+  </si>
+  <si>
+    <t>629 TRENTON AVE</t>
+  </si>
+  <si>
+    <t>41-00766-000</t>
+  </si>
+  <si>
+    <t>320 W 4TH ST</t>
+  </si>
+  <si>
+    <t>41-00775-001</t>
+  </si>
+  <si>
+    <t>HALTER JOSEPH &amp; BRENDA</t>
+  </si>
+  <si>
+    <t>W 1ST ST</t>
+  </si>
+  <si>
+    <t>41-00779-000</t>
+  </si>
+  <si>
+    <t>BOWLING RALPH &amp; PATRICIA</t>
+  </si>
+  <si>
+    <t>N JAY ST</t>
+  </si>
+  <si>
+    <t>41-00780-000</t>
+  </si>
+  <si>
+    <t>W 2ND ST REAR</t>
+  </si>
+  <si>
+    <t>41-00781-000</t>
+  </si>
+  <si>
+    <t>206 N JAY ST</t>
+  </si>
+  <si>
+    <t>4100810</t>
+  </si>
+  <si>
+    <t>GRAY TERRIA A</t>
+  </si>
+  <si>
+    <t>408 E HIGH ST LOT 2</t>
+  </si>
+  <si>
+    <t>41-00818-000</t>
+  </si>
+  <si>
+    <t>834 EAST 5TH TRUST</t>
+  </si>
+  <si>
+    <t>438 E 5TH ST</t>
+  </si>
+  <si>
+    <t>4100834</t>
   </si>
   <si>
     <t>HENRY EARL L JR &amp; JANET S</t>
   </si>
   <si>
-    <t>714 NEWPORT AVE</t>
-[...2 lines deleted...]
-    <t>41-00656-000</t>
+    <t>710 NEWPORT AVE</t>
+  </si>
+  <si>
+    <t>41-00835-000</t>
+  </si>
+  <si>
+    <t>CENTRAL CONSULTING LLC</t>
+  </si>
+  <si>
+    <t>329 N MILLER ST</t>
+  </si>
+  <si>
+    <t>41-00836-000</t>
+  </si>
+  <si>
+    <t>320 N CENTER ST</t>
+  </si>
+  <si>
+    <t>4100839</t>
+  </si>
+  <si>
+    <t>JONES CHRISTIE L</t>
+  </si>
+  <si>
+    <t>232 PEARL ST</t>
+  </si>
+  <si>
+    <t>41-00850-000</t>
+  </si>
+  <si>
+    <t>MEEK JAMES L &amp; SHEILA FISHER &amp; GAYLON STUDER ETAL</t>
+  </si>
+  <si>
+    <t>E 4TH ST</t>
+  </si>
+  <si>
+    <t>41-00852-000</t>
+  </si>
+  <si>
+    <t>HARRIS JOS S &amp; CUMI</t>
+  </si>
+  <si>
+    <t>230 W 11TH ST</t>
+  </si>
+  <si>
+    <t>41-00864-000</t>
+  </si>
+  <si>
+    <t>MCKAIN ANDREW</t>
+  </si>
+  <si>
+    <t>417 CROSS ST</t>
+  </si>
+  <si>
+    <t>41-00874-000</t>
+  </si>
+  <si>
+    <t>716 W 4TH ST</t>
+  </si>
+  <si>
+    <t>41-00909-000</t>
+  </si>
+  <si>
+    <t>HILLYER BARRY L &amp; BONNIE R</t>
+  </si>
+  <si>
+    <t>140 DEERSVILLE AVE</t>
+  </si>
+  <si>
+    <t>41-00913-000</t>
+  </si>
+  <si>
+    <t>4100923</t>
+  </si>
+  <si>
+    <t>HENRY JANET S</t>
   </si>
   <si>
     <t>712 NEWPORT AVE</t>
   </si>
   <si>
-    <t>41-00670-000</t>
-[...128 lines deleted...]
-    <t>HENRY JANET S</t>
+    <t>41-00938-000</t>
+  </si>
+  <si>
+    <t>BEATTY TIMOTHY A &amp; GLENDA STRIKER</t>
+  </si>
+  <si>
+    <t>420 W 4TH ST</t>
+  </si>
+  <si>
+    <t>41-00942-000</t>
+  </si>
+  <si>
+    <t>STARNES MARY</t>
+  </si>
+  <si>
+    <t>608 W 1ST ST</t>
+  </si>
+  <si>
+    <t>41-00972-000</t>
+  </si>
+  <si>
+    <t>VOSICK SALLY A</t>
+  </si>
+  <si>
+    <t>319 E 5TH ST</t>
   </si>
   <si>
     <t>41-00988-000</t>
   </si>
   <si>
     <t>LESLIE DWAIN ALLEN</t>
   </si>
   <si>
     <t>448 E 4TH ST</t>
   </si>
   <si>
+    <t>41-00994-000</t>
+  </si>
+  <si>
+    <t>BOWE RODNEY J &amp; DEBORAH K</t>
+  </si>
+  <si>
+    <t>435 E 5TH ST</t>
+  </si>
+  <si>
+    <t>41-01000-000</t>
+  </si>
+  <si>
+    <t>CALVEY BURNETT ROBERT</t>
+  </si>
+  <si>
+    <t>460 DEERSVILLE AVE</t>
+  </si>
+  <si>
+    <t>41-01001-000</t>
+  </si>
+  <si>
     <t>41-01002-000</t>
   </si>
   <si>
     <t>HUTCHINS ALMA M ET AL</t>
   </si>
   <si>
     <t>N WATER ST</t>
   </si>
   <si>
+    <t>41-01007-000</t>
+  </si>
+  <si>
+    <t>CARPENTER THERESA RENEE</t>
+  </si>
+  <si>
+    <t>613 W 1ST ST</t>
+  </si>
+  <si>
     <t>41-01017-000</t>
   </si>
   <si>
     <t>BLANK DAVID S</t>
   </si>
   <si>
+    <t>41-01023-000</t>
+  </si>
+  <si>
+    <t>HUFF MICHAEL R &amp; TARAH B</t>
+  </si>
+  <si>
+    <t>307 OAK ST</t>
+  </si>
+  <si>
+    <t>41-01036-000</t>
+  </si>
+  <si>
+    <t>GREEN MATTHEW</t>
+  </si>
+  <si>
+    <t>4101062</t>
+  </si>
+  <si>
+    <t>SELL ERIC DEAN</t>
+  </si>
+  <si>
+    <t>103 THOMPSON ST</t>
+  </si>
+  <si>
     <t>41-01063-000</t>
   </si>
   <si>
     <t>K-HILL SIGNAL CO INC</t>
   </si>
   <si>
     <t>W 2ND ST</t>
   </si>
   <si>
     <t>41-01065-000</t>
   </si>
   <si>
     <t>W SECOND ST</t>
   </si>
   <si>
     <t>41-01066-000</t>
   </si>
   <si>
+    <t>41-01114-000</t>
+  </si>
+  <si>
+    <t>307 S MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>41-01128-000</t>
+  </si>
+  <si>
+    <t>109 S UHRICH ST</t>
+  </si>
+  <si>
+    <t>41-01145-000</t>
+  </si>
+  <si>
+    <t>WILLIS KYLE RYAN</t>
+  </si>
+  <si>
+    <t>148 WASHINGTON AVE</t>
+  </si>
+  <si>
+    <t>41-01147-000</t>
+  </si>
+  <si>
+    <t>CUSTOM PROPERTY REHAB SERVICES LLC</t>
+  </si>
+  <si>
+    <t>118 N WARDELL ST</t>
+  </si>
+  <si>
+    <t>41-01205-000</t>
+  </si>
+  <si>
+    <t>ROBINSON ORA L</t>
+  </si>
+  <si>
+    <t>226 W 11TH ST</t>
+  </si>
+  <si>
     <t>41-01211-000</t>
   </si>
   <si>
     <t>STRIKER JAMES &amp; EDNA</t>
   </si>
   <si>
+    <t>41-01222-000</t>
+  </si>
+  <si>
+    <t>LAPP, TTEE OF AN AGREEMENT AND DECLARATION OF TRUST AMANDA D</t>
+  </si>
+  <si>
+    <t>424 E 8TH ST</t>
+  </si>
+  <si>
+    <t>41-01230-000</t>
+  </si>
+  <si>
+    <t>REYNOLDS MICHAEL</t>
+  </si>
+  <si>
+    <t>220 W 3RD ST</t>
+  </si>
+  <si>
     <t>41-01258-000</t>
   </si>
   <si>
     <t>WOODWARD MICHELLE</t>
   </si>
   <si>
     <t>E DEERSVILLE AVE REAR</t>
   </si>
   <si>
     <t>41-01264-000</t>
   </si>
   <si>
     <t>RILEY JACK L</t>
   </si>
   <si>
     <t>E 3RD ST REAR</t>
   </si>
   <si>
     <t>41-01265-000</t>
   </si>
   <si>
     <t>E 3RD ST</t>
   </si>
   <si>
+    <t>41-01276-000</t>
+  </si>
+  <si>
+    <t>AUSTIN PAUL F JR &amp; RONALD E HAWKINBERRY JR</t>
+  </si>
+  <si>
+    <t>516 E 2ND ST</t>
+  </si>
+  <si>
+    <t>41-01292-000</t>
+  </si>
+  <si>
+    <t>ELLIOTT CLIFFORD</t>
+  </si>
+  <si>
+    <t>125 S UHRICH ST</t>
+  </si>
+  <si>
     <t>41-01312-000</t>
   </si>
   <si>
     <t>SWEET &amp; LOWE LLC</t>
   </si>
   <si>
     <t>311 S MCCONNELL ST</t>
   </si>
   <si>
+    <t>41-01372-000</t>
+  </si>
+  <si>
+    <t>CLEMONS ANDREA</t>
+  </si>
+  <si>
+    <t>120 E 6TH ST</t>
+  </si>
+  <si>
     <t>41-01380-000</t>
   </si>
   <si>
     <t>DUDZIAK GOLDIE</t>
   </si>
   <si>
-    <t>S WATER ST</t>
-[...1 lines deleted...]
-  <si>
     <t>41-01381-000</t>
   </si>
   <si>
     <t>STRIKER NORMA</t>
   </si>
   <si>
     <t>6277 S WATER ST EXT</t>
   </si>
   <si>
     <t>41-01382-000</t>
   </si>
   <si>
     <t>CIVIELLO GARRETT L</t>
   </si>
   <si>
     <t>418 S WATER ST</t>
   </si>
   <si>
+    <t>41-01394-000</t>
+  </si>
+  <si>
+    <t>MIGONI JOSEPH M JR</t>
+  </si>
+  <si>
+    <t>41-01430-000</t>
+  </si>
+  <si>
+    <t>DICKINSON HELEN</t>
+  </si>
+  <si>
+    <t>215 E 5TH ST</t>
+  </si>
+  <si>
+    <t>41-01433-000</t>
+  </si>
+  <si>
+    <t>SANDERS HENRY &amp; MELISSA</t>
+  </si>
+  <si>
+    <t>204 N DAWSON ST</t>
+  </si>
+  <si>
     <t>41-01460-000</t>
   </si>
   <si>
     <t>MORRIS PATRICK G</t>
   </si>
   <si>
     <t>208 S WATER ST</t>
   </si>
   <si>
     <t>41-01469-000</t>
   </si>
   <si>
     <t>MUMMA MARY W &amp; W W BELKNAP II &amp; D BELKNAP &amp; A LUKENS/H HILL</t>
   </si>
   <si>
+    <t>41-01494-000</t>
+  </si>
+  <si>
+    <t>FISHER RITA C</t>
+  </si>
+  <si>
+    <t>407 W 3RD ST</t>
+  </si>
+  <si>
+    <t>41-01496-000</t>
+  </si>
+  <si>
+    <t>MCCUE SAMANTHA KAY &amp; JONAS WILLIAM BAILEY</t>
+  </si>
+  <si>
+    <t>271 S WARDELL ST</t>
+  </si>
+  <si>
+    <t>41-01498-000</t>
+  </si>
+  <si>
+    <t>MURPHY STEVEN L</t>
+  </si>
+  <si>
+    <t>705 TRENTON AVE</t>
+  </si>
+  <si>
+    <t>4101499</t>
+  </si>
+  <si>
+    <t>GOFF DARLENE F</t>
+  </si>
+  <si>
+    <t>242 S WARDELL ST</t>
+  </si>
+  <si>
     <t>41-01543-000</t>
   </si>
   <si>
     <t>RICHARDS JANICE ANN-MARGARET LOUISE KNOTTS-SHIRLEY J RAUSCH</t>
   </si>
   <si>
     <t>440 DEERSVILLE AVE</t>
   </si>
   <si>
     <t>41-01572-000</t>
   </si>
   <si>
     <t>UNKNOWN/ABANDONED</t>
   </si>
   <si>
     <t>MURPHY ST REAR</t>
   </si>
   <si>
     <t>41-01574-000</t>
   </si>
   <si>
     <t>PAULINE SUZANNE M &amp; FRED M MARLO</t>
   </si>
   <si>
     <t>ROANOKE AVE</t>
   </si>
   <si>
+    <t>41-01587-000</t>
+  </si>
+  <si>
+    <t>BUTLER LORI A</t>
+  </si>
+  <si>
+    <t>411 N WATER ST</t>
+  </si>
+  <si>
     <t>41-01609-000</t>
   </si>
   <si>
     <t>BEACH EDWIN T</t>
   </si>
   <si>
     <t>546 E 1ST ST</t>
   </si>
   <si>
+    <t>41-01648-000</t>
+  </si>
+  <si>
+    <t>CHRISTMAS BRIAN K</t>
+  </si>
+  <si>
+    <t>439 DEERSVILLE AVE</t>
+  </si>
+  <si>
+    <t>41-01658-000</t>
+  </si>
+  <si>
+    <t>CITY OF UHRICHSVILLE</t>
+  </si>
+  <si>
+    <t>521 E 1ST ST</t>
+  </si>
+  <si>
     <t>41-01686-000</t>
   </si>
   <si>
     <t>MUNSON ANN M</t>
   </si>
   <si>
     <t>611 N DAWSON ST</t>
   </si>
   <si>
     <t>41-01687-000</t>
   </si>
   <si>
     <t>WADE PAUL</t>
   </si>
   <si>
     <t>347 S MCCONNELL ST</t>
   </si>
   <si>
-    <t>41-01732-000</t>
-[...14 lines deleted...]
-    <t>531 TRENTON AVE</t>
+    <t>41-01703-000</t>
+  </si>
+  <si>
+    <t>RIPLEY LUCAS T</t>
+  </si>
+  <si>
+    <t>TRENTON AVE</t>
+  </si>
+  <si>
+    <t>41-01704-000</t>
+  </si>
+  <si>
+    <t>514 TRENTON AVE</t>
+  </si>
+  <si>
+    <t>41-01705-000</t>
+  </si>
+  <si>
+    <t>41-01723-000</t>
+  </si>
+  <si>
+    <t>286 MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>41-01757-000</t>
+  </si>
+  <si>
+    <t>DRAHER TIMOTHY J &amp; KAYLA A</t>
+  </si>
+  <si>
+    <t>325 W 3RD ST</t>
+  </si>
+  <si>
+    <t>41-01759-000</t>
+  </si>
+  <si>
+    <t>ELLIOTT CLIFFORD J</t>
+  </si>
+  <si>
+    <t>137 S UHRICH ST</t>
+  </si>
+  <si>
+    <t>41-01801-000</t>
+  </si>
+  <si>
+    <t>433 DEERSVILLE AVE</t>
+  </si>
+  <si>
+    <t>41-01809-000</t>
+  </si>
+  <si>
+    <t>HART CHARLES J</t>
+  </si>
+  <si>
+    <t>405 E BANK ST</t>
+  </si>
+  <si>
+    <t>41-01811-000</t>
+  </si>
+  <si>
+    <t>E 5TH ST</t>
   </si>
   <si>
     <t>41-01818-000</t>
   </si>
   <si>
     <t>CARTER GARY</t>
   </si>
   <si>
     <t>420 CROSS ST</t>
   </si>
   <si>
     <t>41-01822-000</t>
   </si>
   <si>
     <t>GREENWALT ROBERT B JR &amp; BRIDGETT R BURKHART</t>
   </si>
   <si>
     <t>412 N ROMIG ST</t>
   </si>
   <si>
+    <t>41-01831-000</t>
+  </si>
+  <si>
+    <t>M &amp; S BROKEN ROAD LLC</t>
+  </si>
+  <si>
+    <t>268 S WATER ST</t>
+  </si>
+  <si>
+    <t>41-01864-000</t>
+  </si>
+  <si>
+    <t>1126 N MAIN ST</t>
+  </si>
+  <si>
+    <t>41-01882-000</t>
+  </si>
+  <si>
+    <t>SCHUPP RICHARD L &amp; KATHY</t>
+  </si>
+  <si>
+    <t>516 N MAIN ST</t>
+  </si>
+  <si>
+    <t>41-01930-000</t>
+  </si>
+  <si>
+    <t>DUNN MICHAEL &amp; LISA</t>
+  </si>
+  <si>
+    <t>325 S WARDELL ST</t>
+  </si>
+  <si>
+    <t>41-01939-000</t>
+  </si>
+  <si>
+    <t>JOHNS ANGELA</t>
+  </si>
+  <si>
+    <t>834 N MAIN ST</t>
+  </si>
+  <si>
+    <t>41-01954-000</t>
+  </si>
+  <si>
+    <t>CHRISTMAS BRIAN KEITH</t>
+  </si>
+  <si>
+    <t>101 N ROMIG ST</t>
+  </si>
+  <si>
     <t>41-01958-000</t>
   </si>
   <si>
     <t>ANNON BRENT ALLEN</t>
   </si>
   <si>
     <t>41-01958-002</t>
   </si>
   <si>
     <t>DENNIS THOMAS &amp; ROBIN ANNON</t>
   </si>
   <si>
     <t>2109 N WATER ST EXT</t>
   </si>
   <si>
     <t>41-01960-000</t>
   </si>
   <si>
     <t>ROBINSON WILLIAM D</t>
   </si>
   <si>
     <t>109 RIVER RD</t>
   </si>
   <si>
+    <t>41-01962-000</t>
+  </si>
+  <si>
+    <t>SEPTER BOBBY BURRELL JR</t>
+  </si>
+  <si>
+    <t>520 E 1ST ST</t>
+  </si>
+  <si>
+    <t>41-01977-000</t>
+  </si>
+  <si>
+    <t>JOHNSON JEREMY</t>
+  </si>
+  <si>
+    <t>119 BELLE ALY</t>
+  </si>
+  <si>
     <t>4102027</t>
   </si>
   <si>
     <t>MAURER JOHN BEN</t>
   </si>
   <si>
     <t>264 PEARL ST</t>
   </si>
   <si>
+    <t>41-02035-000</t>
+  </si>
+  <si>
+    <t>ANDERSON ERIC</t>
+  </si>
+  <si>
+    <t>915 TRENTON AVE</t>
+  </si>
+  <si>
     <t>41-02037-000</t>
   </si>
   <si>
     <t>LEAS SONJA</t>
   </si>
   <si>
     <t>349 HERRICK ST</t>
   </si>
   <si>
     <t>4102056</t>
   </si>
   <si>
     <t>COOL ROBERT F</t>
   </si>
   <si>
     <t>517 E 2ND ST</t>
   </si>
   <si>
+    <t>41-02072-000</t>
+  </si>
+  <si>
+    <t>MILLER JOYCE A</t>
+  </si>
+  <si>
+    <t>528 E 7TH ST</t>
+  </si>
+  <si>
     <t>41-02077-000</t>
   </si>
   <si>
     <t>REISER ARTHUR E &amp; JANICE A CONTI &amp; VIRGINIA M WALTON</t>
   </si>
   <si>
     <t>41-02089-000</t>
   </si>
   <si>
     <t>450 DEERSVILLE AVE</t>
   </si>
   <si>
     <t>4102090</t>
   </si>
   <si>
     <t>ROBINSON MADISON M &amp; DALBERT W SANDERS</t>
   </si>
   <si>
     <t>537 HERRICK ST</t>
   </si>
   <si>
     <t>41-02116-000</t>
   </si>
   <si>
     <t>LINARD TRAVIS W &amp; MICHELLE A</t>
   </si>
   <si>
     <t>424 E 2ND ST</t>
   </si>
   <si>
+    <t>41-02118-000</t>
+  </si>
+  <si>
+    <t>COFFEE THOMAS B</t>
+  </si>
+  <si>
+    <t>267 MCCONNELL ST</t>
+  </si>
+  <si>
     <t>41-02119-000</t>
   </si>
   <si>
     <t>THAYER WALTER A &amp; 13 OTHERS</t>
   </si>
   <si>
     <t>41-02120-000</t>
   </si>
   <si>
     <t>41-02121-000</t>
   </si>
   <si>
     <t>41-02122-000</t>
   </si>
   <si>
     <t>41-02123-000</t>
   </si>
   <si>
     <t>41-02124-000</t>
   </si>
   <si>
     <t>41-02125-000</t>
   </si>
   <si>
     <t>41-02126-000</t>
   </si>
   <si>
     <t>THAYER CECIL &amp; JANET</t>
   </si>
   <si>
     <t>41-02142-000</t>
   </si>
   <si>
     <t>LENDON LESLIE L</t>
   </si>
   <si>
     <t>439 E 4TH ST REAR</t>
   </si>
   <si>
+    <t>41-02153-000</t>
+  </si>
+  <si>
+    <t>MAROSCHER RITA M</t>
+  </si>
+  <si>
+    <t>817 PARRISH ST</t>
+  </si>
+  <si>
+    <t>41-02154-000</t>
+  </si>
+  <si>
+    <t>BUTCHER KAREN</t>
+  </si>
+  <si>
+    <t>130 S DAWSON ST</t>
+  </si>
+  <si>
+    <t>41-02163-000</t>
+  </si>
+  <si>
+    <t>MCQUAID WILLIAM R &amp; VINCENZA M</t>
+  </si>
+  <si>
+    <t>418 ORCHARD ST</t>
+  </si>
+  <si>
+    <t>41-02187-000</t>
+  </si>
+  <si>
+    <t>PMF PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>222 N MAIN ST</t>
+  </si>
+  <si>
     <t>4102189</t>
   </si>
   <si>
     <t>PATTERSON OLLIE H III</t>
   </si>
   <si>
-    <t>532 W HIGH ST</t>
-[...1 lines deleted...]
-  <si>
     <t>41-02202-000</t>
   </si>
   <si>
     <t>SEPTER BOB</t>
   </si>
   <si>
     <t>524 E 1ST ST</t>
   </si>
   <si>
+    <t>41-02209-000</t>
+  </si>
+  <si>
+    <t>421 E 2ND ST</t>
+  </si>
+  <si>
+    <t>41-02228-000</t>
+  </si>
+  <si>
+    <t>108 S DAWSON ST</t>
+  </si>
+  <si>
+    <t>41-02238-000</t>
+  </si>
+  <si>
+    <t>BEATTY DIANA L</t>
+  </si>
+  <si>
+    <t>W BANK ST</t>
+  </si>
+  <si>
+    <t>41-02243-000</t>
+  </si>
+  <si>
+    <t>STULL ZACHARY H &amp; SAVANNAH R</t>
+  </si>
+  <si>
+    <t>234 S WATER ST</t>
+  </si>
+  <si>
+    <t>4102272</t>
+  </si>
+  <si>
+    <t>MANNING BRYAN J</t>
+  </si>
+  <si>
+    <t>251 S WARDELL ST</t>
+  </si>
+  <si>
+    <t>41-02273-000</t>
+  </si>
+  <si>
+    <t>BOWER KRISTOFFER</t>
+  </si>
+  <si>
+    <t>101 S WATER ST</t>
+  </si>
+  <si>
+    <t>41-02297-000</t>
+  </si>
+  <si>
+    <t>1028 W 1ST ST</t>
+  </si>
+  <si>
+    <t>41-02317-000</t>
+  </si>
+  <si>
+    <t>CUNNINGHAM JAMIE &amp; TAMMY</t>
+  </si>
+  <si>
+    <t>323 E HIGH ST</t>
+  </si>
+  <si>
     <t>41-02319-000</t>
   </si>
   <si>
     <t>VIRTUE JAMES J &amp; MARILYN A</t>
   </si>
   <si>
     <t>41-02320-000</t>
   </si>
   <si>
     <t>BRIGHT KURT E</t>
   </si>
   <si>
     <t>41-02321-000</t>
   </si>
   <si>
     <t>41-02355-000</t>
   </si>
   <si>
     <t>SICKELS JOSEPH M &amp; REBECCA</t>
   </si>
   <si>
     <t>458 BANK ST</t>
   </si>
   <si>
     <t>41-02384-000</t>
   </si>
   <si>
     <t>HAWKINS THOMAS P &amp; RUTH C HAYES</t>
   </si>
   <si>
     <t>313 N ROMIG ST</t>
   </si>
   <si>
+    <t>41-02450-000</t>
+  </si>
+  <si>
+    <t>526 E HIGH ST</t>
+  </si>
+  <si>
     <t>41-02458-000</t>
   </si>
   <si>
     <t>337 S MCCONNELL ST</t>
   </si>
   <si>
     <t>41-02462-000</t>
   </si>
   <si>
     <t>WINNINGHAM ROBERT C</t>
   </si>
   <si>
     <t>41-02466-000</t>
   </si>
   <si>
     <t>RICHMOND PAUL L</t>
   </si>
   <si>
     <t>329 E HIGH ST</t>
   </si>
   <si>
+    <t>41-02475-000</t>
+  </si>
+  <si>
+    <t>504 N MAIN ST</t>
+  </si>
+  <si>
+    <t>41-02487-000</t>
+  </si>
+  <si>
+    <t>WORK ROBERT L &amp; SHARON</t>
+  </si>
+  <si>
+    <t>1025 N MAIN ST</t>
+  </si>
+  <si>
     <t>41-02511-000</t>
   </si>
   <si>
     <t>ROUPE CECIL &amp; EVADINE</t>
   </si>
   <si>
     <t>511 W BANK ST</t>
   </si>
   <si>
     <t>4102580</t>
   </si>
   <si>
     <t>SIMS GARY</t>
   </si>
   <si>
     <t>248 PEARL ST</t>
   </si>
   <si>
+    <t>41-02613-000</t>
+  </si>
+  <si>
+    <t>113 BELLE ALY</t>
+  </si>
+  <si>
+    <t>41-02637-000</t>
+  </si>
+  <si>
+    <t>PAGE SANDRA &amp; ROSS</t>
+  </si>
+  <si>
+    <t>214 W 2ND ST</t>
+  </si>
+  <si>
+    <t>41-02638-000</t>
+  </si>
+  <si>
     <t>41-02667-000</t>
   </si>
   <si>
     <t>343 S MCCONNELL ST</t>
   </si>
   <si>
     <t>41-02668-000</t>
   </si>
   <si>
     <t>4102670</t>
   </si>
   <si>
     <t>WADE II PAUL W</t>
   </si>
   <si>
     <t>343 MCCONNELL ST LOT C</t>
   </si>
   <si>
+    <t>41-02685-000</t>
+  </si>
+  <si>
+    <t>KULIG JAMES R &amp; BARBARA E CANNON</t>
+  </si>
+  <si>
+    <t>255 PACKER ST</t>
+  </si>
+  <si>
+    <t>41-02722-001</t>
+  </si>
+  <si>
+    <t>ELIXIR VI, LLC</t>
+  </si>
+  <si>
+    <t>SPANSON DR</t>
+  </si>
+  <si>
+    <t>41-02722-002</t>
+  </si>
+  <si>
+    <t>41-02762-000</t>
+  </si>
+  <si>
+    <t>MAURER ANDREW</t>
+  </si>
+  <si>
+    <t>1006 MAURER DR</t>
+  </si>
+  <si>
+    <t>41-02764-000</t>
+  </si>
+  <si>
+    <t>1002 MAURER DR</t>
+  </si>
+  <si>
     <t>41-02825-000</t>
   </si>
   <si>
     <t>4102866</t>
   </si>
   <si>
     <t>STRIKER WILLIAM E</t>
   </si>
   <si>
-    <t>118 N WARDELL ST</t>
+    <t>41-02884-000</t>
+  </si>
+  <si>
+    <t>SLABAUGH CLARISSA &amp; MICHELLE E MCGEE</t>
+  </si>
+  <si>
+    <t>111 W 5TH ST</t>
   </si>
   <si>
     <t>41-02910-000</t>
   </si>
   <si>
-    <t>GOFF DARLENE F</t>
-[...2 lines deleted...]
-    <t>242 S WARDELL ST</t>
+    <t>41-03104-000</t>
+  </si>
+  <si>
+    <t>41-03116-000</t>
+  </si>
+  <si>
+    <t>1010 MAURER DR</t>
+  </si>
+  <si>
+    <t>41-03168-000</t>
+  </si>
+  <si>
+    <t>E 7TH ST</t>
+  </si>
+  <si>
+    <t>41-03191-000</t>
+  </si>
+  <si>
+    <t>CAPITAL FINANCIAL VENTURES I LLC</t>
+  </si>
+  <si>
+    <t>999 TRENTON AVE</t>
   </si>
   <si>
     <t>41-03199-000</t>
   </si>
   <si>
     <t>MAGNAGHETTI JOS &amp; ROSIE</t>
   </si>
   <si>
-    <t>TRENTON AVE</t>
-[...1 lines deleted...]
-  <si>
     <t>41-03200-000</t>
   </si>
   <si>
     <t>41-03208-000</t>
   </si>
   <si>
     <t>KURILOVCHAN JOHN</t>
   </si>
   <si>
     <t>41-03264-000</t>
   </si>
   <si>
     <t>ANNON ROBIN E &amp; BRENT A</t>
   </si>
   <si>
     <t>2105 N WATER ST EXT</t>
   </si>
   <si>
     <t>4103789</t>
   </si>
   <si>
     <t>DOWDLE WESLEY JOHN</t>
   </si>
   <si>
     <t>365 MCCONNELL ST</t>
   </si>
   <si>
     <t>4104268</t>
   </si>
   <si>
     <t>COOPER MATTHEW</t>
   </si>
   <si>
     <t>337 MCCONNELL ST LOT 1/2</t>
   </si>
   <si>
+    <t>4104463</t>
+  </si>
+  <si>
     <t>4104528</t>
   </si>
   <si>
-    <t>MAURER ANDREW</t>
-[...1 lines deleted...]
-  <si>
     <t>920 MAURER DR</t>
   </si>
   <si>
+    <t>4105135</t>
+  </si>
+  <si>
+    <t>ROUP LEOTA M</t>
+  </si>
+  <si>
+    <t>1160 HOLIDAY AVE</t>
+  </si>
+  <si>
     <t>4106011</t>
   </si>
   <si>
     <t>WADE SHAWN D</t>
   </si>
   <si>
     <t>343 MCCONNELL ST LOT A</t>
   </si>
   <si>
     <t>4106202</t>
   </si>
   <si>
     <t>KYLIE R BRINKMAN FOSTER</t>
   </si>
   <si>
     <t>155 LAPORTE DR</t>
   </si>
   <si>
+    <t>4106346</t>
+  </si>
+  <si>
+    <t>ERICKSON JULIE A</t>
+  </si>
+  <si>
+    <t>107 THOMPSON ST</t>
+  </si>
+  <si>
     <t>4106388</t>
   </si>
   <si>
     <t>GRIMM CATHY S</t>
   </si>
   <si>
     <t>520 E 2ND ST</t>
   </si>
   <si>
     <t>4106470</t>
   </si>
   <si>
     <t>ARTHURS TAMARA</t>
   </si>
   <si>
     <t>165 LAPORTE DR</t>
   </si>
   <si>
     <t>4106754</t>
   </si>
   <si>
     <t>SEARS DONALD K</t>
   </si>
   <si>
     <t>533 HERRICK ST</t>
   </si>
   <si>
+    <t>4107042</t>
+  </si>
+  <si>
+    <t>LOVEDAY ROBERT W &amp; TAMMY L</t>
+  </si>
+  <si>
+    <t>130 LAPORTE DR</t>
+  </si>
+  <si>
     <t>4107253</t>
   </si>
   <si>
     <t>BARRICK JIM L</t>
   </si>
   <si>
     <t>525 HERRICK ST</t>
   </si>
   <si>
     <t>4107339</t>
   </si>
   <si>
     <t>MAURER ANDREW L</t>
   </si>
   <si>
-    <t>1006 MAURER DR</t>
-[...1 lines deleted...]
-  <si>
     <t>4107450</t>
   </si>
   <si>
     <t>DEVORE TONIA M</t>
   </si>
   <si>
     <t>551 HERRICK ST</t>
   </si>
   <si>
     <t>4107506</t>
   </si>
   <si>
     <t>LEWIS ALICIA S</t>
   </si>
   <si>
     <t>246 PEARL ST</t>
   </si>
   <si>
     <t>4107806</t>
   </si>
   <si>
     <t>SMART DONNA</t>
   </si>
   <si>
     <t>916 B MAURER DR</t>
@@ -1360,326 +2809,1022 @@
   <si>
     <t>4107946</t>
   </si>
   <si>
     <t>328 E HIGH ST</t>
   </si>
   <si>
     <t>4108307</t>
   </si>
   <si>
     <t>JEROME GARY A</t>
   </si>
   <si>
     <t>502 DEERSVILLE AVE</t>
   </si>
   <si>
     <t>4108538</t>
   </si>
   <si>
     <t>SMITH TIMOTHY R</t>
   </si>
   <si>
     <t>120 LAPORTE DR</t>
   </si>
   <si>
+    <t>42-00015-000</t>
+  </si>
+  <si>
+    <t>MERRICK ROGER E &amp; JUDY</t>
+  </si>
+  <si>
+    <t>232 MCCARTY AVE</t>
+  </si>
+  <si>
+    <t>42-00036-000</t>
+  </si>
+  <si>
+    <t>MITCHELL BRANDON &amp; DUSTY</t>
+  </si>
+  <si>
+    <t>626 N 3RD ST</t>
+  </si>
+  <si>
+    <t>42-00046-000</t>
+  </si>
+  <si>
+    <t>MCBRIDE CHERYL L</t>
+  </si>
+  <si>
+    <t>411 N 5TH ST</t>
+  </si>
+  <si>
+    <t>42-00073-000</t>
+  </si>
+  <si>
+    <t>SWIGERT MITCH</t>
+  </si>
+  <si>
+    <t>606 GRANT ST</t>
+  </si>
+  <si>
     <t>42-00086-000</t>
   </si>
   <si>
     <t>STIFFLER MICHELE</t>
   </si>
   <si>
     <t>118 JEWETT AVE</t>
   </si>
   <si>
     <t>42-00094-000</t>
   </si>
   <si>
     <t>CONRAD JANET L</t>
   </si>
   <si>
     <t>410 JOHNSON AVE</t>
   </si>
   <si>
     <t>42-00156-000</t>
   </si>
   <si>
     <t>BROKAW KATHERINE E &amp; V GENE KENNEDY</t>
   </si>
   <si>
     <t>MCCOOK AVE</t>
   </si>
   <si>
     <t>42-00174-000</t>
   </si>
   <si>
     <t>CALAMS GEO R JR &amp; C C BARTHOLOW</t>
   </si>
   <si>
     <t>SHERMAN AVE</t>
   </si>
   <si>
+    <t>42-00175-000</t>
+  </si>
+  <si>
+    <t>PANGRAZIO CYNTHIA L</t>
+  </si>
+  <si>
+    <t>120 N 2ND ST</t>
+  </si>
+  <si>
     <t>42-00204-000</t>
   </si>
   <si>
     <t>ROTH III EMMETT FRANKLIN</t>
   </si>
   <si>
     <t>211 S 6TH ST</t>
   </si>
   <si>
     <t>42-00205-001</t>
   </si>
   <si>
     <t>ADVANTAGE BANK</t>
   </si>
   <si>
     <t>BANK ST</t>
   </si>
   <si>
     <t>42-00225-000</t>
   </si>
   <si>
     <t>LEEPER GEORGE II &amp; AMANDA S</t>
   </si>
   <si>
     <t>312 SHERMAN ST</t>
   </si>
   <si>
+    <t>42-00227-000</t>
+  </si>
+  <si>
+    <t>WELLS TERRY L</t>
+  </si>
+  <si>
+    <t>704 N 1ST ST</t>
+  </si>
+  <si>
+    <t>42-00228-000</t>
+  </si>
+  <si>
+    <t>N 1ST ST</t>
+  </si>
+  <si>
+    <t>42-00269-000</t>
+  </si>
+  <si>
+    <t>723 CENTER ST</t>
+  </si>
+  <si>
+    <t>42-00272-000</t>
+  </si>
+  <si>
+    <t>HARRIS MELISSA</t>
+  </si>
+  <si>
+    <t>125 S 5TH ST</t>
+  </si>
+  <si>
+    <t>42-00294-000</t>
+  </si>
+  <si>
+    <t>DOUGHTY AMBER</t>
+  </si>
+  <si>
+    <t>308 N 5TH ST</t>
+  </si>
+  <si>
+    <t>42-00386-000</t>
+  </si>
+  <si>
+    <t>WADE RACHEL LYNN</t>
+  </si>
+  <si>
+    <t>42-00399-000</t>
+  </si>
+  <si>
+    <t>GROVE JACK &amp; SHARON</t>
+  </si>
+  <si>
+    <t>308 WOODLAND AVE</t>
+  </si>
+  <si>
+    <t>42-00426-000</t>
+  </si>
+  <si>
+    <t>GUBISH MICHAEL J</t>
+  </si>
+  <si>
+    <t>411 SHERMAN ST</t>
+  </si>
+  <si>
+    <t>42-00441-000</t>
+  </si>
+  <si>
+    <t>MALTER DIXIE D</t>
+  </si>
+  <si>
+    <t>205 MCCREA AVE</t>
+  </si>
+  <si>
+    <t>42-00495-000</t>
+  </si>
+  <si>
+    <t>SWANEY ROBERT Y &amp; LISA N</t>
+  </si>
+  <si>
+    <t>415 SPRING ST</t>
+  </si>
+  <si>
+    <t>42-00522-000</t>
+  </si>
+  <si>
+    <t>COX LARRY R II &amp; SUSAN M</t>
+  </si>
+  <si>
+    <t>116 S 6TH ST</t>
+  </si>
+  <si>
     <t>42-00531-000</t>
   </si>
   <si>
     <t>TROYER DONALD E &amp; KAY L</t>
   </si>
   <si>
     <t>506 N 1ST ST</t>
   </si>
   <si>
+    <t>42-00546-000</t>
+  </si>
+  <si>
+    <t>MILLIGAN NICHOLAS &amp; SHEENA TWARDOSKI</t>
+  </si>
+  <si>
+    <t>618 GRANT ST</t>
+  </si>
+  <si>
+    <t>42-00585-000</t>
+  </si>
+  <si>
+    <t>JACKSON JONATHAN DAVID</t>
+  </si>
+  <si>
+    <t>723 GRANT ST</t>
+  </si>
+  <si>
+    <t>42-00587-000</t>
+  </si>
+  <si>
+    <t>PEDROTTY ROBERT W</t>
+  </si>
+  <si>
+    <t>917 N 2ND ST</t>
+  </si>
+  <si>
+    <t>42-00597-000</t>
+  </si>
+  <si>
+    <t>GRANT ST</t>
+  </si>
+  <si>
+    <t>42-00608-000</t>
+  </si>
+  <si>
+    <t>115 HANNA ST</t>
+  </si>
+  <si>
+    <t>42-00639-000</t>
+  </si>
+  <si>
+    <t>ABEL MELISSA A</t>
+  </si>
+  <si>
+    <t>127 S 5TH ST</t>
+  </si>
+  <si>
+    <t>42-00659-000</t>
+  </si>
+  <si>
+    <t>LENDON ROSS A JR</t>
+  </si>
+  <si>
+    <t>227 MCCOOK AVE</t>
+  </si>
+  <si>
+    <t>42-00703-000</t>
+  </si>
+  <si>
+    <t>STANDIFORD PATRICIA J &amp; LARRY</t>
+  </si>
+  <si>
+    <t>410 SHERMAN ST</t>
+  </si>
+  <si>
     <t>42-00704-000</t>
   </si>
   <si>
     <t>WILSON ERIKA</t>
   </si>
   <si>
     <t>208 SHERMAN ST</t>
   </si>
   <si>
+    <t>42-00724-000</t>
+  </si>
+  <si>
+    <t>MAXWELL DUSTIN N</t>
+  </si>
+  <si>
+    <t>625 CENTER ST</t>
+  </si>
+  <si>
     <t>42-00734-000</t>
   </si>
   <si>
     <t>WALTERS ALLISON J</t>
   </si>
   <si>
     <t>707 N 4TH ST</t>
   </si>
   <si>
+    <t>42-00746-000</t>
+  </si>
+  <si>
+    <t>408 SHERMAN ST</t>
+  </si>
+  <si>
     <t>42-00764-000</t>
   </si>
   <si>
     <t>WADDINGTON SUSAN Y</t>
   </si>
   <si>
     <t>118 TAYLOR AVE</t>
   </si>
   <si>
+    <t>42-00792-000</t>
+  </si>
+  <si>
+    <t>MCDONALD MICHAEL LEE &amp; SARAH KATHRYN</t>
+  </si>
+  <si>
+    <t>136 MILLER AVE</t>
+  </si>
+  <si>
+    <t>42-00815-000</t>
+  </si>
+  <si>
+    <t>HALLMAN JAMES SCOTT &amp; MICHELLE LEE</t>
+  </si>
+  <si>
+    <t>33 S 2ND ST</t>
+  </si>
+  <si>
+    <t>42-00915-000</t>
+  </si>
+  <si>
+    <t>FISHER BRENT M</t>
+  </si>
+  <si>
+    <t>JEWETT AVE</t>
+  </si>
+  <si>
+    <t>42-00916-000</t>
+  </si>
+  <si>
+    <t>321 JEWETT AVE</t>
+  </si>
+  <si>
+    <t>42-00946-000</t>
+  </si>
+  <si>
+    <t>117 N 1ST ST</t>
+  </si>
+  <si>
+    <t>42-00972-000</t>
+  </si>
+  <si>
+    <t>JACKSON JONATHAN D</t>
+  </si>
+  <si>
+    <t>42-01091-000</t>
+  </si>
+  <si>
+    <t>MITCHELL BRANDON &amp; DUSTY DAWN</t>
+  </si>
+  <si>
+    <t>627 N 3RD ST</t>
+  </si>
+  <si>
+    <t>42-01189-000</t>
+  </si>
+  <si>
+    <t>211 N 2ND ST</t>
+  </si>
+  <si>
     <t>42-01192-000</t>
   </si>
   <si>
     <t>CONLEY MONIQUE A</t>
   </si>
   <si>
     <t>214 BANK ST</t>
   </si>
   <si>
+    <t>42-01268-000</t>
+  </si>
+  <si>
+    <t>LANNING HOUSE LIMITED PARTNERSHIP</t>
+  </si>
+  <si>
+    <t>228 GRANT ST</t>
+  </si>
+  <si>
+    <t>42-01290-000</t>
+  </si>
+  <si>
+    <t>BECKLEY PATRICK A &amp; DEE A</t>
+  </si>
+  <si>
+    <t>114 SPRING ST</t>
+  </si>
+  <si>
+    <t>42-01297-000</t>
+  </si>
+  <si>
+    <t>LEHMAN NEAL E</t>
+  </si>
+  <si>
+    <t>219 MCCOOK AVE</t>
+  </si>
+  <si>
     <t>42-01307-000</t>
   </si>
   <si>
     <t>STIFFLER MICHELE S</t>
   </si>
   <si>
     <t>112 JEWETT AVE</t>
   </si>
   <si>
     <t>42-01308-000</t>
   </si>
   <si>
     <t>PARR BONITA M</t>
   </si>
   <si>
     <t>109 JEWETT AVE</t>
   </si>
   <si>
+    <t>42-01317-000</t>
+  </si>
+  <si>
+    <t>MCDONALD MICHAEL L &amp; SARAH K</t>
+  </si>
+  <si>
+    <t>37 S 2ND ST</t>
+  </si>
+  <si>
+    <t>42-01322-000</t>
+  </si>
+  <si>
+    <t>MORRIS SHANNON</t>
+  </si>
+  <si>
+    <t>908 N 2ND ST</t>
+  </si>
+  <si>
     <t>42-01334-000</t>
   </si>
   <si>
     <t>MCCABE TOM A</t>
   </si>
   <si>
     <t>816 GRANT ST</t>
   </si>
   <si>
+    <t>42-01353-000</t>
+  </si>
+  <si>
+    <t>M&amp;S BROKEN RD LLC</t>
+  </si>
+  <si>
+    <t>318 JEWETT AVE</t>
+  </si>
+  <si>
     <t>42-01365-000</t>
   </si>
   <si>
     <t>WOLFE DOROTHY L</t>
   </si>
   <si>
     <t>509 N 1OTH AVE</t>
   </si>
   <si>
+    <t>42-01404-000</t>
+  </si>
+  <si>
+    <t>301 WOODLAND AVE</t>
+  </si>
+  <si>
+    <t>42-01424-000</t>
+  </si>
+  <si>
+    <t>DICKEY JAMES T &amp; TARA ANN</t>
+  </si>
+  <si>
+    <t>213 MCCARTY AVE</t>
+  </si>
+  <si>
     <t>42-01425-000</t>
   </si>
   <si>
-    <t>DICKEY JAMES T &amp; TARA ANN</t>
-[...1 lines deleted...]
-  <si>
     <t>MCCARTY AVE</t>
   </si>
   <si>
+    <t>42-01444-000</t>
+  </si>
+  <si>
+    <t>126 MILLER AVE REAR</t>
+  </si>
+  <si>
+    <t>42-01455-000</t>
+  </si>
+  <si>
+    <t>TAYLOR AVE</t>
+  </si>
+  <si>
+    <t>42-01461-000</t>
+  </si>
+  <si>
+    <t>GARBRANDT RONALD L</t>
+  </si>
+  <si>
+    <t>301 N 5TH ST</t>
+  </si>
+  <si>
+    <t>42-01472-000</t>
+  </si>
+  <si>
+    <t>2 S 2ND ST</t>
+  </si>
+  <si>
+    <t>42-01474-000</t>
+  </si>
+  <si>
+    <t>42-01505-001</t>
+  </si>
+  <si>
+    <t>MCCLUSKEY JONATHAN D &amp; STEPHANIE R</t>
+  </si>
+  <si>
+    <t>JOHNSON AVE</t>
+  </si>
+  <si>
+    <t>42-01507-000</t>
+  </si>
+  <si>
+    <t>SHERMAN ST</t>
+  </si>
+  <si>
+    <t>42-01517-000</t>
+  </si>
+  <si>
+    <t>85 HANNA ST</t>
+  </si>
+  <si>
+    <t>4201574</t>
+  </si>
+  <si>
+    <t>WADE-RISELY RACHEL L</t>
+  </si>
+  <si>
     <t>42-01596-000</t>
   </si>
   <si>
     <t>VAN FOSSEN SCOTT D</t>
   </si>
   <si>
     <t>6TH ( PAPER) ST</t>
   </si>
   <si>
+    <t>42-01633-000</t>
+  </si>
+  <si>
+    <t>23 S 2ND ST</t>
+  </si>
+  <si>
+    <t>42-01637-000</t>
+  </si>
+  <si>
+    <t>606 N 3RD ST</t>
+  </si>
+  <si>
+    <t>42-01644-000</t>
+  </si>
+  <si>
+    <t>410 N 2ND ST</t>
+  </si>
+  <si>
+    <t>42-01648-000</t>
+  </si>
+  <si>
+    <t>JOHNS DWIGHT &amp; ANGELA</t>
+  </si>
+  <si>
+    <t>6967 SE DEERSVILLE EXT</t>
+  </si>
+  <si>
     <t>42-01659-000</t>
   </si>
   <si>
     <t>AMA OHIO HOME LLC</t>
   </si>
   <si>
     <t>110 N 3RD ST</t>
   </si>
   <si>
+    <t>42-01682-000</t>
+  </si>
+  <si>
+    <t>S 5TH ST</t>
+  </si>
+  <si>
     <t>48-00012-000</t>
   </si>
   <si>
     <t>PEEPER AMBER D</t>
   </si>
   <si>
-    <t>STATE ROUTE 800</t>
+    <t>48-00027-000</t>
+  </si>
+  <si>
+    <t>VANCE LORETTA L &amp; CARL L WORKMAN</t>
+  </si>
+  <si>
+    <t>9879 SE CROOKED CREEK RD</t>
+  </si>
+  <si>
+    <t>48-00042-001</t>
+  </si>
+  <si>
+    <t>WRIGHT BENJAMIN J</t>
+  </si>
+  <si>
+    <t>6878 SE TEDROW RD</t>
+  </si>
+  <si>
+    <t>48-00043-000</t>
+  </si>
+  <si>
+    <t>BETHAL GLENNA J</t>
+  </si>
+  <si>
+    <t>12885 SE BETHEL RD</t>
+  </si>
+  <si>
+    <t>48-00044-004</t>
+  </si>
+  <si>
+    <t>HOLLAND JOHN S &amp; SHAWNDA L</t>
+  </si>
+  <si>
+    <t>6036 SE BARKLEY RD</t>
+  </si>
+  <si>
+    <t>48-00044-008</t>
+  </si>
+  <si>
+    <t>HARDING WYATT A &amp; GARRETT A</t>
+  </si>
+  <si>
+    <t>SE BARKLEY RD</t>
+  </si>
+  <si>
+    <t>48-00045-001</t>
+  </si>
+  <si>
+    <t>48-00070-001</t>
+  </si>
+  <si>
+    <t>48-00161-005</t>
+  </si>
+  <si>
+    <t>48-00161-006</t>
+  </si>
+  <si>
+    <t>48-00161-007</t>
+  </si>
+  <si>
+    <t>48-00161-009</t>
+  </si>
+  <si>
+    <t>48-00166-004</t>
+  </si>
+  <si>
+    <t>SE EDIE HILL RD</t>
+  </si>
+  <si>
+    <t>48-00312-001</t>
+  </si>
+  <si>
+    <t>ROBERTS DWANE &amp; CONNIE</t>
+  </si>
+  <si>
+    <t>4981 SE DUTCH VALLEY RD</t>
+  </si>
+  <si>
+    <t>48-00334-002</t>
+  </si>
+  <si>
+    <t>WILLOW SPRINGS PROPERTIES LLC (18.04%) ETAL</t>
+  </si>
+  <si>
+    <t>SE CROOKED CREEK RD</t>
+  </si>
+  <si>
+    <t>48-00391-002</t>
+  </si>
+  <si>
+    <t>POULSON LOIS E &amp; LORETTA C PINCHEK ETAL</t>
+  </si>
+  <si>
+    <t>SE CUTOFF RD</t>
+  </si>
+  <si>
+    <t>48-00414-005</t>
+  </si>
+  <si>
+    <t>DUMMERMUTH JOHN E</t>
+  </si>
+  <si>
+    <t>2372 SE SANDERS CHURCH RD</t>
+  </si>
+  <si>
+    <t>48-00418-000</t>
+  </si>
+  <si>
+    <t>VOSICK JORDAN D &amp; ASHLEY PATTERSON</t>
+  </si>
+  <si>
+    <t>10780 SE STATE ROUTE 258</t>
+  </si>
+  <si>
+    <t>48-00438-000</t>
+  </si>
+  <si>
+    <t>CROWDER DAVID E III</t>
+  </si>
+  <si>
+    <t>6373 SE TATMAN RD</t>
   </si>
   <si>
     <t>48-00452-000</t>
   </si>
   <si>
     <t>FISHER ANDREW R</t>
   </si>
   <si>
     <t>8937 SE EDWARDS RIDGE RD</t>
   </si>
   <si>
+    <t>48-00491-002</t>
+  </si>
+  <si>
+    <t>RICHARDSON NATHAN</t>
+  </si>
+  <si>
+    <t>5288 SE TATMAN RD</t>
+  </si>
+  <si>
     <t>4800512</t>
   </si>
   <si>
     <t>GIBSON LARRY P II &amp; LISA</t>
   </si>
   <si>
     <t>11798 SE TURKEY FLAT RD</t>
   </si>
   <si>
+    <t>4800598</t>
+  </si>
+  <si>
+    <t>CADLE MICHAEL K &amp; MICHELLE M</t>
+  </si>
+  <si>
+    <t>4305 SE FLAT RD</t>
+  </si>
+  <si>
+    <t>48-00626-000</t>
+  </si>
+  <si>
+    <t>BILLMAN LUKE A &amp; JESSICA S</t>
+  </si>
+  <si>
+    <t>3661 SE WATSON CREEK RD</t>
+  </si>
+  <si>
+    <t>48-00629-000</t>
+  </si>
+  <si>
+    <t>STRICKLEN WILLIAM P</t>
+  </si>
+  <si>
+    <t>6947 SE TEDROW RD</t>
+  </si>
+  <si>
+    <t>48-00637-000</t>
+  </si>
+  <si>
     <t>4800758</t>
   </si>
   <si>
     <t>PATTERSON JERRY L</t>
   </si>
   <si>
     <t>10154 SE KLESKI RD</t>
   </si>
   <si>
+    <t>48-00761-002</t>
+  </si>
+  <si>
+    <t>VESCO CATHY ANN</t>
+  </si>
+  <si>
+    <t>10249 SE STILLWATER RD</t>
+  </si>
+  <si>
+    <t>48-00957-001</t>
+  </si>
+  <si>
+    <t>SMITH JACQUELINE L</t>
+  </si>
+  <si>
+    <t>48-01001-009</t>
+  </si>
+  <si>
+    <t>MCCLEARY DANIEL E &amp; STEPHANIE R</t>
+  </si>
+  <si>
+    <t>48-01001-010</t>
+  </si>
+  <si>
+    <t>48-01001-013</t>
+  </si>
+  <si>
+    <t>MCCLEARY DANIEL &amp; DAVID MCCLEARY &amp; SUSAN MAPLE</t>
+  </si>
+  <si>
     <t>48-01040-000</t>
   </si>
   <si>
     <t>HOPEWELL OIL &amp; GAS</t>
   </si>
   <si>
     <t>4801159</t>
   </si>
   <si>
     <t>KARR CHRIS D</t>
   </si>
   <si>
-    <t>6373 SE TATMAN RD</t>
+    <t>48-01199-000</t>
+  </si>
+  <si>
+    <t>SHIELDS ROBERT F &amp; CANDY M</t>
+  </si>
+  <si>
+    <t>10054 SE KLESKI RD</t>
+  </si>
+  <si>
+    <t>48-01199-001</t>
+  </si>
+  <si>
+    <t>MILLER BRANDON L</t>
+  </si>
+  <si>
+    <t>9986 SE KLESKI RD</t>
+  </si>
+  <si>
+    <t>48-01199-002</t>
+  </si>
+  <si>
+    <t>HAHN BENJAMIN MICHAEL &amp; REBEKAH L</t>
+  </si>
+  <si>
+    <t>10200 SE KLESKI RD</t>
+  </si>
+  <si>
+    <t>48-01200-001</t>
+  </si>
+  <si>
+    <t>CUNNINGHAM CASSANDRA J</t>
+  </si>
+  <si>
+    <t>10302 SE KLESKI RD</t>
+  </si>
+  <si>
+    <t>48-01219-004</t>
+  </si>
+  <si>
+    <t>PARRISH JASON R &amp; MELISSA A</t>
+  </si>
+  <si>
+    <t>5958 SE TATMAN RD</t>
+  </si>
+  <si>
+    <t>48-01221-000</t>
+  </si>
+  <si>
+    <t>HAMILTON TOM</t>
+  </si>
+  <si>
+    <t>6198 SE TEDROW RD</t>
+  </si>
+  <si>
+    <t>48-01236-000</t>
+  </si>
+  <si>
+    <t>VOGEL JACOB T &amp; OLIVIA E LAVELLE</t>
+  </si>
+  <si>
+    <t>11104 SE KENNEDY HILL RD</t>
   </si>
   <si>
     <t>48-01471-000</t>
   </si>
   <si>
     <t>CRONISER JOHN</t>
   </si>
   <si>
     <t>SPROUL RD</t>
   </si>
   <si>
     <t>48-01482-000</t>
   </si>
   <si>
     <t>MCCUE JENNIE L</t>
   </si>
   <si>
     <t>SE LONG RD</t>
   </si>
   <si>
     <t>4803053</t>
   </si>
   <si>
     <t>SMITH ROBERT</t>
   </si>
   <si>
     <t>12655 BETHEL RD SE</t>
   </si>
   <si>
+    <t>4803365</t>
+  </si>
+  <si>
+    <t>PARRISH MELISSA A</t>
+  </si>
+  <si>
     <t>4803692</t>
   </si>
   <si>
     <t>CONKLIN REBECCA L</t>
   </si>
   <si>
     <t>5687 SE TATMAN RD</t>
   </si>
   <si>
     <t>4806254</t>
   </si>
   <si>
     <t>COX CHELSEA</t>
   </si>
   <si>
     <t>10159 SE STILLWATER RD</t>
   </si>
   <si>
     <t>4806409</t>
   </si>
   <si>
     <t>SMITH JAMES C</t>
   </si>
   <si>
     <t>6509 SE RUSH CHURCH RD</t>
   </si>
   <si>
+    <t>4807185</t>
+  </si>
+  <si>
+    <t>ARMSTRONG AMY J</t>
+  </si>
+  <si>
+    <t>4215 SE TOAD HOLLOW RD</t>
+  </si>
+  <si>
     <t>4807300</t>
   </si>
   <si>
     <t>COTTRELL GREGORY E</t>
   </si>
   <si>
     <t>4057 DUTCH VALLEY RD SE</t>
   </si>
   <si>
     <t>4808132</t>
   </si>
   <si>
     <t>MILLER ELI J</t>
   </si>
   <si>
     <t>10524 SE KLESKI RD</t>
   </si>
   <si>
     <t>4808817</t>
   </si>
   <si>
     <t>REYNOLDS MICHELLE</t>
   </si>
   <si>
     <t>4327 SE DUTCH VALLEY RD</t>
@@ -1690,74 +3835,185 @@
   <si>
     <t>FAWCETT CALEB</t>
   </si>
   <si>
     <t>4197 SE DUTCH VALLEY RD</t>
   </si>
   <si>
     <t>59-00014-000</t>
   </si>
   <si>
     <t>TOTH STEPHEN J TRUSTEE -STEPHEN J TOTH REVOCABLE TRUST</t>
   </si>
   <si>
     <t>SE STATE ROUTE 39</t>
   </si>
   <si>
     <t>5900015</t>
   </si>
   <si>
     <t>BROWN VERN E</t>
   </si>
   <si>
     <t>958 SE ROXFORD CHURCH RD</t>
   </si>
   <si>
+    <t>59-00054-000</t>
+  </si>
+  <si>
+    <t>KNOTTS GREGORY J</t>
+  </si>
+  <si>
+    <t>7281 SE STATE ROUTE 250</t>
+  </si>
+  <si>
+    <t>59-00059-000</t>
+  </si>
+  <si>
+    <t>BEST JACQUELINE K</t>
+  </si>
+  <si>
+    <t>4810 SE FETTE RD</t>
+  </si>
+  <si>
     <t>59-00125-000</t>
   </si>
   <si>
     <t>COLE ERNEST M &amp; 2 OTHERS</t>
   </si>
   <si>
     <t>SE MIDVALE MINE RD</t>
   </si>
   <si>
+    <t>59-00143-004</t>
+  </si>
+  <si>
+    <t>HOWARD DARRYN &amp; ANDREA</t>
+  </si>
+  <si>
+    <t>8630 SE CRUM RD</t>
+  </si>
+  <si>
     <t>59-00151-000</t>
   </si>
   <si>
     <t>DESANTIS YELSO M</t>
   </si>
   <si>
     <t>8060 SE STATE ROUTE 250</t>
   </si>
   <si>
     <t>59-00215-000</t>
   </si>
   <si>
     <t>FUNK AARON R JR &amp; IVAN V</t>
   </si>
   <si>
+    <t>59-00281-000</t>
+  </si>
+  <si>
+    <t>BECKLEY PATRICK &amp; DEE</t>
+  </si>
+  <si>
+    <t>7761 SE STATE ROUTE 250</t>
+  </si>
+  <si>
+    <t>59-00309-000</t>
+  </si>
+  <si>
+    <t>BLOOM MARTY A &amp; KAREN L</t>
+  </si>
+  <si>
+    <t>9664 SE STATE ROUTE 250</t>
+  </si>
+  <si>
+    <t>59-00313-000</t>
+  </si>
+  <si>
+    <t>HERSCHLER WILLIAM &amp; BESSIE</t>
+  </si>
+  <si>
+    <t>857 SE MIDVALE MINE RD</t>
+  </si>
+  <si>
+    <t>59-00313-003</t>
+  </si>
+  <si>
+    <t>BEATTY GARY MARSHALL &amp; ARLENE STACY</t>
+  </si>
+  <si>
+    <t>59-00323-011</t>
+  </si>
+  <si>
+    <t>LEGG DUSTIN C</t>
+  </si>
+  <si>
+    <t>2220 SE ROXFORD CHURCH RD</t>
+  </si>
+  <si>
+    <t>59-00377-002</t>
+  </si>
+  <si>
+    <t>MITCHELL CRAIG R</t>
+  </si>
+  <si>
+    <t>SE ROBINHOOD RD</t>
+  </si>
+  <si>
+    <t>59-00389-008</t>
+  </si>
+  <si>
+    <t>TRIMMER KARA LYNN &amp; MATTHEW DAVID</t>
+  </si>
+  <si>
+    <t>SE ROXFORD CHURCH RD</t>
+  </si>
+  <si>
+    <t>59-00438-001</t>
+  </si>
+  <si>
+    <t>FLYNN MOLLY A &amp; KATHRYN A FORAN</t>
+  </si>
+  <si>
+    <t>PLEASANT VALLEY RD SE</t>
+  </si>
+  <si>
+    <t>59-00448-000</t>
+  </si>
+  <si>
+    <t>SMITH NATHANIEL G</t>
+  </si>
+  <si>
+    <t>3894 SE IRISH RUN RD</t>
+  </si>
+  <si>
+    <t>59-00473-013</t>
+  </si>
+  <si>
+    <t>6102 SE GREEN RIDGE RD</t>
+  </si>
+  <si>
     <t>59-00509-000</t>
   </si>
   <si>
     <t>PADRO LYNN &amp; ROBERT TINKER &amp; NANCY DIETZ ETAL</t>
   </si>
   <si>
     <t>59-00514-000</t>
   </si>
   <si>
     <t>59-00515-000</t>
   </si>
   <si>
     <t>59-00519-000</t>
   </si>
   <si>
     <t>59-00526-000</t>
   </si>
   <si>
     <t>59-00527-000</t>
   </si>
   <si>
     <t>59-00528-000</t>
   </si>
   <si>
     <t>59-00531-000</t>
@@ -1786,180 +4042,270 @@
   <si>
     <t>59-00550-000</t>
   </si>
   <si>
     <t>59-00551-000</t>
   </si>
   <si>
     <t>59-00552-000</t>
   </si>
   <si>
     <t>59-00553-000</t>
   </si>
   <si>
     <t>59-00554-000</t>
   </si>
   <si>
     <t>59-00555-000</t>
   </si>
   <si>
     <t>59-00556-000</t>
   </si>
   <si>
     <t>59-00557-000</t>
   </si>
   <si>
+    <t>59-00568-000</t>
+  </si>
+  <si>
+    <t>HEDDERICK JOANI</t>
+  </si>
+  <si>
+    <t>1212 BEANS RD SE</t>
+  </si>
+  <si>
     <t>5900571</t>
   </si>
   <si>
     <t>GREWELL THOMAS A &amp; JULIE A CARLEE ETAL</t>
   </si>
   <si>
     <t>7001 SE GREEN RIDGE RD</t>
   </si>
   <si>
-    <t>59-00603-000</t>
-[...5 lines deleted...]
-    <t>9534 SE LONE PINE RD</t>
+    <t>59-00576-000</t>
+  </si>
+  <si>
+    <t>FRILEY JON T</t>
+  </si>
+  <si>
+    <t>7389 SE STATE ROUTE 250</t>
+  </si>
+  <si>
+    <t>59-00595-000</t>
+  </si>
+  <si>
+    <t>BERKSHIRE JEREMY</t>
+  </si>
+  <si>
+    <t>3992 SE IRISH RUN RD</t>
+  </si>
+  <si>
+    <t>59-00601-002</t>
+  </si>
+  <si>
+    <t>EDGAR DENISE F &amp; BRIAN JOSEPH EDGAR ETAL</t>
+  </si>
+  <si>
+    <t>3394 SE ROBINHOOD RD</t>
+  </si>
+  <si>
+    <t>59-00601-003</t>
+  </si>
+  <si>
+    <t>EVANS NOEL &amp; DANIELLE</t>
+  </si>
+  <si>
+    <t>59-00601-005</t>
+  </si>
+  <si>
+    <t>EVANS DANIELLE MARIE &amp; NOEL ANDREW</t>
   </si>
   <si>
     <t>59-00656-000</t>
   </si>
   <si>
     <t>LEESVILLE LAND LLC</t>
   </si>
   <si>
     <t>5900956</t>
   </si>
   <si>
     <t>LOCKARD LINDA A</t>
   </si>
   <si>
     <t>3618 SE PLEASANT VALLEY RD</t>
   </si>
   <si>
     <t>5900959</t>
   </si>
   <si>
     <t>KARLOSKY DARLENE L</t>
   </si>
   <si>
     <t>3624 SE PLEASANT VALLEY RD</t>
   </si>
   <si>
     <t>5900973</t>
   </si>
   <si>
     <t>MILLER CAROL L</t>
   </si>
   <si>
     <t>1942 SE MIDVALE MINE RD</t>
   </si>
   <si>
-    <t>59-01389-001</t>
-[...5 lines deleted...]
-    <t>8974 SE MT BETHEL RD</t>
+    <t>59-01215-000</t>
+  </si>
+  <si>
+    <t>URBANK ZACHERY D &amp; LAILEY N</t>
+  </si>
+  <si>
+    <t>32 NE HERBERT RD</t>
+  </si>
+  <si>
+    <t>59-01380-000</t>
+  </si>
+  <si>
+    <t>JABER MERWAN MARK &amp; MIREILLE</t>
+  </si>
+  <si>
+    <t>774 SE TRUE RD</t>
+  </si>
+  <si>
+    <t>59-01402-001</t>
+  </si>
+  <si>
+    <t>CORSO BILLIE J</t>
+  </si>
+  <si>
+    <t>6992 SE WOLF RUN RD</t>
   </si>
   <si>
     <t>59-01489-000</t>
   </si>
   <si>
     <t>TRUSTEES WESLEY CHAPEL CHURCH &amp; CEMETERY</t>
   </si>
   <si>
     <t>SE IRISH RUN RD</t>
   </si>
   <si>
     <t>59-01611-000</t>
   </si>
   <si>
     <t>ARMSTRONG JAMES D &amp; MICHELLE L</t>
   </si>
   <si>
     <t>1943 SE IRISH RUN RD</t>
   </si>
   <si>
+    <t>59-01636-000</t>
+  </si>
+  <si>
+    <t>SCOTT MARY L</t>
+  </si>
+  <si>
+    <t>6885 SE WOLF RUN RD</t>
+  </si>
+  <si>
+    <t>59-01673-000</t>
+  </si>
+  <si>
+    <t>SMITH BRENT D</t>
+  </si>
+  <si>
+    <t>761 SE BEANS RD</t>
+  </si>
+  <si>
     <t>5901878</t>
   </si>
   <si>
     <t>BAUMBERGER LEE</t>
   </si>
   <si>
-    <t>6102 SE GREEN RIDGE RD</t>
-[...1 lines deleted...]
-  <si>
     <t>5902724</t>
   </si>
   <si>
     <t>MILLER GLENN R</t>
   </si>
   <si>
     <t>3640 SE PLEASANT VALLEY RD</t>
   </si>
   <si>
+    <t>5902795</t>
+  </si>
+  <si>
+    <t>HERSCHLER BESSIE K</t>
+  </si>
+  <si>
+    <t>857 MIDVALE MINE RD SE</t>
+  </si>
+  <si>
     <t>5904098</t>
   </si>
   <si>
     <t>TINNEY RONALD E &amp; SUSAN</t>
   </si>
   <si>
     <t>8123 SE TINNEY RD</t>
   </si>
   <si>
     <t>5905066</t>
   </si>
   <si>
     <t>STEWART RONALD</t>
   </si>
   <si>
     <t>3636 PLEASANT VALLEY RD</t>
   </si>
   <si>
     <t>6303216</t>
   </si>
   <si>
     <t>BATTEN FRANCESCA D</t>
   </si>
   <si>
     <t>4228 SE INDIAN HILL RD</t>
   </si>
   <si>
     <t>65-00027-000</t>
   </si>
   <si>
     <t>AUSTIN JOHN W &amp; MARGARET C &amp; TED R AUSTIN</t>
   </si>
   <si>
     <t>6104 SE BUCKEYE HOLLOW RD</t>
+  </si>
+  <si>
+    <t>65-00072-000</t>
+  </si>
+  <si>
+    <t>JURENEC SOLOMON ROSS &amp; CLARISSA</t>
+  </si>
+  <si>
+    <t>4757 SE INDIAN HILL RD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1969,4960 +4315,11000 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F244" headerRowCount="1">
-  <autoFilter ref="A1:F244"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F546" headerRowCount="1">
+  <autoFilter ref="A1:F546"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28903&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29065&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29215&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29938&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30140&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30149&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30419&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75611&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31086&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34314&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34852&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34908&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47719&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48204&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75064&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=77682&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56611&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56612&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56618&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56635&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56637&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56693&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67574&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57065&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72917&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60583&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28805&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28839&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28847&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28891&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28903&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28971&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28993&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29060&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29065&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29070&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29086&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29116&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=79324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29189&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29314&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29388&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29431&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29880&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29938&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29960&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=29975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30140&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78437&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30149&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30217&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30275&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30349&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30419&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75611&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71826&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72955&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78968&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30611&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30642&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30960&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31086&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31388&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31414&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31424&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31485&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31566&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31752&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31913&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32010&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73060&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32201&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32220&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32308&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32422&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32435&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32637&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32658&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32681&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33058&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33059&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33586&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33658&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33838&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33839&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34000&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34039&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34117&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34175&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34177&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34314&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34480&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34508&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34532&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34835&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34852&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34908&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34936&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34961&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34973&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34977&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=34988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70455&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35010&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47719&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47740&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78680&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78681&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48046&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78528&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=79350&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48155&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48204&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74051&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75064&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=77682&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56414&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56484&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=76280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56562&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56611&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56612&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56617&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56618&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56633&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56635&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56636&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56637&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56658&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56677&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70626&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56883&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=56953&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57065&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57157&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57201&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75806&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72917&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60620&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F244"/>
+  <dimension ref="A1:F546"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-    <col min="2" max="2" width="64.33325958251953" customWidth="1"/>
+    <col min="2" max="2" width="65.93742370605469" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="29.066152572631836" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>499.31</v>
+        <v>577.81</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>384.18</v>
+        <v>3.88</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>889.37</v>
+        <v>1298.64</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>452.54</v>
+        <v>1316.4</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>758.82</v>
+        <v>62.5</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>237.92</v>
+        <v>0.66</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>215.35</v>
+        <v>472.49</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>616.12</v>
+        <v>0.29</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>435.7</v>
+        <v>932.21</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>19.61</v>
+        <v>247.56</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>750.81</v>
+        <v>62.5</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>10.25</v>
+        <v>62.5</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>85.77</v>
+        <v>468.39</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>2102.24</v>
+        <v>145.77</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>54495.26</v>
+        <v>92.69</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>21.67</v>
+        <v>62.5</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E18" s="2">
-        <v>1771.88</v>
+        <v>3.97</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E19" s="2">
-        <v>10.36</v>
+        <v>62.5</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E20" s="2">
-        <v>561.46</v>
+        <v>223.46</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" s="2">
-        <v>47</v>
+        <v>661.06</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E22" s="2">
-        <v>1007.02</v>
+        <v>62.5</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E23" s="2">
-        <v>677.68</v>
+        <v>1590.64</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="2">
-        <v>615.24</v>
+        <v>0.04</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="2">
-        <v>318.06</v>
+        <v>8.95</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="2">
-        <v>905.61</v>
+        <v>225.87</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="2">
-        <v>250.13</v>
+        <v>62.5</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="2">
-        <v>173.04</v>
+        <v>728.42</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B29" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="2">
-        <v>70.51</v>
+        <v>29.08</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="B30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="E30" s="2">
-        <v>2.83</v>
+        <v>172.81</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="B31" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E31" s="2">
-        <v>610.78</v>
+        <v>34.27</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E32" s="2">
-        <v>17498.5</v>
+        <v>62.5</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>99</v>
+        <v>63</v>
       </c>
       <c r="E33" s="2">
-        <v>2273.49</v>
+        <v>218.27</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>102</v>
+        <v>57</v>
       </c>
       <c r="E34" s="2">
-        <v>1407.7</v>
+        <v>172.93</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E35" s="2">
-        <v>538.29</v>
+        <v>299.24</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="E36" s="2">
-        <v>1472.44</v>
+        <v>62.5</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>80</v>
+        <v>106</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="E37" s="2">
-        <v>365.01</v>
+        <v>33.26</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="B38" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E38" s="2">
-        <v>732.37</v>
+        <v>522.24</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="B39" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E39" s="2">
-        <v>93.12</v>
+        <v>112.72</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="B40" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E40" s="2">
-        <v>3393.92</v>
+        <v>2978.69</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="B41" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E41" s="2">
-        <v>814.47</v>
+        <v>405.57</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="B42" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E42" s="2">
-        <v>44.43</v>
+        <v>0.68</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="E43" s="2">
-        <v>283.3</v>
+        <v>0.06</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>32</v>
+        <v>127</v>
       </c>
       <c r="E44" s="2">
-        <v>1.54</v>
+        <v>39.32</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>131</v>
+        <v>90</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="E45" s="2">
-        <v>2984.24</v>
+        <v>219.03</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="E46" s="2">
-        <v>18.44</v>
+        <v>62.5</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="E47" s="2">
-        <v>13935.47</v>
+        <v>720.37</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="E48" s="2">
-        <v>76.27</v>
+        <v>5.44</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E49" s="2">
-        <v>406.69</v>
+        <v>885.77</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>146</v>
+        <v>74</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="E50" s="2">
-        <v>4743.62</v>
+        <v>62.5</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>150</v>
+        <v>91</v>
       </c>
       <c r="E51" s="2">
-        <v>15829.72</v>
+        <v>45.34</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="E52" s="2">
-        <v>192.69</v>
+        <v>300.3</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="E53" s="2">
-        <v>954.38</v>
+        <v>15.33</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="E54" s="2">
-        <v>364.46</v>
+        <v>42.52</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="E55" s="2">
-        <v>195.72</v>
+        <v>1698.15</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="E56" s="2">
-        <v>5598.88</v>
+        <v>1289.22</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>167</v>
+        <v>18</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>168</v>
+        <v>19</v>
       </c>
       <c r="E57" s="2">
-        <v>341.58</v>
+        <v>69.49</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="E58" s="2">
-        <v>1315.17</v>
+        <v>35.99</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="E59" s="2">
-        <v>1433.88</v>
+        <v>62.5</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="E60" s="2">
-        <v>2077.68</v>
+        <v>1062.89</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="E61" s="2">
-        <v>3661.87</v>
+        <v>0.26</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="E62" s="2">
-        <v>128.69</v>
+        <v>411.34</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="E63" s="2">
-        <v>1541.42</v>
+        <v>62.5</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>188</v>
+        <v>72</v>
       </c>
       <c r="E64" s="2">
-        <v>5008.04</v>
+        <v>900.21</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="E65" s="2">
-        <v>916.39</v>
+        <v>5.82</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>193</v>
+        <v>164</v>
       </c>
       <c r="E66" s="2">
-        <v>217.29</v>
+        <v>2.83</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E67" s="2">
-        <v>2996.02</v>
+        <v>104.84</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="E68" s="2">
-        <v>52.47</v>
+        <v>928.48</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="E69" s="2">
-        <v>5016.74</v>
+        <v>0.08</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="E70" s="2">
-        <v>2265.98</v>
+        <v>335.47</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="E71" s="2">
-        <v>24088.06</v>
+        <v>19.5</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="E72" s="2">
-        <v>32.76</v>
+        <v>0.66</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="E73" s="2">
-        <v>116.92</v>
+        <v>1228.49</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B74" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="C74" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="2">
-        <v>1201.44</v>
+        <v>0.35</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="E75" s="2">
-        <v>0.23</v>
+        <v>558.08</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="E76" s="2">
-        <v>143.37</v>
+        <v>194.08</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E77" s="2">
-        <v>15817.32</v>
+        <v>62.5</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>226</v>
+        <v>164</v>
       </c>
       <c r="E78" s="2">
-        <v>3309.71</v>
+        <v>3.84</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>229</v>
+        <v>91</v>
       </c>
       <c r="E79" s="2">
-        <v>2.6</v>
+        <v>101.87</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="E80" s="2">
-        <v>338.68</v>
+        <v>12.22</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>235</v>
+        <v>164</v>
       </c>
       <c r="E81" s="2">
-        <v>578.39</v>
+        <v>160.63</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>193</v>
+        <v>230</v>
       </c>
       <c r="E82" s="2">
-        <v>7.12</v>
+        <v>1195.86</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>239</v>
+        <v>232</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="E83" s="2">
-        <v>192.56</v>
+        <v>1112.08</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="E84" s="2">
-        <v>17395.16</v>
+        <v>121.33</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>183</v>
+        <v>238</v>
       </c>
       <c r="E85" s="2">
-        <v>1258.08</v>
+        <v>13.72</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="E86" s="2">
-        <v>804.5</v>
+        <v>623.65</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="E87" s="2">
-        <v>738.53</v>
+        <v>1513.55</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="B88" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C88" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="2">
-        <v>738.53</v>
+        <v>95.77</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>229</v>
+        <v>250</v>
       </c>
       <c r="E89" s="2">
-        <v>8485.29</v>
+        <v>126.46</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="E90" s="2">
-        <v>1828.37</v>
+        <v>1396.25</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="E91" s="2">
-        <v>1506.95</v>
+        <v>369.48</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B92" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="C92" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E92" s="2">
-        <v>773.08</v>
+        <v>0.8</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="E93" s="2">
-        <v>2512.4</v>
+        <v>20695.72</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="E94" s="2">
-        <v>4652.53</v>
+        <v>4493.28</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>269</v>
+        <v>121</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>270</v>
+        <v>63</v>
       </c>
       <c r="E95" s="2">
-        <v>5960.43</v>
+        <v>0.23</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="E96" s="2">
-        <v>254.07</v>
+        <v>1450.71</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="E97" s="2">
-        <v>21534.08</v>
+        <v>738.13</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>183</v>
+        <v>274</v>
       </c>
       <c r="E98" s="2">
-        <v>4442.06</v>
+        <v>19.03</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="E99" s="2">
-        <v>1631.03</v>
+        <v>1951.47</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>283</v>
+        <v>212</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>284</v>
+        <v>213</v>
       </c>
       <c r="E100" s="2">
-        <v>23.78</v>
+        <v>689.31</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="E101" s="2">
-        <v>849.07</v>
+        <v>1082.71</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="E102" s="2">
-        <v>16993.19</v>
+        <v>138.29</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>293</v>
+        <v>119</v>
       </c>
       <c r="E103" s="2">
-        <v>1177.22</v>
+        <v>13.55</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="E104" s="2">
-        <v>293.86</v>
+        <v>2.03</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="E105" s="2">
-        <v>250.32</v>
+        <v>42.69</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="E106" s="2">
-        <v>1358.33</v>
+        <v>3559.95</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="E107" s="2">
-        <v>11413.36</v>
+        <v>0.23</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>308</v>
+        <v>84</v>
       </c>
       <c r="E108" s="2">
-        <v>1637.83</v>
+        <v>1060.15</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>153</v>
+        <v>303</v>
       </c>
       <c r="E109" s="2">
-        <v>291.2</v>
+        <v>134.19</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="E110" s="2">
-        <v>417.57</v>
+        <v>540.68</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>316</v>
+        <v>70</v>
       </c>
       <c r="E111" s="2">
-        <v>8525.57</v>
+        <v>12.38</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="E112" s="2">
-        <v>1610.98</v>
+        <v>192.29</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>321</v>
+        <v>313</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="E113" s="2">
-        <v>6936.3</v>
+        <v>3134.06</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="E114" s="2">
-        <v>143.37</v>
+        <v>31.15</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>243</v>
+        <v>320</v>
       </c>
       <c r="E115" s="2">
-        <v>416.73</v>
+        <v>795.11</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>182</v>
+        <v>322</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="E116" s="2">
-        <v>525.68</v>
+        <v>2894.61</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="E117" s="2">
-        <v>13.64</v>
+        <v>14524.4</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="E118" s="2">
-        <v>420.5</v>
+        <v>53.72</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>188</v>
+        <v>332</v>
       </c>
       <c r="E119" s="2">
-        <v>1642.22</v>
+        <v>28.46</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>188</v>
+        <v>335</v>
       </c>
       <c r="E120" s="2">
-        <v>1468.95</v>
+        <v>675.6</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>337</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>183</v>
+        <v>338</v>
       </c>
       <c r="E121" s="2">
-        <v>3363.18</v>
+        <v>1726.46</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="B122" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="B122" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>188</v>
+        <v>341</v>
       </c>
       <c r="E122" s="2">
-        <v>1500.38</v>
+        <v>417.52</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>183</v>
+        <v>344</v>
       </c>
       <c r="E123" s="2">
-        <v>4163.33</v>
+        <v>391.39</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>183</v>
+        <v>347</v>
       </c>
       <c r="E124" s="2">
-        <v>5419.96</v>
+        <v>46.45</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>188</v>
+        <v>350</v>
       </c>
       <c r="E125" s="2">
-        <v>1450.75</v>
+        <v>83.42</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>183</v>
+        <v>353</v>
       </c>
       <c r="E126" s="2">
-        <v>10593.88</v>
+        <v>538.28</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="E127" s="2">
-        <v>5137.17</v>
+        <v>5152.53</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="E128" s="2">
-        <v>92.74</v>
+        <v>503.12</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="E129" s="2">
-        <v>67.61</v>
+        <v>424.98</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>183</v>
+        <v>365</v>
       </c>
       <c r="E130" s="2">
-        <v>3314.34</v>
+        <v>0.23</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>183</v>
+        <v>368</v>
       </c>
       <c r="E131" s="2">
-        <v>5253.01</v>
+        <v>1046.54</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>356</v>
+        <v>370</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>183</v>
+        <v>371</v>
       </c>
       <c r="E132" s="2">
-        <v>4184.15</v>
+        <v>16378.6</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>362</v>
+        <v>374</v>
       </c>
       <c r="E133" s="2">
-        <v>1226.48</v>
+        <v>547.72</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="E134" s="2">
-        <v>3121.47</v>
+        <v>79.01</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>295</v>
+        <v>379</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>367</v>
+        <v>380</v>
       </c>
       <c r="E135" s="2">
-        <v>319.45</v>
+        <v>29.22</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>369</v>
+        <v>346</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>229</v>
+        <v>382</v>
       </c>
       <c r="E136" s="2">
-        <v>2815.87</v>
+        <v>52.11</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>370</v>
+        <v>383</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>371</v>
+        <v>384</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="E137" s="2">
-        <v>4829.56</v>
+        <v>217.83</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="E138" s="2">
-        <v>2309.23</v>
+        <v>608.47</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>377</v>
+        <v>390</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>378</v>
+        <v>391</v>
       </c>
       <c r="E139" s="2">
-        <v>912.75</v>
+        <v>386.81</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>295</v>
+        <v>393</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>380</v>
+        <v>394</v>
       </c>
       <c r="E140" s="2">
-        <v>346.3</v>
+        <v>72.32</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>381</v>
+        <v>395</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>295</v>
+        <v>396</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>380</v>
+        <v>397</v>
       </c>
       <c r="E141" s="2">
-        <v>325.42</v>
+        <v>1021.26</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>382</v>
+        <v>398</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>383</v>
+        <v>399</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>384</v>
+        <v>400</v>
       </c>
       <c r="E142" s="2">
-        <v>83.06</v>
+        <v>6613.49</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>385</v>
+        <v>401</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>247</v>
+        <v>402</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>250</v>
+        <v>403</v>
       </c>
       <c r="E143" s="2">
-        <v>2596.88</v>
+        <v>929.4</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>386</v>
+        <v>404</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>387</v>
+        <v>405</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>388</v>
+        <v>406</v>
       </c>
       <c r="E144" s="2">
-        <v>240.51</v>
+        <v>668.87</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>389</v>
+        <v>407</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>390</v>
+        <v>408</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>391</v>
+        <v>409</v>
       </c>
       <c r="E145" s="2">
-        <v>414.51</v>
+        <v>1837.64</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>392</v>
+        <v>410</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>393</v>
+        <v>411</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>394</v>
+        <v>412</v>
       </c>
       <c r="E146" s="2">
-        <v>826.97</v>
+        <v>2001.81</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>395</v>
+        <v>413</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>393</v>
+        <v>414</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>394</v>
+        <v>415</v>
       </c>
       <c r="E147" s="2">
-        <v>1417.25</v>
+        <v>2296.25</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>396</v>
+        <v>416</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>397</v>
+        <v>417</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>394</v>
+        <v>418</v>
       </c>
       <c r="E148" s="2">
-        <v>1530.87</v>
+        <v>3856.41</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>398</v>
+        <v>419</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>399</v>
+        <v>140</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>400</v>
+        <v>420</v>
       </c>
       <c r="E149" s="2">
-        <v>341.53</v>
+        <v>886.4</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>401</v>
+        <v>421</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>402</v>
+        <v>422</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E150" s="2">
-        <v>55.23</v>
+        <v>254.31</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>406</v>
+        <v>426</v>
       </c>
       <c r="E151" s="2">
-        <v>102.74</v>
+        <v>495.17</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>407</v>
+        <v>427</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>408</v>
+        <v>428</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>409</v>
+        <v>429</v>
       </c>
       <c r="E152" s="2">
-        <v>218.08</v>
+        <v>781.78</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>410</v>
+        <v>430</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>411</v>
+        <v>431</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>412</v>
+        <v>432</v>
       </c>
       <c r="E153" s="2">
-        <v>123.03</v>
+        <v>196.56</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>413</v>
+        <v>433</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>414</v>
+        <v>434</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
       <c r="E154" s="2">
-        <v>706.52</v>
+        <v>1714.36</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>416</v>
+        <v>435</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>417</v>
+        <v>436</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>418</v>
+        <v>437</v>
       </c>
       <c r="E155" s="2">
-        <v>757.59</v>
+        <v>5148.77</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>419</v>
+        <v>438</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>420</v>
+        <v>439</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>421</v>
+        <v>440</v>
       </c>
       <c r="E156" s="2">
-        <v>1786.7</v>
+        <v>0.03</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>422</v>
+        <v>441</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>424</v>
+        <v>385</v>
       </c>
       <c r="E157" s="2">
-        <v>21.43</v>
+        <v>26.8</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>426</v>
+        <v>444</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>427</v>
+        <v>445</v>
       </c>
       <c r="E158" s="2">
-        <v>243.8</v>
+        <v>3351.65</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>429</v>
+        <v>447</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>430</v>
+        <v>448</v>
       </c>
       <c r="E159" s="2">
-        <v>48.41</v>
+        <v>223.87</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>431</v>
+        <v>449</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>432</v>
+        <v>450</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>433</v>
+        <v>451</v>
       </c>
       <c r="E160" s="2">
-        <v>2275.76</v>
+        <v>279.71</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>434</v>
+        <v>452</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>435</v>
+        <v>453</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>436</v>
+        <v>454</v>
       </c>
       <c r="E161" s="2">
-        <v>2889.75</v>
+        <v>306.29</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>437</v>
+        <v>455</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>439</v>
+        <v>457</v>
       </c>
       <c r="E162" s="2">
-        <v>38.43</v>
+        <v>5525.02</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>440</v>
+        <v>458</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>441</v>
+        <v>459</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>442</v>
+        <v>460</v>
       </c>
       <c r="E163" s="2">
-        <v>21.06</v>
+        <v>498.13</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>182</v>
+        <v>462</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>444</v>
+        <v>463</v>
       </c>
       <c r="E164" s="2">
-        <v>6.13</v>
+        <v>2649.93</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>445</v>
+        <v>464</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>447</v>
+        <v>465</v>
       </c>
       <c r="E165" s="2">
-        <v>168.72</v>
+        <v>10.76</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>448</v>
+        <v>466</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>449</v>
+        <v>467</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>450</v>
+        <v>468</v>
       </c>
       <c r="E166" s="2">
-        <v>260.59</v>
+        <v>1021.69</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>451</v>
+        <v>469</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>452</v>
+        <v>470</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>453</v>
+        <v>471</v>
       </c>
       <c r="E167" s="2">
-        <v>127.56</v>
+        <v>24884.89</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>454</v>
+        <v>472</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>455</v>
+        <v>346</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>456</v>
+        <v>473</v>
       </c>
       <c r="E168" s="2">
-        <v>31.51</v>
+        <v>6.78</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>457</v>
+        <v>474</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>458</v>
+        <v>475</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>459</v>
+        <v>476</v>
       </c>
       <c r="E169" s="2">
-        <v>3969.09</v>
+        <v>293.59</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>460</v>
+        <v>477</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>461</v>
+        <v>478</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>462</v>
+        <v>479</v>
       </c>
       <c r="E170" s="2">
-        <v>299.83</v>
+        <v>45.43</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>463</v>
+        <v>480</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>464</v>
+        <v>478</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>465</v>
+        <v>481</v>
       </c>
       <c r="E171" s="2">
-        <v>443.16</v>
+        <v>161.78</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>467</v>
+        <v>478</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>468</v>
+        <v>483</v>
       </c>
       <c r="E172" s="2">
-        <v>527.28</v>
+        <v>1752.5</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>469</v>
+        <v>484</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>470</v>
+        <v>485</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>471</v>
+        <v>486</v>
       </c>
       <c r="E173" s="2">
-        <v>964.33</v>
+        <v>0.24</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>472</v>
+        <v>487</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>473</v>
+        <v>488</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>474</v>
+        <v>489</v>
       </c>
       <c r="E174" s="2">
-        <v>68.52</v>
+        <v>451.73</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>475</v>
+        <v>490</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>476</v>
+        <v>491</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>477</v>
+        <v>492</v>
       </c>
       <c r="E175" s="2">
-        <v>32.07</v>
+        <v>189.88</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>478</v>
+        <v>493</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>479</v>
+        <v>494</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>480</v>
+        <v>495</v>
       </c>
       <c r="E176" s="2">
-        <v>1383.25</v>
+        <v>16435.68</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>481</v>
+        <v>496</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>482</v>
+        <v>402</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>483</v>
+        <v>497</v>
       </c>
       <c r="E177" s="2">
-        <v>1081.81</v>
+        <v>733.32</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>484</v>
+        <v>498</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
       <c r="E178" s="2">
-        <v>255.3</v>
+        <v>3605.89</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>487</v>
+        <v>501</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>488</v>
+        <v>502</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="E179" s="2">
-        <v>116</v>
+        <v>81.1</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
       <c r="E180" s="2">
-        <v>139.53</v>
+        <v>935.47</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>493</v>
+        <v>507</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="E181" s="2">
-        <v>360.03</v>
+        <v>1.4</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>497</v>
+        <v>51</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>498</v>
+        <v>511</v>
       </c>
       <c r="E182" s="2">
-        <v>17519.08</v>
+        <v>60.55</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>499</v>
+        <v>512</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>500</v>
+        <v>513</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
       <c r="E183" s="2">
-        <v>5.24</v>
+        <v>1543.53</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>503</v>
+        <v>442</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>504</v>
+        <v>440</v>
       </c>
       <c r="E184" s="2">
-        <v>2299.45</v>
+        <v>50.76</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>505</v>
+        <v>516</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>506</v>
+        <v>517</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>507</v>
+        <v>518</v>
       </c>
       <c r="E185" s="2">
-        <v>390.79</v>
+        <v>14.07</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>508</v>
+        <v>519</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>509</v>
+        <v>520</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>510</v>
+        <v>521</v>
       </c>
       <c r="E186" s="2">
-        <v>218.55</v>
+        <v>363.39</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>511</v>
+        <v>522</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>512</v>
+        <v>523</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>513</v>
+        <v>524</v>
       </c>
       <c r="E187" s="2">
-        <v>10.11</v>
+        <v>577.44</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>514</v>
+        <v>525</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>515</v>
+        <v>526</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>516</v>
+        <v>527</v>
       </c>
       <c r="E188" s="2">
-        <v>3141.66</v>
+        <v>878.33</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>517</v>
+        <v>528</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>518</v>
+        <v>529</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>519</v>
+        <v>530</v>
       </c>
       <c r="E189" s="2">
-        <v>262.46</v>
+        <v>345.02</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>520</v>
+        <v>531</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>521</v>
+        <v>532</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>44</v>
+        <v>533</v>
       </c>
       <c r="E190" s="2">
-        <v>0.34</v>
+        <v>50.94</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>522</v>
+        <v>534</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>523</v>
+        <v>535</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>524</v>
+        <v>536</v>
       </c>
       <c r="E191" s="2">
-        <v>2360.68</v>
+        <v>570.42</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>525</v>
+        <v>537</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>526</v>
+        <v>535</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>527</v>
+        <v>423</v>
       </c>
       <c r="E192" s="2">
-        <v>88.59</v>
+        <v>57.06</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="E193" s="2">
-        <v>102.89</v>
+        <v>17989.25</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="E194" s="2">
-        <v>83.85</v>
+        <v>950.26</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>536</v>
+        <v>423</v>
       </c>
       <c r="E195" s="2">
-        <v>763.44</v>
+        <v>1382.15</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>538</v>
+        <v>547</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E196" s="2">
-        <v>100.63</v>
+        <v>867.63</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>540</v>
+        <v>549</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>541</v>
+        <v>550</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>542</v>
+        <v>423</v>
       </c>
       <c r="E197" s="2">
-        <v>452.37</v>
+        <v>168.47</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="E198" s="2">
-        <v>301.15</v>
+        <v>11.57</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>546</v>
+        <v>554</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="E199" s="2">
-        <v>14.08</v>
+        <v>1091.26</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
       <c r="E200" s="2">
-        <v>1765.52</v>
+        <v>1004.99</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>552</v>
+        <v>559</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="E201" s="2">
-        <v>477.89</v>
+        <v>1004.99</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>556</v>
+        <v>402</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="E202" s="2">
-        <v>323.55</v>
+        <v>713.41</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>559</v>
+        <v>402</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="E203" s="2">
-        <v>23.54</v>
+        <v>843.05</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="E204" s="2">
-        <v>791.54</v>
+        <v>2.34</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="E205" s="2">
-        <v>22159.9</v>
+        <v>257.69</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>44</v>
+        <v>572</v>
       </c>
       <c r="E206" s="2">
-        <v>150.45</v>
+        <v>304.8</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>44</v>
+        <v>503</v>
       </c>
       <c r="E207" s="2">
-        <v>10.81</v>
+        <v>8864.26</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>44</v>
+        <v>577</v>
       </c>
       <c r="E208" s="2">
-        <v>43.77</v>
+        <v>913.32</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>44</v>
+        <v>580</v>
       </c>
       <c r="E209" s="2">
-        <v>10.81</v>
+        <v>860.04</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>44</v>
+        <v>583</v>
       </c>
       <c r="E210" s="2">
-        <v>153.6</v>
+        <v>1942.15</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>570</v>
+        <v>585</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>44</v>
+        <v>586</v>
       </c>
       <c r="E211" s="2">
-        <v>195</v>
+        <v>1668.38</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>570</v>
+        <v>585</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>44</v>
+        <v>588</v>
       </c>
       <c r="E212" s="2">
-        <v>236.59</v>
+        <v>855.14</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>576</v>
+        <v>589</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>570</v>
+        <v>590</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>44</v>
+        <v>591</v>
       </c>
       <c r="E213" s="2">
-        <v>331.83</v>
+        <v>314.3</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>577</v>
+        <v>592</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>570</v>
+        <v>593</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>44</v>
+        <v>594</v>
       </c>
       <c r="E214" s="2">
-        <v>37.45</v>
+        <v>797.22</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>578</v>
+        <v>595</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>570</v>
+        <v>596</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>44</v>
+        <v>597</v>
       </c>
       <c r="E215" s="2">
-        <v>87.11</v>
+        <v>3258.77</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>570</v>
+        <v>599</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>44</v>
+        <v>600</v>
       </c>
       <c r="E216" s="2">
-        <v>10.81</v>
+        <v>318.39</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>580</v>
+        <v>601</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>570</v>
+        <v>602</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>44</v>
+        <v>385</v>
       </c>
       <c r="E217" s="2">
-        <v>10.81</v>
+        <v>4869.38</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>581</v>
+        <v>603</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>570</v>
+        <v>604</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>44</v>
+        <v>605</v>
       </c>
       <c r="E218" s="2">
-        <v>10.81</v>
+        <v>6213.46</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>582</v>
+        <v>606</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>570</v>
+        <v>607</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>44</v>
+        <v>608</v>
       </c>
       <c r="E219" s="2">
-        <v>116.06</v>
+        <v>374.86</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>583</v>
+        <v>609</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>570</v>
+        <v>610</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>44</v>
+        <v>437</v>
       </c>
       <c r="E220" s="2">
-        <v>21.11</v>
+        <v>73.03</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>584</v>
+        <v>611</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>570</v>
+        <v>612</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>44</v>
+        <v>613</v>
       </c>
       <c r="E221" s="2">
-        <v>12.5</v>
+        <v>303.08</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>585</v>
+        <v>614</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>570</v>
+        <v>615</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>44</v>
+        <v>616</v>
       </c>
       <c r="E222" s="2">
-        <v>10.81</v>
+        <v>1144.59</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>586</v>
+        <v>617</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>570</v>
+        <v>618</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>44</v>
+        <v>619</v>
       </c>
       <c r="E223" s="2">
-        <v>10.81</v>
+        <v>22282.71</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>587</v>
+        <v>620</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>570</v>
+        <v>621</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>44</v>
+        <v>423</v>
       </c>
       <c r="E224" s="2">
-        <v>615.94</v>
+        <v>4692.34</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>588</v>
+        <v>622</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>570</v>
+        <v>623</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>44</v>
+        <v>624</v>
       </c>
       <c r="E225" s="2">
-        <v>447.95</v>
+        <v>367.15</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>589</v>
+        <v>625</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>570</v>
+        <v>626</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>44</v>
+        <v>627</v>
       </c>
       <c r="E226" s="2">
-        <v>418.94</v>
+        <v>464.82</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>590</v>
+        <v>628</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>570</v>
+        <v>629</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>44</v>
+        <v>630</v>
       </c>
       <c r="E227" s="2">
-        <v>912.46</v>
+        <v>0.18</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>591</v>
+        <v>631</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>570</v>
+        <v>632</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>44</v>
+        <v>633</v>
       </c>
       <c r="E228" s="2">
-        <v>76.94</v>
+        <v>4.8</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>592</v>
+        <v>634</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>570</v>
+        <v>635</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>44</v>
+        <v>636</v>
       </c>
       <c r="E229" s="2">
-        <v>70.76</v>
+        <v>2327.23</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>593</v>
+        <v>637</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>594</v>
+        <v>638</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>595</v>
+        <v>639</v>
       </c>
       <c r="E230" s="2">
-        <v>26.53</v>
+        <v>32.85</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>596</v>
+        <v>640</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>597</v>
+        <v>641</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>598</v>
+        <v>642</v>
       </c>
       <c r="E231" s="2">
-        <v>3434.08</v>
+        <v>919.14</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>599</v>
+        <v>643</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>600</v>
+        <v>644</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>44</v>
+        <v>645</v>
       </c>
       <c r="E232" s="2">
-        <v>2216.01</v>
+        <v>712.32</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>601</v>
+        <v>646</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>602</v>
+        <v>647</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>603</v>
+        <v>648</v>
       </c>
       <c r="E233" s="2">
-        <v>27.52</v>
+        <v>17538.6</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>604</v>
+        <v>649</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>605</v>
+        <v>650</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>606</v>
+        <v>651</v>
       </c>
       <c r="E234" s="2">
-        <v>27.51</v>
+        <v>49.41</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>607</v>
+        <v>652</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>608</v>
+        <v>653</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>609</v>
+        <v>654</v>
       </c>
       <c r="E235" s="2">
-        <v>2110.39</v>
+        <v>49.81</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>610</v>
+        <v>655</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>611</v>
+        <v>656</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>612</v>
+        <v>657</v>
       </c>
       <c r="E236" s="2">
-        <v>507.18</v>
+        <v>2326.58</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>613</v>
+        <v>658</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>614</v>
+        <v>659</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>615</v>
+        <v>660</v>
       </c>
       <c r="E237" s="2">
-        <v>932.91</v>
+        <v>582.16</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>616</v>
+        <v>661</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>617</v>
+        <v>662</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>618</v>
+        <v>663</v>
       </c>
       <c r="E238" s="2">
-        <v>134.32</v>
+        <v>16.65</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>619</v>
+        <v>664</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>620</v>
+        <v>662</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>621</v>
+        <v>665</v>
       </c>
       <c r="E239" s="2">
-        <v>437.61</v>
+        <v>65.03</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>622</v>
+        <v>666</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>623</v>
+        <v>662</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>624</v>
+        <v>663</v>
       </c>
       <c r="E240" s="2">
-        <v>1106.22</v>
+        <v>8.67</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>625</v>
+        <v>667</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>626</v>
+        <v>422</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>627</v>
+        <v>668</v>
       </c>
       <c r="E241" s="2">
-        <v>654.33</v>
+        <v>106.65</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>628</v>
+        <v>669</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>629</v>
+        <v>670</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>630</v>
+        <v>671</v>
       </c>
       <c r="E242" s="2">
-        <v>1588.24</v>
+        <v>1015.23</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>631</v>
+        <v>672</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>632</v>
+        <v>673</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>633</v>
+        <v>674</v>
       </c>
       <c r="E243" s="2">
-        <v>840.92</v>
+        <v>106.36</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>634</v>
+        <v>675</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>635</v>
+        <v>650</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>636</v>
+        <v>676</v>
       </c>
       <c r="E244" s="2">
-        <v>2831.16</v>
+        <v>81.89</v>
       </c>
       <c r="F244" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="B245" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D245" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="E245" s="2">
+        <v>908.77</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="0" t="s">
+        <v>680</v>
+      </c>
+      <c r="B246" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D246" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="E246" s="2">
+        <v>3.12</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="B247" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D247" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="E247" s="2">
+        <v>11901.1</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="B248" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D248" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="E248" s="2">
+        <v>2430.27</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="0" t="s">
+        <v>688</v>
+      </c>
+      <c r="B249" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="C249" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D249" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="E249" s="2">
+        <v>36.02</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="B250" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="C250" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D250" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="E250" s="2">
+        <v>755.44</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="B251" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="C251" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D251" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="E251" s="2">
+        <v>385.83</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="B252" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="C252" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D252" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="E252" s="2">
+        <v>32.13</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="B253" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="C253" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D253" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="E253" s="2">
+        <v>1026.67</v>
+      </c>
+      <c r="F253" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="B254" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="C254" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D254" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="E254" s="2">
+        <v>59.71</v>
+      </c>
+      <c r="F254" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="B255" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="C255" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D255" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="E255" s="2">
+        <v>546.37</v>
+      </c>
+      <c r="F255" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="B256" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="C256" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D256" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="E256" s="2">
+        <v>1234.09</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="B257" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="C257" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D257" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="E257" s="2">
+        <v>9545.77</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="B258" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="C258" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D258" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="E258" s="2">
+        <v>312.06</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="B259" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="C259" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D259" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="E259" s="2">
+        <v>680.57</v>
+      </c>
+      <c r="F259" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="B260" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="C260" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D260" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="E260" s="2">
+        <v>1963.87</v>
+      </c>
+      <c r="F260" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="B261" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="C261" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D261" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="E261" s="2">
+        <v>1053.99</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="B262" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="C262" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D262" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="E262" s="2">
+        <v>7326.73</v>
+      </c>
+      <c r="F262" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="B263" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="C263" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D263" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="E263" s="2">
+        <v>51.59</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="B264" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="C264" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D264" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="E264" s="2">
+        <v>138.29</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="B265" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="C265" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D265" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="E265" s="2">
+        <v>14.46</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="B266" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="C266" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D266" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="E266" s="2">
+        <v>495.35</v>
+      </c>
+      <c r="F266" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="0" t="s">
+        <v>736</v>
+      </c>
+      <c r="B267" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C267" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D267" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="E267" s="2">
+        <v>1038.88</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="0" t="s">
+        <v>738</v>
+      </c>
+      <c r="B268" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="C268" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D268" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="E268" s="2">
+        <v>17.17</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="B269" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="C269" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D269" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="E269" s="2">
+        <v>1448.8</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="B270" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="C270" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D270" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="E270" s="2">
+        <v>850.71</v>
+      </c>
+      <c r="F270" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="B271" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C271" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D271" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="E271" s="2">
+        <v>1745.71</v>
+      </c>
+      <c r="F271" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="B272" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C272" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D272" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="E272" s="2">
+        <v>1560.73</v>
+      </c>
+      <c r="F272" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="B273" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C273" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D273" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="E273" s="2">
+        <v>3554.08</v>
+      </c>
+      <c r="F273" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="0" t="s">
+        <v>751</v>
+      </c>
+      <c r="B274" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C274" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D274" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="E274" s="2">
+        <v>1607.42</v>
+      </c>
+      <c r="F274" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="B275" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C275" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D275" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="E275" s="2">
+        <v>4384.38</v>
+      </c>
+      <c r="F275" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="0" t="s">
+        <v>753</v>
+      </c>
+      <c r="B276" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C276" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D276" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="E276" s="2">
+        <v>5728.39</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="B277" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="C277" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D277" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="E277" s="2">
+        <v>1542.04</v>
+      </c>
+      <c r="F277" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="0" t="s">
+        <v>755</v>
+      </c>
+      <c r="B278" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="C278" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D278" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="E278" s="2">
+        <v>10985.35</v>
+      </c>
+      <c r="F278" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="B279" s="0" t="s">
+        <v>758</v>
+      </c>
+      <c r="C279" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D279" s="0" t="s">
+        <v>759</v>
+      </c>
+      <c r="E279" s="2">
+        <v>5449.82</v>
+      </c>
+      <c r="F279" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="0" t="s">
+        <v>760</v>
+      </c>
+      <c r="B280" s="0" t="s">
+        <v>761</v>
+      </c>
+      <c r="C280" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D280" s="0" t="s">
+        <v>762</v>
+      </c>
+      <c r="E280" s="2">
+        <v>966.95</v>
+      </c>
+      <c r="F280" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="B281" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="C281" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D281" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="E281" s="2">
+        <v>241.75</v>
+      </c>
+      <c r="F281" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="B282" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="C282" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D282" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="E282" s="2">
+        <v>244.86</v>
+      </c>
+      <c r="F282" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="0" t="s">
+        <v>769</v>
+      </c>
+      <c r="B283" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="C283" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D283" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="E283" s="2">
+        <v>684.87</v>
+      </c>
+      <c r="F283" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="0" t="s">
+        <v>772</v>
+      </c>
+      <c r="B284" s="0" t="s">
+        <v>773</v>
+      </c>
+      <c r="C284" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D284" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="E284" s="2">
+        <v>106.08</v>
+      </c>
+      <c r="F284" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="B285" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="C285" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D285" s="0" t="s">
+        <v>776</v>
+      </c>
+      <c r="E285" s="2">
+        <v>204.21</v>
+      </c>
+      <c r="F285" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="B286" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="C286" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D286" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="E286" s="2">
+        <v>33.14</v>
+      </c>
+      <c r="F286" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="B287" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C287" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D287" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="E287" s="2">
+        <v>37.72</v>
+      </c>
+      <c r="F287" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="B288" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="C288" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D288" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="E288" s="2">
+        <v>71.59</v>
+      </c>
+      <c r="F288" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="B289" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="C289" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D289" s="0" t="s">
+        <v>786</v>
+      </c>
+      <c r="E289" s="2">
+        <v>501.4</v>
+      </c>
+      <c r="F289" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="B290" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="C290" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D290" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="E290" s="2">
+        <v>0.18</v>
+      </c>
+      <c r="F290" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="B291" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="C291" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D291" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="E291" s="2">
+        <v>1217.78</v>
+      </c>
+      <c r="F291" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="B292" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C292" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D292" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="E292" s="2">
+        <v>241.27</v>
+      </c>
+      <c r="F292" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="B293" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="C293" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D293" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="E293" s="2">
+        <v>699.9</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="B294" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="C294" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D294" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="E294" s="2">
+        <v>3527.28</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="B295" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="C295" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D295" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="E295" s="2">
+        <v>5556.91</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="B296" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="C296" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D296" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="E296" s="2">
+        <v>4455.29</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="B297" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="C297" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D297" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="E297" s="2">
+        <v>1483.31</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="B298" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="C298" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D298" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="E298" s="2">
+        <v>3367.66</v>
+      </c>
+      <c r="F298" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="B299" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C299" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D299" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="E299" s="2">
+        <v>686</v>
+      </c>
+      <c r="F299" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="B300" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="C300" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D300" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="E300" s="2">
+        <v>632.95</v>
+      </c>
+      <c r="F300" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="B301" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="C301" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D301" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="E301" s="2">
+        <v>2979.73</v>
+      </c>
+      <c r="F301" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="B302" s="0" t="s">
+        <v>816</v>
+      </c>
+      <c r="C302" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D302" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="E302" s="2">
+        <v>5055.36</v>
+      </c>
+      <c r="F302" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="B303" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="C303" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D303" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="E303" s="2">
+        <v>43.18</v>
+      </c>
+      <c r="F303" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="B304" s="0" t="s">
+        <v>821</v>
+      </c>
+      <c r="C304" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D304" s="0" t="s">
+        <v>822</v>
+      </c>
+      <c r="E304" s="2">
+        <v>111.22</v>
+      </c>
+      <c r="F304" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" s="0" t="s">
+        <v>823</v>
+      </c>
+      <c r="B305" s="0" t="s">
+        <v>824</v>
+      </c>
+      <c r="C305" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D305" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="E305" s="2">
+        <v>2554.19</v>
+      </c>
+      <c r="F305" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" s="0" t="s">
+        <v>826</v>
+      </c>
+      <c r="B306" s="0" t="s">
+        <v>827</v>
+      </c>
+      <c r="C306" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D306" s="0" t="s">
+        <v>828</v>
+      </c>
+      <c r="E306" s="2">
+        <v>1259.83</v>
+      </c>
+      <c r="F306" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="B307" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C307" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D307" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="E307" s="2">
+        <v>25.4</v>
+      </c>
+      <c r="F307" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" s="0" t="s">
+        <v>831</v>
+      </c>
+      <c r="B308" s="0" t="s">
+        <v>832</v>
+      </c>
+      <c r="C308" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D308" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="E308" s="2">
+        <v>817.61</v>
+      </c>
+      <c r="F308" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="B309" s="0" t="s">
+        <v>832</v>
+      </c>
+      <c r="C309" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D309" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="E309" s="2">
+        <v>145.97</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="B310" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="C310" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D310" s="0" t="s">
+        <v>836</v>
+      </c>
+      <c r="E310" s="2">
+        <v>686.1</v>
+      </c>
+      <c r="F310" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="B311" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="C311" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D311" s="0" t="s">
+        <v>836</v>
+      </c>
+      <c r="E311" s="2">
+        <v>644.81</v>
+      </c>
+      <c r="F311" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="B312" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="C312" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D312" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="E312" s="2">
+        <v>92.96</v>
+      </c>
+      <c r="F312" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="B313" s="0" t="s">
+        <v>842</v>
+      </c>
+      <c r="C313" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D313" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="E313" s="2">
+        <v>785.4</v>
+      </c>
+      <c r="F313" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="B314" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="C314" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D314" s="0" t="s">
+        <v>846</v>
+      </c>
+      <c r="E314" s="2">
+        <v>263.77</v>
+      </c>
+      <c r="F314" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" s="0" t="s">
+        <v>847</v>
+      </c>
+      <c r="B315" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="C315" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D315" s="0" t="s">
+        <v>846</v>
+      </c>
+      <c r="E315" s="2">
+        <v>117.47</v>
+      </c>
+      <c r="F315" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="B316" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="C316" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D316" s="0" t="s">
+        <v>850</v>
+      </c>
+      <c r="E316" s="2">
+        <v>509.89</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="B317" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="C317" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D317" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="E317" s="2">
+        <v>515.24</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="B318" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="C318" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D318" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="E318" s="2">
+        <v>3461.3</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="B319" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="C319" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D319" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="E319" s="2">
+        <v>250.78</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="B320" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="C320" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D320" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="E320" s="2">
+        <v>374.53</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="B321" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="C321" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D321" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="E321" s="2">
+        <v>591.66</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="B322" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="C322" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D322" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="E322" s="2">
+        <v>44.45</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" s="0" t="s">
+        <v>861</v>
+      </c>
+      <c r="B323" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="C323" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D323" s="0" t="s">
+        <v>862</v>
+      </c>
+      <c r="E323" s="2">
+        <v>440.64</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="B324" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="C324" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D324" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="E324" s="2">
+        <v>218.72</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" s="0" t="s">
+        <v>865</v>
+      </c>
+      <c r="B325" s="0" t="s">
+        <v>866</v>
+      </c>
+      <c r="C325" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D325" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="E325" s="2">
+        <v>535.46</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="B326" s="0" t="s">
+        <v>869</v>
+      </c>
+      <c r="C326" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D326" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="E326" s="2">
+        <v>878.57</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" s="0" t="s">
+        <v>870</v>
+      </c>
+      <c r="B327" s="0" t="s">
+        <v>869</v>
+      </c>
+      <c r="C327" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D327" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="E327" s="2">
+        <v>1502.47</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="B328" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="C328" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D328" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="E328" s="2">
+        <v>1619.13</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="B329" s="0" t="s">
+        <v>874</v>
+      </c>
+      <c r="C329" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D329" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="E329" s="2">
+        <v>946.78</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="B330" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="C330" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D330" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="E330" s="2">
+        <v>62.65</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" s="0" t="s">
+        <v>879</v>
+      </c>
+      <c r="B331" s="0" t="s">
+        <v>880</v>
+      </c>
+      <c r="C331" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D331" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="E331" s="2">
+        <v>110.92</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="B332" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="C332" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D332" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="E332" s="2">
+        <v>182.27</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" s="0" t="s">
+        <v>883</v>
+      </c>
+      <c r="B333" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="C333" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D333" s="0" t="s">
+        <v>884</v>
+      </c>
+      <c r="E333" s="2">
+        <v>323.92</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" s="0" t="s">
+        <v>885</v>
+      </c>
+      <c r="B334" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="C334" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D334" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="E334" s="2">
+        <v>20.33</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" s="0" t="s">
+        <v>888</v>
+      </c>
+      <c r="B335" s="0" t="s">
+        <v>889</v>
+      </c>
+      <c r="C335" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D335" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="E335" s="2">
+        <v>131.4</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="B336" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="C336" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D336" s="0" t="s">
+        <v>893</v>
+      </c>
+      <c r="E336" s="2">
+        <v>920.9</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="B337" s="0" t="s">
+        <v>895</v>
+      </c>
+      <c r="C337" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D337" s="0" t="s">
+        <v>896</v>
+      </c>
+      <c r="E337" s="2">
+        <v>31.37</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="B338" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="C338" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D338" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="E338" s="2">
+        <v>991.45</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="B339" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="C339" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D339" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="E339" s="2">
+        <v>1987.08</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" s="0" t="s">
+        <v>903</v>
+      </c>
+      <c r="B340" s="0" t="s">
+        <v>904</v>
+      </c>
+      <c r="C340" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D340" s="0" t="s">
+        <v>905</v>
+      </c>
+      <c r="E340" s="2">
+        <v>26.74</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" s="0" t="s">
+        <v>906</v>
+      </c>
+      <c r="B341" s="0" t="s">
+        <v>907</v>
+      </c>
+      <c r="C341" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D341" s="0" t="s">
+        <v>908</v>
+      </c>
+      <c r="E341" s="2">
+        <v>162.54</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" s="0" t="s">
+        <v>909</v>
+      </c>
+      <c r="B342" s="0" t="s">
+        <v>910</v>
+      </c>
+      <c r="C342" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D342" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="E342" s="2">
+        <v>362.08</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" s="0" t="s">
+        <v>912</v>
+      </c>
+      <c r="B343" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="C343" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D343" s="0" t="s">
+        <v>850</v>
+      </c>
+      <c r="E343" s="2">
+        <v>59.05</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" s="0" t="s">
+        <v>914</v>
+      </c>
+      <c r="B344" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="C344" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D344" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="E344" s="2">
+        <v>2546.17</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="B345" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="C345" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D345" s="0" t="s">
+        <v>919</v>
+      </c>
+      <c r="E345" s="2">
+        <v>3201.1</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="B346" s="0" t="s">
+        <v>921</v>
+      </c>
+      <c r="C346" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D346" s="0" t="s">
+        <v>922</v>
+      </c>
+      <c r="E346" s="2">
+        <v>50.01</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" s="0" t="s">
+        <v>923</v>
+      </c>
+      <c r="B347" s="0" t="s">
+        <v>924</v>
+      </c>
+      <c r="C347" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D347" s="0" t="s">
+        <v>925</v>
+      </c>
+      <c r="E347" s="2">
+        <v>31.29</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" s="0" t="s">
+        <v>926</v>
+      </c>
+      <c r="B348" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C348" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D348" s="0" t="s">
+        <v>927</v>
+      </c>
+      <c r="E348" s="2">
+        <v>18.51</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" s="0" t="s">
+        <v>928</v>
+      </c>
+      <c r="B349" s="0" t="s">
+        <v>929</v>
+      </c>
+      <c r="C349" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D349" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="E349" s="2">
+        <v>184.61</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" s="0" t="s">
+        <v>931</v>
+      </c>
+      <c r="B350" s="0" t="s">
+        <v>932</v>
+      </c>
+      <c r="C350" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D350" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="E350" s="2">
+        <v>426.26</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="B351" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="C351" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D351" s="0" t="s">
+        <v>936</v>
+      </c>
+      <c r="E351" s="2">
+        <v>70.02</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="B352" s="0" t="s">
+        <v>938</v>
+      </c>
+      <c r="C352" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D352" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="E352" s="2">
+        <v>953.07</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="B353" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="C353" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D353" s="0" t="s">
+        <v>942</v>
+      </c>
+      <c r="E353" s="2">
+        <v>1373.64</v>
+      </c>
+      <c r="F353" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" s="0" t="s">
+        <v>943</v>
+      </c>
+      <c r="B354" s="0" t="s">
+        <v>944</v>
+      </c>
+      <c r="C354" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D354" s="0" t="s">
+        <v>945</v>
+      </c>
+      <c r="E354" s="2">
+        <v>566.55</v>
+      </c>
+      <c r="F354" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="B355" s="0" t="s">
+        <v>947</v>
+      </c>
+      <c r="C355" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D355" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="E355" s="2">
+        <v>254.84</v>
+      </c>
+      <c r="F355" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="B356" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="C356" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D356" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="E356" s="2">
+        <v>1394.12</v>
+      </c>
+      <c r="F356" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="B357" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="C357" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D357" s="0" t="s">
+        <v>954</v>
+      </c>
+      <c r="E357" s="2">
+        <v>4221.79</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" s="0" t="s">
+        <v>955</v>
+      </c>
+      <c r="B358" s="0" t="s">
+        <v>956</v>
+      </c>
+      <c r="C358" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D358" s="0" t="s">
+        <v>957</v>
+      </c>
+      <c r="E358" s="2">
+        <v>323.55</v>
+      </c>
+      <c r="F358" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" s="0" t="s">
+        <v>958</v>
+      </c>
+      <c r="B359" s="0" t="s">
+        <v>959</v>
+      </c>
+      <c r="C359" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D359" s="0" t="s">
+        <v>960</v>
+      </c>
+      <c r="E359" s="2">
+        <v>1740.94</v>
+      </c>
+      <c r="F359" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="B360" s="0" t="s">
+        <v>962</v>
+      </c>
+      <c r="C360" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D360" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="E360" s="2">
+        <v>1358.94</v>
+      </c>
+      <c r="F360" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" s="0" t="s">
+        <v>964</v>
+      </c>
+      <c r="B361" s="0" t="s">
+        <v>965</v>
+      </c>
+      <c r="C361" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D361" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="E361" s="2">
+        <v>590.05</v>
+      </c>
+      <c r="F361" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="B362" s="0" t="s">
+        <v>968</v>
+      </c>
+      <c r="C362" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D362" s="0" t="s">
+        <v>969</v>
+      </c>
+      <c r="E362" s="2">
+        <v>1655.34</v>
+      </c>
+      <c r="F362" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" s="0" t="s">
+        <v>970</v>
+      </c>
+      <c r="B363" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="C363" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D363" s="0" t="s">
+        <v>972</v>
+      </c>
+      <c r="E363" s="2">
+        <v>899.99</v>
+      </c>
+      <c r="F363" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" s="0" t="s">
+        <v>973</v>
+      </c>
+      <c r="B364" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="C364" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D364" s="0" t="s">
+        <v>974</v>
+      </c>
+      <c r="E364" s="2">
+        <v>48.05</v>
+      </c>
+      <c r="F364" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" s="0" t="s">
+        <v>975</v>
+      </c>
+      <c r="B365" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C365" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D365" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="E365" s="2">
+        <v>563.35</v>
+      </c>
+      <c r="F365" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="B366" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="C366" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D366" s="0" t="s">
+        <v>979</v>
+      </c>
+      <c r="E366" s="2">
+        <v>23.43</v>
+      </c>
+      <c r="F366" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" s="0" t="s">
+        <v>980</v>
+      </c>
+      <c r="B367" s="0" t="s">
+        <v>981</v>
+      </c>
+      <c r="C367" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D367" s="0" t="s">
+        <v>982</v>
+      </c>
+      <c r="E367" s="2">
+        <v>0.12</v>
+      </c>
+      <c r="F367" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" s="0" t="s">
+        <v>983</v>
+      </c>
+      <c r="B368" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="C368" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D368" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="E368" s="2">
+        <v>2.23</v>
+      </c>
+      <c r="F368" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="B369" s="0" t="s">
+        <v>986</v>
+      </c>
+      <c r="C369" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D369" s="0" t="s">
+        <v>987</v>
+      </c>
+      <c r="E369" s="2">
+        <v>115.19</v>
+      </c>
+      <c r="F369" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" s="0" t="s">
+        <v>988</v>
+      </c>
+      <c r="B370" s="0" t="s">
+        <v>989</v>
+      </c>
+      <c r="C370" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D370" s="0" t="s">
+        <v>990</v>
+      </c>
+      <c r="E370" s="2">
+        <v>315.58</v>
+      </c>
+      <c r="F370" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" s="0" t="s">
+        <v>991</v>
+      </c>
+      <c r="B371" s="0" t="s">
+        <v>992</v>
+      </c>
+      <c r="C371" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D371" s="0" t="s">
+        <v>993</v>
+      </c>
+      <c r="E371" s="2">
+        <v>1103.91</v>
+      </c>
+      <c r="F371" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="0" t="s">
+        <v>994</v>
+      </c>
+      <c r="B372" s="0" t="s">
+        <v>995</v>
+      </c>
+      <c r="C372" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D372" s="0" t="s">
+        <v>996</v>
+      </c>
+      <c r="E372" s="2">
+        <v>45.42</v>
+      </c>
+      <c r="F372" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="0" t="s">
+        <v>997</v>
+      </c>
+      <c r="B373" s="0" t="s">
+        <v>998</v>
+      </c>
+      <c r="C373" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D373" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="E373" s="2">
+        <v>1104.36</v>
+      </c>
+      <c r="F373" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="0" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B374" s="0" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C374" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D374" s="0" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E374" s="2">
+        <v>1468.11</v>
+      </c>
+      <c r="F374" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B375" s="0" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C375" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D375" s="0" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E375" s="2">
+        <v>19.32</v>
+      </c>
+      <c r="F375" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="0" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B376" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C376" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D376" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E376" s="2">
+        <v>378.26</v>
+      </c>
+      <c r="F376" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="0" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B377" s="0" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C377" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D377" s="0" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E377" s="2">
+        <v>334.03</v>
+      </c>
+      <c r="F377" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="0" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B378" s="0" t="s">
+        <v>944</v>
+      </c>
+      <c r="C378" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D378" s="0" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E378" s="2">
+        <v>112.67</v>
+      </c>
+      <c r="F378" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" s="0" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B379" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C379" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D379" s="0" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E379" s="2">
+        <v>1604.68</v>
+      </c>
+      <c r="F379" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" s="0" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B380" s="0" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C380" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D380" s="0" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E380" s="2">
+        <v>282.32</v>
+      </c>
+      <c r="F380" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" s="0" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B381" s="0" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C381" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D381" s="0" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E381" s="2">
+        <v>849.81</v>
+      </c>
+      <c r="F381" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" s="0" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B382" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C382" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D382" s="0" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E382" s="2">
+        <v>1.07</v>
+      </c>
+      <c r="F382" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" s="0" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B383" s="0" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C383" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D383" s="0" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E383" s="2">
+        <v>104.45</v>
+      </c>
+      <c r="F383" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" s="0" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B384" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C384" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D384" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E384" s="2">
+        <v>19991.62</v>
+      </c>
+      <c r="F384" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" s="0" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B385" s="0" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C385" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D385" s="0" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E385" s="2">
+        <v>3742.62</v>
+      </c>
+      <c r="F385" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386" s="0" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B386" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C386" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D386" s="0" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E386" s="2">
+        <v>32.03</v>
+      </c>
+      <c r="F386" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387" s="0" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B387" s="0" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C387" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D387" s="0" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E387" s="2">
+        <v>1904.17</v>
+      </c>
+      <c r="F387" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="388">
+      <c r="A388" s="0" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B388" s="0" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C388" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D388" s="0" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E388" s="2">
+        <v>48.52</v>
+      </c>
+      <c r="F388" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389" s="0" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B389" s="0" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C389" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D389" s="0" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E389" s="2">
+        <v>32.61</v>
+      </c>
+      <c r="F389" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390" s="0" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B390" s="0" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C390" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D390" s="0" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E390" s="2">
+        <v>208.49</v>
+      </c>
+      <c r="F390" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" s="0" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B391" s="0" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C391" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D391" s="0" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E391" s="2">
+        <v>1198.71</v>
+      </c>
+      <c r="F391" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" s="0" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B392" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C392" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D392" s="0" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E392" s="2">
+        <v>455.12</v>
+      </c>
+      <c r="F392" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" s="0" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B393" s="0" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C393" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D393" s="0" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E393" s="2">
+        <v>0.23</v>
+      </c>
+      <c r="F393" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" s="0" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B394" s="0" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C394" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D394" s="0" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E394" s="2">
+        <v>808.03</v>
+      </c>
+      <c r="F394" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" s="0" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B395" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C395" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D395" s="0" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E395" s="2">
+        <v>46.71</v>
+      </c>
+      <c r="F395" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" s="0" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B396" s="0" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C396" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D396" s="0" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E396" s="2">
+        <v>3655.89</v>
+      </c>
+      <c r="F396" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B397" s="0" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C397" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D397" s="0" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E397" s="2">
+        <v>212.27</v>
+      </c>
+      <c r="F397" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" s="0" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B398" s="0" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C398" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D398" s="0" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E398" s="2">
+        <v>318.33</v>
+      </c>
+      <c r="F398" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" s="0" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B399" s="0" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C399" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D399" s="0" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E399" s="2">
+        <v>17.86</v>
+      </c>
+      <c r="F399" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" s="0" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B400" s="0" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C400" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D400" s="0" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E400" s="2">
+        <v>226.17</v>
+      </c>
+      <c r="F400" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" s="0" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B401" s="0" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C401" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D401" s="0" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E401" s="2">
+        <v>279.01</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" s="0" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B402" s="0" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C402" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D402" s="0" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E402" s="2">
+        <v>31.09</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" s="0" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B403" s="0" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C403" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D403" s="0" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E403" s="2">
+        <v>1356.66</v>
+      </c>
+      <c r="F403" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" s="0" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B404" s="0" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C404" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D404" s="0" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E404" s="2">
+        <v>1339.13</v>
+      </c>
+      <c r="F404" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" s="0" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B405" s="0" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C405" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D405" s="0" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E405" s="2">
+        <v>36.43</v>
+      </c>
+      <c r="F405" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" s="0" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B406" s="0" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C406" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D406" s="0" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E406" s="2">
+        <v>17988.64</v>
+      </c>
+      <c r="F406" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" s="0" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B407" s="0" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C407" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D407" s="0" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E407" s="2">
+        <v>26.96</v>
+      </c>
+      <c r="F407" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" s="0" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B408" s="0" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C408" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D408" s="0" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E408" s="2">
+        <v>1065.6</v>
+      </c>
+      <c r="F408" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" s="0" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B409" s="0" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C409" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D409" s="0" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E409" s="2">
+        <v>111.97</v>
+      </c>
+      <c r="F409" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" s="0" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B410" s="0" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C410" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D410" s="0" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E410" s="2">
+        <v>28.83</v>
+      </c>
+      <c r="F410" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" s="0" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B411" s="0" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C411" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D411" s="0" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E411" s="2">
+        <v>115.54</v>
+      </c>
+      <c r="F411" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" s="0" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B412" s="0" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C412" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D412" s="0" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E412" s="2">
+        <v>8.92</v>
+      </c>
+      <c r="F412" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" s="0" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B413" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="C413" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D413" s="0" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E413" s="2">
+        <v>1.63</v>
+      </c>
+      <c r="F413" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" s="0" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B414" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="C414" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D414" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="E414" s="2">
+        <v>3.18</v>
+      </c>
+      <c r="F414" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" s="0" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B415" s="0" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C415" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D415" s="0" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E415" s="2">
+        <v>39.26</v>
+      </c>
+      <c r="F415" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" s="0" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B416" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C416" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D416" s="0" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E416" s="2">
+        <v>57.72</v>
+      </c>
+      <c r="F416" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" s="0" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B417" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C417" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D417" s="0" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E417" s="2">
+        <v>787.06</v>
+      </c>
+      <c r="F417" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" s="0" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B418" s="0" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C418" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D418" s="0" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E418" s="2">
+        <v>0.82</v>
+      </c>
+      <c r="F418" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" s="0" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B419" s="0" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C419" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D419" s="0" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E419" s="2">
+        <v>2443.76</v>
+      </c>
+      <c r="F419" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" s="0" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B420" s="0" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C420" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D420" s="0" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E420" s="2">
+        <v>13.92</v>
+      </c>
+      <c r="F420" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" s="0" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B421" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C421" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D421" s="0" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E421" s="2">
+        <v>34.62</v>
+      </c>
+      <c r="F421" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" s="0" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B422" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C422" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D422" s="0" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E422" s="2">
+        <v>1244.05</v>
+      </c>
+      <c r="F422" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" s="0" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B423" s="0" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C423" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D423" s="0" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E423" s="2">
+        <v>221.19</v>
+      </c>
+      <c r="F423" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" s="0" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B424" s="0" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C424" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D424" s="0" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E424" s="2">
+        <v>1317.61</v>
+      </c>
+      <c r="F424" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" s="0" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B425" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="C425" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D425" s="0" t="s">
+        <v>1134</v>
+      </c>
+      <c r="E425" s="2">
+        <v>67.91</v>
+      </c>
+      <c r="F425" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" s="0" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B426" s="0" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C426" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D426" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="E426" s="2">
+        <v>275.67</v>
+      </c>
+      <c r="F426" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" s="0" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B427" s="0" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C427" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D427" s="0" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E427" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F427" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" s="0" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B428" s="0" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C428" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D428" s="0" t="s">
+        <v>1142</v>
+      </c>
+      <c r="E428" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F428" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" s="0" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B429" s="0" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C429" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D429" s="0" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E429" s="2">
+        <v>974.68</v>
+      </c>
+      <c r="F429" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" s="0" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B430" s="0" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C430" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D430" s="0" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E430" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F430" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" s="0" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B431" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C431" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D431" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E431" s="2">
+        <v>0.16</v>
+      </c>
+      <c r="F431" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" s="0" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B432" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C432" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D432" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E432" s="2">
+        <v>0.25</v>
+      </c>
+      <c r="F432" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" s="0" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B433" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C433" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D433" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E433" s="2">
+        <v>6.55</v>
+      </c>
+      <c r="F433" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" s="0" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B434" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C434" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D434" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E434" s="2">
+        <v>2.85</v>
+      </c>
+      <c r="F434" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" s="0" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B435" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C435" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D435" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E435" s="2">
+        <v>2.11</v>
+      </c>
+      <c r="F435" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" s="0" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B436" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C436" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D436" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E436" s="2">
+        <v>2.42</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" s="0" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B437" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C437" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D437" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E437" s="2">
+        <v>0.94</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" s="0" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B438" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C438" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D438" s="0" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E438" s="2">
+        <v>11.91</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" s="0" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B439" s="0" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C439" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D439" s="0" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E439" s="2">
+        <v>616</v>
+      </c>
+      <c r="F439" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" s="0" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B440" s="0" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C440" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D440" s="0" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E440" s="2">
+        <v>3.77</v>
+      </c>
+      <c r="F440" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" s="0" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B441" s="0" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C441" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D441" s="0" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E441" s="2">
+        <v>170.14</v>
+      </c>
+      <c r="F441" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" s="0" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B442" s="0" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C442" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D442" s="0" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E442" s="2">
+        <v>1065.97</v>
+      </c>
+      <c r="F442" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" s="0" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B443" s="0" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C443" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D443" s="0" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E443" s="2">
+        <v>2.97</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" s="0" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B444" s="0" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C444" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D444" s="0" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E444" s="2">
+        <v>141.36</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="0" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B445" s="0" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C445" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D445" s="0" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E445" s="2">
+        <v>260.13</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="0" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B446" s="0" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C446" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D446" s="0" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E446" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="0" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B447" s="0" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C447" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D447" s="0" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E447" s="2">
+        <v>3364.99</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" s="0" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B448" s="0" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C448" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D448" s="0" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E448" s="2">
+        <v>223.07</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="0" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B449" s="0" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C449" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D449" s="0" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E449" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F449" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="0" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B450" s="0" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C450" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D450" s="0" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E450" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F450" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="0" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B451" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C451" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D451" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="E451" s="2">
+        <v>35.77</v>
+      </c>
+      <c r="F451" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="0" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B452" s="0" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C452" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D452" s="0" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E452" s="2">
+        <v>274.17</v>
+      </c>
+      <c r="F452" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="0" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B453" s="0" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C453" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D453" s="0" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E453" s="2">
+        <v>0.01</v>
+      </c>
+      <c r="F453" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" s="0" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B454" s="0" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C454" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D454" s="0" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E454" s="2">
+        <v>24.46</v>
+      </c>
+      <c r="F454" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="0" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B455" s="0" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C455" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D455" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E455" s="2">
+        <v>0.83</v>
+      </c>
+      <c r="F455" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="0" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B456" s="0" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C456" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D456" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E456" s="2">
+        <v>0.43</v>
+      </c>
+      <c r="F456" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="0" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B457" s="0" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C457" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D457" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E457" s="2">
+        <v>0.9</v>
+      </c>
+      <c r="F457" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="0" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B458" s="0" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C458" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D458" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E458" s="2">
+        <v>0.35</v>
+      </c>
+      <c r="F458" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="0" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B459" s="0" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C459" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D459" s="0" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E459" s="2">
+        <v>2629.53</v>
+      </c>
+      <c r="F459" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="0" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B460" s="0" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C460" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D460" s="0" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E460" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F460" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" s="0" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B461" s="0" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C461" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D461" s="0" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E461" s="2">
+        <v>574.54</v>
+      </c>
+      <c r="F461" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" s="0" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B462" s="0" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C462" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D462" s="0" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E462" s="2">
+        <v>2120.92</v>
+      </c>
+      <c r="F462" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" s="0" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B463" s="0" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C463" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D463" s="0" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E463" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F463" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" s="0" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B464" s="0" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C464" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D464" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E464" s="2">
+        <v>423.68</v>
+      </c>
+      <c r="F464" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" s="0" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B465" s="0" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C465" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D465" s="0" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E465" s="2">
+        <v>724.27</v>
+      </c>
+      <c r="F465" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" s="0" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B466" s="0" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C466" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D466" s="0" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E466" s="2">
+        <v>196.18</v>
+      </c>
+      <c r="F466" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" s="0" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B467" s="0" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C467" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D467" s="0" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E467" s="2">
+        <v>175.49</v>
+      </c>
+      <c r="F467" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" s="0" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B468" s="0" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C468" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D468" s="0" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E468" s="2">
+        <v>105.63</v>
+      </c>
+      <c r="F468" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" s="0" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B469" s="0" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C469" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D469" s="0" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E469" s="2">
+        <v>124.55</v>
+      </c>
+      <c r="F469" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" s="0" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B470" s="0" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C470" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D470" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E470" s="2">
+        <v>175.93</v>
+      </c>
+      <c r="F470" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" s="0" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B471" s="0" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C471" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D471" s="0" t="s">
+        <v>1248</v>
+      </c>
+      <c r="E471" s="2">
+        <v>826.49</v>
+      </c>
+      <c r="F471" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="0" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B472" s="0" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C472" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D472" s="0" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E472" s="2">
+        <v>113.18</v>
+      </c>
+      <c r="F472" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="0" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B473" s="0" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C473" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D473" s="0" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E473" s="2">
+        <v>468.2</v>
+      </c>
+      <c r="F473" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="0" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B474" s="0" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C474" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D474" s="0" t="s">
+        <v>1257</v>
+      </c>
+      <c r="E474" s="2">
+        <v>307.82</v>
+      </c>
+      <c r="F474" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" s="0" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B475" s="0" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C475" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D475" s="0" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E475" s="2">
+        <v>447.33</v>
+      </c>
+      <c r="F475" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="0" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B476" s="0" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C476" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D476" s="0" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E476" s="2">
+        <v>27.83</v>
+      </c>
+      <c r="F476" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="0" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B477" s="0" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C477" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D477" s="0" t="s">
+        <v>1266</v>
+      </c>
+      <c r="E477" s="2">
+        <v>1994.94</v>
+      </c>
+      <c r="F477" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="0" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B478" s="0" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C478" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D478" s="0" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E478" s="2">
+        <v>557.48</v>
+      </c>
+      <c r="F478" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="0" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B479" s="0" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C479" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D479" s="0" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E479" s="2">
+        <v>361.7</v>
+      </c>
+      <c r="F479" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="0" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B480" s="0" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C480" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D480" s="0" t="s">
+        <v>1275</v>
+      </c>
+      <c r="E480" s="2">
+        <v>27.51</v>
+      </c>
+      <c r="F480" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="0" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B481" s="0" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C481" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D481" s="0" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E481" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F481" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="0" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B482" s="0" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C482" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D482" s="0" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E482" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F482" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="0" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B483" s="0" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C483" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D483" s="0" t="s">
+        <v>1284</v>
+      </c>
+      <c r="E483" s="2">
+        <v>817</v>
+      </c>
+      <c r="F483" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="0" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B484" s="0" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C484" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D484" s="0" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E484" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F484" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="0" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B485" s="0" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C485" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D485" s="0" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E485" s="2">
+        <v>23177.34</v>
+      </c>
+      <c r="F485" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="0" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B486" s="0" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C486" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D486" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E486" s="2">
+        <v>166.61</v>
+      </c>
+      <c r="F486" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="0" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B487" s="0" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C487" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D487" s="0" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E487" s="2">
+        <v>259.93</v>
+      </c>
+      <c r="F487" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="0" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B488" s="0" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C488" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D488" s="0" t="s">
+        <v>1298</v>
+      </c>
+      <c r="E488" s="2">
+        <v>1153.93</v>
+      </c>
+      <c r="F488" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="0" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B489" s="0" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C489" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D489" s="0" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E489" s="2">
+        <v>167.09</v>
+      </c>
+      <c r="F489" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="0" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B490" s="0" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C490" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D490" s="0" t="s">
+        <v>1284</v>
+      </c>
+      <c r="E490" s="2">
+        <v>0.57</v>
+      </c>
+      <c r="F490" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="0" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B491" s="0" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C491" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D491" s="0" t="s">
+        <v>1306</v>
+      </c>
+      <c r="E491" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F491" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="0" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B492" s="0" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C492" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D492" s="0" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E492" s="2">
+        <v>656.72</v>
+      </c>
+      <c r="F492" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="0" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B493" s="0" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C493" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D493" s="0" t="s">
+        <v>1312</v>
+      </c>
+      <c r="E493" s="2">
+        <v>5.89</v>
+      </c>
+      <c r="F493" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="0" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B494" s="0" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C494" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D494" s="0" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E494" s="2">
+        <v>0.47</v>
+      </c>
+      <c r="F494" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="0" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B495" s="0" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C495" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D495" s="0" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E495" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F495" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="0" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B496" s="0" t="s">
+        <v>989</v>
+      </c>
+      <c r="C496" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D496" s="0" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E496" s="2">
+        <v>3422.99</v>
+      </c>
+      <c r="F496" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="0" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B497" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C497" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D497" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E497" s="2">
+        <v>13.36</v>
+      </c>
+      <c r="F497" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="0" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B498" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C498" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D498" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E498" s="2">
+        <v>54.05</v>
+      </c>
+      <c r="F498" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="0" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B499" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C499" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D499" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E499" s="2">
+        <v>13.36</v>
+      </c>
+      <c r="F499" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="0" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B500" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C500" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D500" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E500" s="2">
+        <v>189.77</v>
+      </c>
+      <c r="F500" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="0" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B501" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C501" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D501" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E501" s="2">
+        <v>240.89</v>
+      </c>
+      <c r="F501" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" s="0" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B502" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C502" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D502" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E502" s="2">
+        <v>292.3</v>
+      </c>
+      <c r="F502" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" s="0" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B503" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C503" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D503" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E503" s="2">
+        <v>409.92</v>
+      </c>
+      <c r="F503" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" s="0" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B504" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C504" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D504" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E504" s="2">
+        <v>46.28</v>
+      </c>
+      <c r="F504" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" s="0" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B505" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C505" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D505" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E505" s="2">
+        <v>107.58</v>
+      </c>
+      <c r="F505" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" s="0" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B506" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C506" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D506" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E506" s="2">
+        <v>13.36</v>
+      </c>
+      <c r="F506" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" s="0" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B507" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C507" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D507" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E507" s="2">
+        <v>13.36</v>
+      </c>
+      <c r="F507" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" s="0" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B508" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C508" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D508" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E508" s="2">
+        <v>13.36</v>
+      </c>
+      <c r="F508" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" s="0" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B509" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C509" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D509" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E509" s="2">
+        <v>143.37</v>
+      </c>
+      <c r="F509" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" s="0" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B510" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C510" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D510" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E510" s="2">
+        <v>26.04</v>
+      </c>
+      <c r="F510" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" s="0" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B511" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C511" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D511" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E511" s="2">
+        <v>15.41</v>
+      </c>
+      <c r="F511" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" s="0" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B512" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C512" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D512" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E512" s="2">
+        <v>13.36</v>
+      </c>
+      <c r="F512" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" s="0" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B513" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C513" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D513" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E513" s="2">
+        <v>13.36</v>
+      </c>
+      <c r="F513" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" s="0" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B514" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C514" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D514" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E514" s="2">
+        <v>760.9</v>
+      </c>
+      <c r="F514" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" s="0" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B515" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C515" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D515" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E515" s="2">
+        <v>553.38</v>
+      </c>
+      <c r="F515" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" s="0" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B516" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C516" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D516" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E516" s="2">
+        <v>517.5</v>
+      </c>
+      <c r="F516" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" s="0" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B517" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C517" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D517" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E517" s="2">
+        <v>1127.19</v>
+      </c>
+      <c r="F517" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" s="0" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B518" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C518" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D518" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E518" s="2">
+        <v>95.09</v>
+      </c>
+      <c r="F518" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" s="0" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B519" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C519" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D519" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E519" s="2">
+        <v>87.36</v>
+      </c>
+      <c r="F519" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" s="0" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B520" s="0" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C520" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D520" s="0" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E520" s="2">
+        <v>10.86</v>
+      </c>
+      <c r="F520" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" s="0" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B521" s="0" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C521" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D521" s="0" t="s">
+        <v>1350</v>
+      </c>
+      <c r="E521" s="2">
+        <v>53.01</v>
+      </c>
+      <c r="F521" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B522" s="0" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C522" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D522" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E522" s="2">
+        <v>1496.21</v>
+      </c>
+      <c r="F522" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" s="0" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B523" s="0" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C523" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D523" s="0" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E523" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F523" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" s="0" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B524" s="0" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C524" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D524" s="0" t="s">
+        <v>1359</v>
+      </c>
+      <c r="E524" s="2">
+        <v>0.23</v>
+      </c>
+      <c r="F524" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" s="0" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B525" s="0" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C525" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D525" s="0" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E525" s="2">
+        <v>6.41</v>
+      </c>
+      <c r="F525" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" s="0" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B526" s="0" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C526" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D526" s="0" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E526" s="2">
+        <v>1</v>
+      </c>
+      <c r="F526" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" s="0" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B527" s="0" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C527" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D527" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="E527" s="2">
+        <v>2635.1</v>
+      </c>
+      <c r="F527" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" s="0" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B528" s="0" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C528" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D528" s="0" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E528" s="2">
+        <v>31.22</v>
+      </c>
+      <c r="F528" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" s="0" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B529" s="0" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C529" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D529" s="0" t="s">
+        <v>1371</v>
+      </c>
+      <c r="E529" s="2">
+        <v>32.02</v>
+      </c>
+      <c r="F529" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" s="0" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B530" s="0" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C530" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D530" s="0" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E530" s="2">
+        <v>2300.78</v>
+      </c>
+      <c r="F530" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" s="0" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B531" s="0" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C531" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D531" s="0" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E531" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F531" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" s="0" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B532" s="0" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C532" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D532" s="0" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E532" s="2">
+        <v>3750.37</v>
+      </c>
+      <c r="F532" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" s="0" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B533" s="0" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C533" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D533" s="0" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E533" s="2">
+        <v>3459.23</v>
+      </c>
+      <c r="F533" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B534" s="0" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C534" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D534" s="0" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E534" s="2">
+        <v>966.94</v>
+      </c>
+      <c r="F534" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" s="0" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B535" s="0" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C535" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D535" s="0" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E535" s="2">
+        <v>2316.44</v>
+      </c>
+      <c r="F535" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" s="0" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B536" s="0" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C536" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D536" s="0" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E536" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F536" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" s="0" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B537" s="0" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C537" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D537" s="0" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E537" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F537" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" s="0" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B538" s="0" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C538" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D538" s="0" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E538" s="2">
+        <v>217.37</v>
+      </c>
+      <c r="F538" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" s="0" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B539" s="0" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C539" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D539" s="0" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E539" s="2">
+        <v>240.35</v>
+      </c>
+      <c r="F539" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" s="0" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B540" s="0" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C540" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D540" s="0" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E540" s="2">
+        <v>1200.03</v>
+      </c>
+      <c r="F540" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" s="0" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B541" s="0" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C541" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D541" s="0" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E541" s="2">
+        <v>78.43</v>
+      </c>
+      <c r="F541" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" s="0" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B542" s="0" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C542" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D542" s="0" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E542" s="2">
+        <v>721.9</v>
+      </c>
+      <c r="F542" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" s="0" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B543" s="0" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C543" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D543" s="0" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E543" s="2">
+        <v>1684.03</v>
+      </c>
+      <c r="F543" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" s="0" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B544" s="0" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C544" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D544" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E544" s="2">
+        <v>910.8</v>
+      </c>
+      <c r="F544" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" s="0" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B545" s="0" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C545" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D545" s="0" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E545" s="2">
+        <v>4252.34</v>
+      </c>
+      <c r="F545" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" s="0" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B546" s="0" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C546" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D546" s="0" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E546" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F546" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -7127,32 +15513,334 @@
     <hyperlink ref="F220" r:id="rId220"/>
     <hyperlink ref="F221" r:id="rId221"/>
     <hyperlink ref="F222" r:id="rId222"/>
     <hyperlink ref="F223" r:id="rId223"/>
     <hyperlink ref="F224" r:id="rId224"/>
     <hyperlink ref="F225" r:id="rId225"/>
     <hyperlink ref="F226" r:id="rId226"/>
     <hyperlink ref="F227" r:id="rId227"/>
     <hyperlink ref="F228" r:id="rId228"/>
     <hyperlink ref="F229" r:id="rId229"/>
     <hyperlink ref="F230" r:id="rId230"/>
     <hyperlink ref="F231" r:id="rId231"/>
     <hyperlink ref="F232" r:id="rId232"/>
     <hyperlink ref="F233" r:id="rId233"/>
     <hyperlink ref="F234" r:id="rId234"/>
     <hyperlink ref="F235" r:id="rId235"/>
     <hyperlink ref="F236" r:id="rId236"/>
     <hyperlink ref="F237" r:id="rId237"/>
     <hyperlink ref="F238" r:id="rId238"/>
     <hyperlink ref="F239" r:id="rId239"/>
     <hyperlink ref="F240" r:id="rId240"/>
     <hyperlink ref="F241" r:id="rId241"/>
     <hyperlink ref="F242" r:id="rId242"/>
     <hyperlink ref="F243" r:id="rId243"/>
     <hyperlink ref="F244" r:id="rId244"/>
+    <hyperlink ref="F245" r:id="rId245"/>
+    <hyperlink ref="F246" r:id="rId246"/>
+    <hyperlink ref="F247" r:id="rId247"/>
+    <hyperlink ref="F248" r:id="rId248"/>
+    <hyperlink ref="F249" r:id="rId249"/>
+    <hyperlink ref="F250" r:id="rId250"/>
+    <hyperlink ref="F251" r:id="rId251"/>
+    <hyperlink ref="F252" r:id="rId252"/>
+    <hyperlink ref="F253" r:id="rId253"/>
+    <hyperlink ref="F254" r:id="rId254"/>
+    <hyperlink ref="F255" r:id="rId255"/>
+    <hyperlink ref="F256" r:id="rId256"/>
+    <hyperlink ref="F257" r:id="rId257"/>
+    <hyperlink ref="F258" r:id="rId258"/>
+    <hyperlink ref="F259" r:id="rId259"/>
+    <hyperlink ref="F260" r:id="rId260"/>
+    <hyperlink ref="F261" r:id="rId261"/>
+    <hyperlink ref="F262" r:id="rId262"/>
+    <hyperlink ref="F263" r:id="rId263"/>
+    <hyperlink ref="F264" r:id="rId264"/>
+    <hyperlink ref="F265" r:id="rId265"/>
+    <hyperlink ref="F266" r:id="rId266"/>
+    <hyperlink ref="F267" r:id="rId267"/>
+    <hyperlink ref="F268" r:id="rId268"/>
+    <hyperlink ref="F269" r:id="rId269"/>
+    <hyperlink ref="F270" r:id="rId270"/>
+    <hyperlink ref="F271" r:id="rId271"/>
+    <hyperlink ref="F272" r:id="rId272"/>
+    <hyperlink ref="F273" r:id="rId273"/>
+    <hyperlink ref="F274" r:id="rId274"/>
+    <hyperlink ref="F275" r:id="rId275"/>
+    <hyperlink ref="F276" r:id="rId276"/>
+    <hyperlink ref="F277" r:id="rId277"/>
+    <hyperlink ref="F278" r:id="rId278"/>
+    <hyperlink ref="F279" r:id="rId279"/>
+    <hyperlink ref="F280" r:id="rId280"/>
+    <hyperlink ref="F281" r:id="rId281"/>
+    <hyperlink ref="F282" r:id="rId282"/>
+    <hyperlink ref="F283" r:id="rId283"/>
+    <hyperlink ref="F284" r:id="rId284"/>
+    <hyperlink ref="F285" r:id="rId285"/>
+    <hyperlink ref="F286" r:id="rId286"/>
+    <hyperlink ref="F287" r:id="rId287"/>
+    <hyperlink ref="F288" r:id="rId288"/>
+    <hyperlink ref="F289" r:id="rId289"/>
+    <hyperlink ref="F290" r:id="rId290"/>
+    <hyperlink ref="F291" r:id="rId291"/>
+    <hyperlink ref="F292" r:id="rId292"/>
+    <hyperlink ref="F293" r:id="rId293"/>
+    <hyperlink ref="F294" r:id="rId294"/>
+    <hyperlink ref="F295" r:id="rId295"/>
+    <hyperlink ref="F296" r:id="rId296"/>
+    <hyperlink ref="F297" r:id="rId297"/>
+    <hyperlink ref="F298" r:id="rId298"/>
+    <hyperlink ref="F299" r:id="rId299"/>
+    <hyperlink ref="F300" r:id="rId300"/>
+    <hyperlink ref="F301" r:id="rId301"/>
+    <hyperlink ref="F302" r:id="rId302"/>
+    <hyperlink ref="F303" r:id="rId303"/>
+    <hyperlink ref="F304" r:id="rId304"/>
+    <hyperlink ref="F305" r:id="rId305"/>
+    <hyperlink ref="F306" r:id="rId306"/>
+    <hyperlink ref="F307" r:id="rId307"/>
+    <hyperlink ref="F308" r:id="rId308"/>
+    <hyperlink ref="F309" r:id="rId309"/>
+    <hyperlink ref="F310" r:id="rId310"/>
+    <hyperlink ref="F311" r:id="rId311"/>
+    <hyperlink ref="F312" r:id="rId312"/>
+    <hyperlink ref="F313" r:id="rId313"/>
+    <hyperlink ref="F314" r:id="rId314"/>
+    <hyperlink ref="F315" r:id="rId315"/>
+    <hyperlink ref="F316" r:id="rId316"/>
+    <hyperlink ref="F317" r:id="rId317"/>
+    <hyperlink ref="F318" r:id="rId318"/>
+    <hyperlink ref="F319" r:id="rId319"/>
+    <hyperlink ref="F320" r:id="rId320"/>
+    <hyperlink ref="F321" r:id="rId321"/>
+    <hyperlink ref="F322" r:id="rId322"/>
+    <hyperlink ref="F323" r:id="rId323"/>
+    <hyperlink ref="F324" r:id="rId324"/>
+    <hyperlink ref="F325" r:id="rId325"/>
+    <hyperlink ref="F326" r:id="rId326"/>
+    <hyperlink ref="F327" r:id="rId327"/>
+    <hyperlink ref="F328" r:id="rId328"/>
+    <hyperlink ref="F329" r:id="rId329"/>
+    <hyperlink ref="F330" r:id="rId330"/>
+    <hyperlink ref="F331" r:id="rId331"/>
+    <hyperlink ref="F332" r:id="rId332"/>
+    <hyperlink ref="F333" r:id="rId333"/>
+    <hyperlink ref="F334" r:id="rId334"/>
+    <hyperlink ref="F335" r:id="rId335"/>
+    <hyperlink ref="F336" r:id="rId336"/>
+    <hyperlink ref="F337" r:id="rId337"/>
+    <hyperlink ref="F338" r:id="rId338"/>
+    <hyperlink ref="F339" r:id="rId339"/>
+    <hyperlink ref="F340" r:id="rId340"/>
+    <hyperlink ref="F341" r:id="rId341"/>
+    <hyperlink ref="F342" r:id="rId342"/>
+    <hyperlink ref="F343" r:id="rId343"/>
+    <hyperlink ref="F344" r:id="rId344"/>
+    <hyperlink ref="F345" r:id="rId345"/>
+    <hyperlink ref="F346" r:id="rId346"/>
+    <hyperlink ref="F347" r:id="rId347"/>
+    <hyperlink ref="F348" r:id="rId348"/>
+    <hyperlink ref="F349" r:id="rId349"/>
+    <hyperlink ref="F350" r:id="rId350"/>
+    <hyperlink ref="F351" r:id="rId351"/>
+    <hyperlink ref="F352" r:id="rId352"/>
+    <hyperlink ref="F353" r:id="rId353"/>
+    <hyperlink ref="F354" r:id="rId354"/>
+    <hyperlink ref="F355" r:id="rId355"/>
+    <hyperlink ref="F356" r:id="rId356"/>
+    <hyperlink ref="F357" r:id="rId357"/>
+    <hyperlink ref="F358" r:id="rId358"/>
+    <hyperlink ref="F359" r:id="rId359"/>
+    <hyperlink ref="F360" r:id="rId360"/>
+    <hyperlink ref="F361" r:id="rId361"/>
+    <hyperlink ref="F362" r:id="rId362"/>
+    <hyperlink ref="F363" r:id="rId363"/>
+    <hyperlink ref="F364" r:id="rId364"/>
+    <hyperlink ref="F365" r:id="rId365"/>
+    <hyperlink ref="F366" r:id="rId366"/>
+    <hyperlink ref="F367" r:id="rId367"/>
+    <hyperlink ref="F368" r:id="rId368"/>
+    <hyperlink ref="F369" r:id="rId369"/>
+    <hyperlink ref="F370" r:id="rId370"/>
+    <hyperlink ref="F371" r:id="rId371"/>
+    <hyperlink ref="F372" r:id="rId372"/>
+    <hyperlink ref="F373" r:id="rId373"/>
+    <hyperlink ref="F374" r:id="rId374"/>
+    <hyperlink ref="F375" r:id="rId375"/>
+    <hyperlink ref="F376" r:id="rId376"/>
+    <hyperlink ref="F377" r:id="rId377"/>
+    <hyperlink ref="F378" r:id="rId378"/>
+    <hyperlink ref="F379" r:id="rId379"/>
+    <hyperlink ref="F380" r:id="rId380"/>
+    <hyperlink ref="F381" r:id="rId381"/>
+    <hyperlink ref="F382" r:id="rId382"/>
+    <hyperlink ref="F383" r:id="rId383"/>
+    <hyperlink ref="F384" r:id="rId384"/>
+    <hyperlink ref="F385" r:id="rId385"/>
+    <hyperlink ref="F386" r:id="rId386"/>
+    <hyperlink ref="F387" r:id="rId387"/>
+    <hyperlink ref="F388" r:id="rId388"/>
+    <hyperlink ref="F389" r:id="rId389"/>
+    <hyperlink ref="F390" r:id="rId390"/>
+    <hyperlink ref="F391" r:id="rId391"/>
+    <hyperlink ref="F392" r:id="rId392"/>
+    <hyperlink ref="F393" r:id="rId393"/>
+    <hyperlink ref="F394" r:id="rId394"/>
+    <hyperlink ref="F395" r:id="rId395"/>
+    <hyperlink ref="F396" r:id="rId396"/>
+    <hyperlink ref="F397" r:id="rId397"/>
+    <hyperlink ref="F398" r:id="rId398"/>
+    <hyperlink ref="F399" r:id="rId399"/>
+    <hyperlink ref="F400" r:id="rId400"/>
+    <hyperlink ref="F401" r:id="rId401"/>
+    <hyperlink ref="F402" r:id="rId402"/>
+    <hyperlink ref="F403" r:id="rId403"/>
+    <hyperlink ref="F404" r:id="rId404"/>
+    <hyperlink ref="F405" r:id="rId405"/>
+    <hyperlink ref="F406" r:id="rId406"/>
+    <hyperlink ref="F407" r:id="rId407"/>
+    <hyperlink ref="F408" r:id="rId408"/>
+    <hyperlink ref="F409" r:id="rId409"/>
+    <hyperlink ref="F410" r:id="rId410"/>
+    <hyperlink ref="F411" r:id="rId411"/>
+    <hyperlink ref="F412" r:id="rId412"/>
+    <hyperlink ref="F413" r:id="rId413"/>
+    <hyperlink ref="F414" r:id="rId414"/>
+    <hyperlink ref="F415" r:id="rId415"/>
+    <hyperlink ref="F416" r:id="rId416"/>
+    <hyperlink ref="F417" r:id="rId417"/>
+    <hyperlink ref="F418" r:id="rId418"/>
+    <hyperlink ref="F419" r:id="rId419"/>
+    <hyperlink ref="F420" r:id="rId420"/>
+    <hyperlink ref="F421" r:id="rId421"/>
+    <hyperlink ref="F422" r:id="rId422"/>
+    <hyperlink ref="F423" r:id="rId423"/>
+    <hyperlink ref="F424" r:id="rId424"/>
+    <hyperlink ref="F425" r:id="rId425"/>
+    <hyperlink ref="F426" r:id="rId426"/>
+    <hyperlink ref="F427" r:id="rId427"/>
+    <hyperlink ref="F428" r:id="rId428"/>
+    <hyperlink ref="F429" r:id="rId429"/>
+    <hyperlink ref="F430" r:id="rId430"/>
+    <hyperlink ref="F431" r:id="rId431"/>
+    <hyperlink ref="F432" r:id="rId432"/>
+    <hyperlink ref="F433" r:id="rId433"/>
+    <hyperlink ref="F434" r:id="rId434"/>
+    <hyperlink ref="F435" r:id="rId435"/>
+    <hyperlink ref="F436" r:id="rId436"/>
+    <hyperlink ref="F437" r:id="rId437"/>
+    <hyperlink ref="F438" r:id="rId438"/>
+    <hyperlink ref="F439" r:id="rId439"/>
+    <hyperlink ref="F440" r:id="rId440"/>
+    <hyperlink ref="F441" r:id="rId441"/>
+    <hyperlink ref="F442" r:id="rId442"/>
+    <hyperlink ref="F443" r:id="rId443"/>
+    <hyperlink ref="F444" r:id="rId444"/>
+    <hyperlink ref="F445" r:id="rId445"/>
+    <hyperlink ref="F446" r:id="rId446"/>
+    <hyperlink ref="F447" r:id="rId447"/>
+    <hyperlink ref="F448" r:id="rId448"/>
+    <hyperlink ref="F449" r:id="rId449"/>
+    <hyperlink ref="F450" r:id="rId450"/>
+    <hyperlink ref="F451" r:id="rId451"/>
+    <hyperlink ref="F452" r:id="rId452"/>
+    <hyperlink ref="F453" r:id="rId453"/>
+    <hyperlink ref="F454" r:id="rId454"/>
+    <hyperlink ref="F455" r:id="rId455"/>
+    <hyperlink ref="F456" r:id="rId456"/>
+    <hyperlink ref="F457" r:id="rId457"/>
+    <hyperlink ref="F458" r:id="rId458"/>
+    <hyperlink ref="F459" r:id="rId459"/>
+    <hyperlink ref="F460" r:id="rId460"/>
+    <hyperlink ref="F461" r:id="rId461"/>
+    <hyperlink ref="F462" r:id="rId462"/>
+    <hyperlink ref="F463" r:id="rId463"/>
+    <hyperlink ref="F464" r:id="rId464"/>
+    <hyperlink ref="F465" r:id="rId465"/>
+    <hyperlink ref="F466" r:id="rId466"/>
+    <hyperlink ref="F467" r:id="rId467"/>
+    <hyperlink ref="F468" r:id="rId468"/>
+    <hyperlink ref="F469" r:id="rId469"/>
+    <hyperlink ref="F470" r:id="rId470"/>
+    <hyperlink ref="F471" r:id="rId471"/>
+    <hyperlink ref="F472" r:id="rId472"/>
+    <hyperlink ref="F473" r:id="rId473"/>
+    <hyperlink ref="F474" r:id="rId474"/>
+    <hyperlink ref="F475" r:id="rId475"/>
+    <hyperlink ref="F476" r:id="rId476"/>
+    <hyperlink ref="F477" r:id="rId477"/>
+    <hyperlink ref="F478" r:id="rId478"/>
+    <hyperlink ref="F479" r:id="rId479"/>
+    <hyperlink ref="F480" r:id="rId480"/>
+    <hyperlink ref="F481" r:id="rId481"/>
+    <hyperlink ref="F482" r:id="rId482"/>
+    <hyperlink ref="F483" r:id="rId483"/>
+    <hyperlink ref="F484" r:id="rId484"/>
+    <hyperlink ref="F485" r:id="rId485"/>
+    <hyperlink ref="F486" r:id="rId486"/>
+    <hyperlink ref="F487" r:id="rId487"/>
+    <hyperlink ref="F488" r:id="rId488"/>
+    <hyperlink ref="F489" r:id="rId489"/>
+    <hyperlink ref="F490" r:id="rId490"/>
+    <hyperlink ref="F491" r:id="rId491"/>
+    <hyperlink ref="F492" r:id="rId492"/>
+    <hyperlink ref="F493" r:id="rId493"/>
+    <hyperlink ref="F494" r:id="rId494"/>
+    <hyperlink ref="F495" r:id="rId495"/>
+    <hyperlink ref="F496" r:id="rId496"/>
+    <hyperlink ref="F497" r:id="rId497"/>
+    <hyperlink ref="F498" r:id="rId498"/>
+    <hyperlink ref="F499" r:id="rId499"/>
+    <hyperlink ref="F500" r:id="rId500"/>
+    <hyperlink ref="F501" r:id="rId501"/>
+    <hyperlink ref="F502" r:id="rId502"/>
+    <hyperlink ref="F503" r:id="rId503"/>
+    <hyperlink ref="F504" r:id="rId504"/>
+    <hyperlink ref="F505" r:id="rId505"/>
+    <hyperlink ref="F506" r:id="rId506"/>
+    <hyperlink ref="F507" r:id="rId507"/>
+    <hyperlink ref="F508" r:id="rId508"/>
+    <hyperlink ref="F509" r:id="rId509"/>
+    <hyperlink ref="F510" r:id="rId510"/>
+    <hyperlink ref="F511" r:id="rId511"/>
+    <hyperlink ref="F512" r:id="rId512"/>
+    <hyperlink ref="F513" r:id="rId513"/>
+    <hyperlink ref="F514" r:id="rId514"/>
+    <hyperlink ref="F515" r:id="rId515"/>
+    <hyperlink ref="F516" r:id="rId516"/>
+    <hyperlink ref="F517" r:id="rId517"/>
+    <hyperlink ref="F518" r:id="rId518"/>
+    <hyperlink ref="F519" r:id="rId519"/>
+    <hyperlink ref="F520" r:id="rId520"/>
+    <hyperlink ref="F521" r:id="rId521"/>
+    <hyperlink ref="F522" r:id="rId522"/>
+    <hyperlink ref="F523" r:id="rId523"/>
+    <hyperlink ref="F524" r:id="rId524"/>
+    <hyperlink ref="F525" r:id="rId525"/>
+    <hyperlink ref="F526" r:id="rId526"/>
+    <hyperlink ref="F527" r:id="rId527"/>
+    <hyperlink ref="F528" r:id="rId528"/>
+    <hyperlink ref="F529" r:id="rId529"/>
+    <hyperlink ref="F530" r:id="rId530"/>
+    <hyperlink ref="F531" r:id="rId531"/>
+    <hyperlink ref="F532" r:id="rId532"/>
+    <hyperlink ref="F533" r:id="rId533"/>
+    <hyperlink ref="F534" r:id="rId534"/>
+    <hyperlink ref="F535" r:id="rId535"/>
+    <hyperlink ref="F536" r:id="rId536"/>
+    <hyperlink ref="F537" r:id="rId537"/>
+    <hyperlink ref="F538" r:id="rId538"/>
+    <hyperlink ref="F539" r:id="rId539"/>
+    <hyperlink ref="F540" r:id="rId540"/>
+    <hyperlink ref="F541" r:id="rId541"/>
+    <hyperlink ref="F542" r:id="rId542"/>
+    <hyperlink ref="F543" r:id="rId543"/>
+    <hyperlink ref="F544" r:id="rId544"/>
+    <hyperlink ref="F545" r:id="rId545"/>
+    <hyperlink ref="F546" r:id="rId546"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>