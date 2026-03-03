--- v0 (2025-11-03)
+++ v1 (2026-03-03)
@@ -5,524 +5,1541 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="500" uniqueCount="500">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>10-00177-000</t>
-[...2 lines deleted...]
-    <t>WINFIELD ROOTS, LLC</t>
+    <t>10-00056-000</t>
+  </si>
+  <si>
+    <t>RICE AND SUSAN J ETAL</t>
   </si>
   <si>
     <t>DOVER CITY SD</t>
   </si>
   <si>
-    <t>5261 NW SCHNEIDERS CROSSING RD</t>
+    <t>4522 NW STATE ROUTE 516</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>10-00215-000</t>
-[...5 lines deleted...]
-    <t>5346 NW STATE ROUTE 516</t>
+    <t>10-00336-000</t>
+  </si>
+  <si>
+    <t>ABEL KELLY</t>
+  </si>
+  <si>
+    <t>4657 NE STATE ROUTE 800</t>
+  </si>
+  <si>
+    <t>10-00352-000</t>
+  </si>
+  <si>
+    <t>YOUNG RYAN J &amp; JESSICA L</t>
+  </si>
+  <si>
+    <t>3583 NW SWONGER RD</t>
+  </si>
+  <si>
+    <t>10-00427-000</t>
+  </si>
+  <si>
+    <t>MARKER DAVID SR &amp; SUMMER LITTLEDAVE-MARKER</t>
+  </si>
+  <si>
+    <t>3943 NE DOVER ZOAR RD</t>
+  </si>
+  <si>
+    <t>10-00443-000</t>
+  </si>
+  <si>
+    <t>MILLER RANDY D &amp; HEATHER M</t>
+  </si>
+  <si>
+    <t>6491 NW COLUMBIA RD</t>
   </si>
   <si>
     <t>10-00474-001</t>
   </si>
   <si>
     <t>MISHLER ALTA E</t>
   </si>
   <si>
     <t>STATE ROUTE 39</t>
   </si>
   <si>
+    <t>10-00623-000</t>
+  </si>
+  <si>
+    <t>LEWIS JUSTIN R</t>
+  </si>
+  <si>
+    <t>4022 NW STATE ROUTE 516</t>
+  </si>
+  <si>
+    <t>10-00677-000</t>
+  </si>
+  <si>
+    <t>WEBER JOHN &amp; ROBIN ADAMS-WEBER</t>
+  </si>
+  <si>
+    <t>4351 NE BLACKSNAKE HILL RD</t>
+  </si>
+  <si>
+    <t>10-00687-034</t>
+  </si>
+  <si>
+    <t>BRAVO DANIEL A</t>
+  </si>
+  <si>
+    <t>KIMBERLY DR</t>
+  </si>
+  <si>
+    <t>10-00763-000</t>
+  </si>
+  <si>
+    <t>LANG GREENHOUSE LLC</t>
+  </si>
+  <si>
+    <t>3175 NW STATE ROUTE 39</t>
+  </si>
+  <si>
+    <t>10-00764-000</t>
+  </si>
+  <si>
+    <t>3143 NW STATE ROUTE 39</t>
+  </si>
+  <si>
+    <t>10-00818-000</t>
+  </si>
+  <si>
+    <t>SMITH JOSEPH E &amp; AMANDA J</t>
+  </si>
+  <si>
+    <t>5384 NW STATE ROUTE 516</t>
+  </si>
+  <si>
+    <t>10-00822-006</t>
+  </si>
+  <si>
+    <t>NISLEY AARON</t>
+  </si>
+  <si>
+    <t>2879 NW CIRCLEVIEW DR</t>
+  </si>
+  <si>
+    <t>10-00840-000</t>
+  </si>
+  <si>
+    <t>MILLER BROTHERS CONCRETE LTD</t>
+  </si>
+  <si>
+    <t>2183 NW GORDON RD</t>
+  </si>
+  <si>
+    <t>10-00896-000</t>
+  </si>
+  <si>
+    <t>MCNUTT STEVEN B</t>
+  </si>
+  <si>
+    <t>2165 NW GORDON RD</t>
+  </si>
+  <si>
+    <t>10-00898-000</t>
+  </si>
+  <si>
+    <t>RENNER CHRISTOPHER JOHN</t>
+  </si>
+  <si>
+    <t>3272 NW CIRCLEVIEW DR</t>
+  </si>
+  <si>
+    <t>10-00929-000</t>
+  </si>
+  <si>
+    <t>GIBSON ROXANNE &amp; MICHAEL</t>
+  </si>
+  <si>
+    <t>1832 NW SALTWELL RD</t>
+  </si>
+  <si>
+    <t>10-00979-000</t>
+  </si>
+  <si>
+    <t>WHERE THE WIND BLOWS, LLC</t>
+  </si>
+  <si>
+    <t>927 NW SCHNEIDERS CROSSING RD</t>
+  </si>
+  <si>
+    <t>10-01002-000</t>
+  </si>
+  <si>
+    <t>CRAVENS TANNER M</t>
+  </si>
+  <si>
+    <t>4605 NW MURRAY RD</t>
+  </si>
+  <si>
+    <t>10-01033-000</t>
+  </si>
+  <si>
+    <t>OLINGER FREDERICK J</t>
+  </si>
+  <si>
+    <t>1556 NW STATE ROUTE 39</t>
+  </si>
+  <si>
+    <t>10-01041-000</t>
+  </si>
+  <si>
+    <t>PADGETT WILLIAM O</t>
+  </si>
+  <si>
+    <t>1837 NW HORNS LN</t>
+  </si>
+  <si>
+    <t>10-01071-000</t>
+  </si>
+  <si>
+    <t>HILLYER JUSTIN &amp; AALIYAH ANDREOTTI</t>
+  </si>
+  <si>
+    <t>2984 NE SEIKEL DR</t>
+  </si>
+  <si>
     <t>10-01089-018</t>
   </si>
   <si>
     <t>GARREN KURT C ETAL</t>
   </si>
   <si>
     <t>WOOD HAVEN DR</t>
   </si>
   <si>
     <t>10-01139-000</t>
   </si>
   <si>
     <t>REESE TRUCKING INC</t>
   </si>
   <si>
     <t>3148 NW REESE RD</t>
   </si>
   <si>
+    <t>10-01180-002</t>
+  </si>
+  <si>
+    <t>KUEMERLE JASON L &amp; AMBER C</t>
+  </si>
+  <si>
+    <t>4064 NW BROAD RUN DAIRY RD</t>
+  </si>
+  <si>
+    <t>10-01180-003</t>
+  </si>
+  <si>
+    <t>NW BROAD RUN DAIRY RD</t>
+  </si>
+  <si>
     <t>10-01212-000</t>
   </si>
   <si>
     <t>3148 N REESE RD</t>
   </si>
   <si>
+    <t>10-01255-002</t>
+  </si>
+  <si>
+    <t>HAUENSTEIN JEFFERY &amp; ALICIA</t>
+  </si>
+  <si>
+    <t>2410 NW GORDON RD</t>
+  </si>
+  <si>
     <t>10-01295-000</t>
   </si>
   <si>
     <t>DAY MICHELE M</t>
   </si>
   <si>
     <t>CHESTNUT ST</t>
   </si>
   <si>
-    <t>10-01356-000</t>
-[...2 lines deleted...]
-    <t>5332 NW STATE ROUTE 516</t>
+    <t>10-01321-002</t>
+  </si>
+  <si>
+    <t>GUMP VIRGINIA A</t>
+  </si>
+  <si>
+    <t>3197 NW RED HILL RD</t>
   </si>
   <si>
     <t>10-01387-000</t>
   </si>
   <si>
     <t>SWIHART KENNETH &amp; GLADYS</t>
   </si>
   <si>
     <t>NW STATE ROUTE 39</t>
   </si>
   <si>
+    <t>10-01401-000</t>
+  </si>
+  <si>
+    <t>LEGG JENAE M</t>
+  </si>
+  <si>
+    <t>2629 NW RED HILL RD</t>
+  </si>
+  <si>
+    <t>10-01412-000</t>
+  </si>
+  <si>
+    <t>MILLS JEREMY R</t>
+  </si>
+  <si>
+    <t>6385 NW COLUMBIA RD</t>
+  </si>
+  <si>
+    <t>10-01580-000</t>
+  </si>
+  <si>
+    <t>HEASTON CATHERINE D &amp; JAMES E</t>
+  </si>
+  <si>
+    <t>2394 NW LOWDEN ST</t>
+  </si>
+  <si>
+    <t>10-01581-000</t>
+  </si>
+  <si>
+    <t>MARLATT MICHAEL J</t>
+  </si>
+  <si>
+    <t>2885 NW STATE ROUTE 516</t>
+  </si>
+  <si>
+    <t>10-01602-000</t>
+  </si>
+  <si>
+    <t>MARINO JOSEPHINE A</t>
+  </si>
+  <si>
+    <t>3725 NW SWONGER RD</t>
+  </si>
+  <si>
+    <t>10-01607-000</t>
+  </si>
+  <si>
+    <t>SHOMO JEREMY T &amp; THERESA L</t>
+  </si>
+  <si>
+    <t>3381 NW STATE ROUTE 516</t>
+  </si>
+  <si>
+    <t>10-01622-000</t>
+  </si>
+  <si>
+    <t>ZEIGLER GUY H &amp; MARIE E ZEIGLER</t>
+  </si>
+  <si>
+    <t>1107 NE FROMAN HILL RD</t>
+  </si>
+  <si>
+    <t>10-01623-000</t>
+  </si>
+  <si>
+    <t>BRANDT JOSHUA A &amp; JILL E</t>
+  </si>
+  <si>
+    <t>5760 NE DOVER ZOAR RD</t>
+  </si>
+  <si>
+    <t>10-01891-000</t>
+  </si>
+  <si>
+    <t>1430 ENTERPRISES, LLC</t>
+  </si>
+  <si>
+    <t>321 W 21ST ST</t>
+  </si>
+  <si>
+    <t>10-01954-000</t>
+  </si>
+  <si>
+    <t>NEWTON THOMAS L</t>
+  </si>
+  <si>
+    <t>1166 NW SCHNEIDERS CROSSING RD</t>
+  </si>
+  <si>
+    <t>10-01954-016</t>
+  </si>
+  <si>
+    <t>1168 NW SCHNEIDERS CROSSING RD</t>
+  </si>
+  <si>
+    <t>1001970</t>
+  </si>
+  <si>
+    <t>DAVIDSON KELLY J</t>
+  </si>
+  <si>
+    <t>4657 NE STATE ROUTE 800 RD</t>
+  </si>
+  <si>
     <t>10-02098-000</t>
   </si>
   <si>
     <t>JENNINGS GLENN F &amp; MECHELLA A GROSS</t>
   </si>
   <si>
     <t>2481 NW SHORT DR</t>
   </si>
   <si>
+    <t>10-02111-000</t>
+  </si>
+  <si>
+    <t>MULDOVAN TIMOTHY &amp; KATHY J</t>
+  </si>
+  <si>
+    <t>2302 NW RED HILL RD</t>
+  </si>
+  <si>
+    <t>10-02123-003</t>
+  </si>
+  <si>
+    <t>ROHR KEVIN</t>
+  </si>
+  <si>
+    <t>NW SCHNEIDERS CRS RD</t>
+  </si>
+  <si>
+    <t>10-02123-008</t>
+  </si>
+  <si>
+    <t>COSTA SAMUEL &amp; ELAINEE</t>
+  </si>
+  <si>
+    <t>169 NW SCHNEIDERS CROSSING RD</t>
+  </si>
+  <si>
+    <t>10-02225-000</t>
+  </si>
+  <si>
+    <t>SMITH KENNETH L &amp; KATHLEEN A</t>
+  </si>
+  <si>
+    <t>SALTWELL RD</t>
+  </si>
+  <si>
+    <t>10-02238-000</t>
+  </si>
+  <si>
+    <t>REICHMAN PEGGY SUE</t>
+  </si>
+  <si>
+    <t>6575 NW COLUMBIA RD</t>
+  </si>
+  <si>
+    <t>10-02296-005</t>
+  </si>
+  <si>
+    <t>NW WOODLAWN DR</t>
+  </si>
+  <si>
+    <t>10-02296-006</t>
+  </si>
+  <si>
+    <t>WOODLAWN DR</t>
+  </si>
+  <si>
+    <t>10-02326-056</t>
+  </si>
+  <si>
+    <t>RIK PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3198 NW SCHNEIDERS CROSSING RD  L</t>
+  </si>
+  <si>
     <t>10-02331-001</t>
   </si>
   <si>
     <t>ROSE ROGER M &amp; DEBRA L ROSE</t>
   </si>
   <si>
     <t>10-02499-000</t>
   </si>
   <si>
     <t>MATHIAS DONALD G &amp; LUCILLE V</t>
   </si>
   <si>
     <t>STATE ROUTE 800</t>
   </si>
   <si>
-    <t>10-02541-000</t>
-[...5 lines deleted...]
-    <t>1496 NW SCHNEIDERS CROSSING RD</t>
+    <t>10-02505-001</t>
+  </si>
+  <si>
+    <t>RIDGWAY KAY</t>
+  </si>
+  <si>
+    <t>4088 NE DOVER ZOAR RD</t>
+  </si>
+  <si>
+    <t>10-02514-002</t>
+  </si>
+  <si>
+    <t>STONECORE HOLDINGS, LLC</t>
+  </si>
+  <si>
+    <t>5066 NW STATE ROUTE 516</t>
+  </si>
+  <si>
+    <t>10-02514-003</t>
+  </si>
+  <si>
+    <t>5062 NW STATE ROUTE 516</t>
+  </si>
+  <si>
+    <t>10-02514-004</t>
+  </si>
+  <si>
+    <t>STONECORE HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t>5064 NW STATE ROUTE 516</t>
+  </si>
+  <si>
+    <t>10-02540-008</t>
+  </si>
+  <si>
+    <t>PITTMAN RICHELE Y</t>
+  </si>
+  <si>
+    <t>1246 NW A SCHNEIDERS CROSSING RD</t>
+  </si>
+  <si>
+    <t>10-02558-000</t>
+  </si>
+  <si>
+    <t>MILLER JEFFREY R &amp; AMANDA S</t>
+  </si>
+  <si>
+    <t>5145 NW STATE ROUTE 516</t>
   </si>
   <si>
     <t>10-02773-000</t>
   </si>
   <si>
     <t>BLOUGH MACK</t>
   </si>
   <si>
+    <t>10-02849-003</t>
+  </si>
+  <si>
+    <t>CHRISTMAS JASON T &amp; CANDIDA D</t>
+  </si>
+  <si>
+    <t>4210 NE BLACKSNAKE HILL RD</t>
+  </si>
+  <si>
+    <t>10-02865-002</t>
+  </si>
+  <si>
+    <t>MCWILLIAMS JAMES</t>
+  </si>
+  <si>
+    <t>6747 NW FRENCH HILL RD</t>
+  </si>
+  <si>
+    <t>10-02906-000</t>
+  </si>
+  <si>
+    <t>NATTRESS CLIFTON R</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>10-02907-000</t>
+  </si>
+  <si>
+    <t>RILEY CHRISTY L ETAL</t>
+  </si>
+  <si>
+    <t>4308 NW SWONGER RD</t>
+  </si>
+  <si>
+    <t>10-02909-006</t>
+  </si>
+  <si>
+    <t>IONNO GIOVANNI &amp; STACY</t>
+  </si>
+  <si>
+    <t>4170 DOVER ZOAR RD</t>
+  </si>
+  <si>
     <t>10-03016-000</t>
   </si>
   <si>
     <t>OWENS DIANA M</t>
   </si>
   <si>
     <t>NW DEIS HILL RD</t>
   </si>
   <si>
     <t>10-03016-001</t>
   </si>
   <si>
     <t>5379 NW DEIS HILL RD</t>
   </si>
   <si>
+    <t>10-03020-001</t>
+  </si>
+  <si>
+    <t>BOWMAN ALEXANDER JONATHAN</t>
+  </si>
+  <si>
+    <t>1428 NW LAKE RD</t>
+  </si>
+  <si>
+    <t>10-03094-002</t>
+  </si>
+  <si>
+    <t>WENDLING KATHY &amp; ANTHONY NICHOLSON ETAL</t>
+  </si>
+  <si>
+    <t>3245 NW ERVIN RD</t>
+  </si>
+  <si>
+    <t>10-03176-001</t>
+  </si>
+  <si>
+    <t>EDWARDS DAVID A &amp; STARLINA A</t>
+  </si>
+  <si>
+    <t>1961 NW RED HILL RD</t>
+  </si>
+  <si>
+    <t>10-03184-000</t>
+  </si>
+  <si>
+    <t>COENEN DANIEL C</t>
+  </si>
+  <si>
+    <t>2135 NW STATE ROUTE 39</t>
+  </si>
+  <si>
     <t>10-03295-005</t>
   </si>
   <si>
-    <t>LEWIS JUSTIN R</t>
-[...1 lines deleted...]
-  <si>
     <t>STATE ROUTE 516</t>
   </si>
   <si>
+    <t>10-03503-000</t>
+  </si>
+  <si>
+    <t>MJM RENTAL PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>1262 NW SCHNEIDERS CROSSING RD</t>
+  </si>
+  <si>
     <t>10-03529-000</t>
   </si>
   <si>
     <t>RUSSELL C ANDREW</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>10-03533-000</t>
   </si>
   <si>
     <t>10-03651-000</t>
   </si>
   <si>
     <t>STATE OF OHIO DEPARTMENT OF TRANSPORTATION</t>
   </si>
   <si>
     <t>4599 STATE ROUTE 800</t>
   </si>
   <si>
+    <t>15-00001-000</t>
+  </si>
+  <si>
+    <t>WALLICK MATT</t>
+  </si>
+  <si>
+    <t>421 W HOWE ST</t>
+  </si>
+  <si>
     <t>1500133</t>
   </si>
   <si>
     <t>MORRIS PATRICIA</t>
   </si>
   <si>
     <t>114 SUSAN DR LOT 114</t>
   </si>
   <si>
-    <t>15-00268-000</t>
-[...14 lines deleted...]
-    <t>418 N CRATER AVE</t>
+    <t>15-00184-000</t>
+  </si>
+  <si>
+    <t>ELCO INVESTMENTS LTD</t>
+  </si>
+  <si>
+    <t>614 E 3RD ST</t>
+  </si>
+  <si>
+    <t>15-00350-000</t>
+  </si>
+  <si>
+    <t>BARKER CARESSE</t>
+  </si>
+  <si>
+    <t>616 RACE ST</t>
+  </si>
+  <si>
+    <t>15-00445-000</t>
+  </si>
+  <si>
+    <t>SHERER AMBER N</t>
+  </si>
+  <si>
+    <t>1615 DOVER AVE</t>
+  </si>
+  <si>
+    <t>15-00464-000</t>
+  </si>
+  <si>
+    <t>MARSH JEFFREY L</t>
+  </si>
+  <si>
+    <t>339 MONROE ST</t>
+  </si>
+  <si>
+    <t>15-00550-000</t>
+  </si>
+  <si>
+    <t>GREEN ALICK EUGENE</t>
+  </si>
+  <si>
+    <t>919 E FRONT ST</t>
+  </si>
+  <si>
+    <t>15-00631-000</t>
+  </si>
+  <si>
+    <t>IXCOY ERNESTO &amp; ALEJANDRA LOPEZ HERRERA</t>
+  </si>
+  <si>
+    <t>510 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>15-00643-000</t>
+  </si>
+  <si>
+    <t>BEITZEL AMY</t>
+  </si>
+  <si>
+    <t>220 E BROADWAY ST</t>
+  </si>
+  <si>
+    <t>15-00764-000</t>
+  </si>
+  <si>
+    <t>MCNIK LLC</t>
+  </si>
+  <si>
+    <t>700 BOULEVARD</t>
   </si>
   <si>
     <t>1500942</t>
   </si>
   <si>
     <t>ALLSHOUSE JEREMY T</t>
   </si>
   <si>
     <t>154 JEREMY DR LOT 154</t>
   </si>
   <si>
+    <t>15-00978-000</t>
+  </si>
+  <si>
+    <t>AVERY JUSTIN D &amp; MORGAN L BLACKA</t>
+  </si>
+  <si>
+    <t>1414 CHESTNUT ST</t>
+  </si>
+  <si>
+    <t>1501008</t>
+  </si>
+  <si>
+    <t>BRAVO FELIPE</t>
+  </si>
+  <si>
+    <t>64 SUSAN DR LOT 64</t>
+  </si>
+  <si>
+    <t>15-01030-000</t>
+  </si>
+  <si>
+    <t>MINNIS SUE ANN</t>
+  </si>
+  <si>
+    <t>1317 E FRONT ST</t>
+  </si>
+  <si>
+    <t>15-01035-000</t>
+  </si>
+  <si>
+    <t>MATRONIA EARL R</t>
+  </si>
+  <si>
+    <t>615 E 3RD ST</t>
+  </si>
+  <si>
+    <t>15-01120-000</t>
+  </si>
+  <si>
+    <t>GROVE WILLIAM V</t>
+  </si>
+  <si>
+    <t>227 E 15TH ST</t>
+  </si>
+  <si>
+    <t>15-01167-000</t>
+  </si>
+  <si>
+    <t>OHIOGUIDESTONE</t>
+  </si>
+  <si>
+    <t>211 E FRONT ST</t>
+  </si>
+  <si>
+    <t>15-01554-001</t>
+  </si>
+  <si>
+    <t>FISHER MALISSA S</t>
+  </si>
+  <si>
+    <t>N CROSS ST</t>
+  </si>
+  <si>
+    <t>15-01622-000</t>
+  </si>
+  <si>
+    <t>MONAHAN HARRY P &amp; KARI A STARON</t>
+  </si>
+  <si>
+    <t>217 N CRATER AVE</t>
+  </si>
+  <si>
+    <t>15-01705-000</t>
+  </si>
+  <si>
+    <t>KROCKER MICHAEL P &amp; MARK S</t>
+  </si>
+  <si>
+    <t>119 N WOOSTER AVE REAR</t>
+  </si>
+  <si>
     <t>15-01760-000</t>
   </si>
   <si>
     <t>SMITLEY TONY</t>
   </si>
   <si>
     <t>704 SHORT ST</t>
   </si>
   <si>
-    <t>15-01841-000</t>
-[...23 lines deleted...]
-    <t>519 STERLING AVE</t>
+    <t>15-01892-000</t>
+  </si>
+  <si>
+    <t>INCARNATO VINCENT T</t>
+  </si>
+  <si>
+    <t>319 W THIRD ST</t>
+  </si>
+  <si>
+    <t>15-01901-000</t>
+  </si>
+  <si>
+    <t>BURDETTE GARY A</t>
+  </si>
+  <si>
+    <t>115 E BROADWAY ST</t>
+  </si>
+  <si>
+    <t>15-01903-000</t>
+  </si>
+  <si>
+    <t>GRAEF JAMES A TRUSTEE JAMES A GRAEF REV TRUST</t>
+  </si>
+  <si>
+    <t>125 E BROADWAY ST</t>
+  </si>
+  <si>
+    <t>15-01961-000</t>
+  </si>
+  <si>
+    <t>DRB LAND HOLDINGS, LLC</t>
+  </si>
+  <si>
+    <t>315 W 16TH ST</t>
+  </si>
+  <si>
+    <t>15-02053-000</t>
+  </si>
+  <si>
+    <t>IXCOY ERNESTO</t>
+  </si>
+  <si>
+    <t>234 SOUTH AVE</t>
+  </si>
+  <si>
+    <t>1502123</t>
+  </si>
+  <si>
+    <t>BLANKENSHIP DONALD</t>
+  </si>
+  <si>
+    <t>39 CHARLES DR LOT 39</t>
   </si>
   <si>
     <t>15-02148-000</t>
   </si>
   <si>
     <t>KREISHER ROBERT</t>
   </si>
   <si>
     <t>N WALNUT ST</t>
   </si>
   <si>
+    <t>1502412</t>
+  </si>
+  <si>
+    <t>RININGER AMBER D</t>
+  </si>
+  <si>
+    <t>140 TIMOTHY DR LOT 140</t>
+  </si>
+  <si>
+    <t>15-02619-000</t>
+  </si>
+  <si>
+    <t>COREY JAMES W &amp;/OR ANNA - TRUSTEES COREY FAMILY TRUST</t>
+  </si>
+  <si>
+    <t>206 W 22ND ST</t>
+  </si>
+  <si>
+    <t>15-02627-000</t>
+  </si>
+  <si>
+    <t>ALLAN PAMELA K</t>
+  </si>
+  <si>
+    <t>404 E 4TH ST</t>
+  </si>
+  <si>
     <t>15-02646-001</t>
   </si>
   <si>
     <t>MCKAY DANIEL L</t>
   </si>
   <si>
     <t>MAIDEN LN</t>
   </si>
   <si>
+    <t>15-02687-000</t>
+  </si>
+  <si>
+    <t>STEAR MATTHEW L &amp; JANET B</t>
+  </si>
+  <si>
+    <t>1110 N CRATER AVE</t>
+  </si>
+  <si>
+    <t>15-02713-000</t>
+  </si>
+  <si>
+    <t>CROSS ST REAR</t>
+  </si>
+  <si>
     <t>1502768</t>
   </si>
   <si>
     <t>DENBOW DOUGLAS</t>
   </si>
   <si>
     <t>30 CHARLES DR LOT 30</t>
   </si>
   <si>
+    <t>15-02774-000</t>
+  </si>
+  <si>
+    <t>IXCOY ERNESTO &amp; ALEJONDSA LOPEZ</t>
+  </si>
+  <si>
+    <t>512 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>15-02861-000</t>
+  </si>
+  <si>
+    <t>IXCOY ERNESTO &amp; ALEJANDRA LOPEZ ERRERA</t>
+  </si>
+  <si>
+    <t>308 RACE ST</t>
+  </si>
+  <si>
+    <t>15-02885-000</t>
+  </si>
+  <si>
+    <t>JAKO INVESTMENTS LTD AN OHIO LIMITED LIABILITY COMPANY</t>
+  </si>
+  <si>
+    <t>508 E 4TH ST</t>
+  </si>
+  <si>
+    <t>1502937</t>
+  </si>
+  <si>
+    <t>MCCREERY CHRISTINA L</t>
+  </si>
+  <si>
+    <t>94 SUSAN DR LOT 94</t>
+  </si>
+  <si>
+    <t>15-03180-000</t>
+  </si>
+  <si>
+    <t>503 N WALNUT ST</t>
+  </si>
+  <si>
+    <t>15-03238-000</t>
+  </si>
+  <si>
+    <t>PITTMAN SHIRLEY MARIE</t>
+  </si>
+  <si>
+    <t>436 E 3RD ST</t>
+  </si>
+  <si>
     <t>15-03373-000</t>
   </si>
   <si>
     <t>DEVORE JON C</t>
   </si>
   <si>
     <t>116 N CROSS ST</t>
   </si>
   <si>
-    <t>15-03703-000</t>
-[...5 lines deleted...]
-    <t>710 E SHAFER AVE</t>
+    <t>15-03446-000</t>
+  </si>
+  <si>
+    <t>BERGER KAREN L</t>
+  </si>
+  <si>
+    <t>705 E FRONT ST</t>
+  </si>
+  <si>
+    <t>1503658</t>
+  </si>
+  <si>
+    <t>AQUILA YESICA ROBLES</t>
+  </si>
+  <si>
+    <t>48 CHARLES DR</t>
+  </si>
+  <si>
+    <t>15-03814-000</t>
+  </si>
+  <si>
+    <t>NEIDIG KEVIN</t>
+  </si>
+  <si>
+    <t>725 STERLING AVE</t>
+  </si>
+  <si>
+    <t>15-03833-000</t>
+  </si>
+  <si>
+    <t>COAR INVESTMENTS LLC</t>
+  </si>
+  <si>
+    <t>934 RACE ST</t>
+  </si>
+  <si>
+    <t>15-04063-000</t>
+  </si>
+  <si>
+    <t>CASTRICONE CHARLES A &amp; MARCIE L</t>
+  </si>
+  <si>
+    <t>CRATER AVE</t>
   </si>
   <si>
     <t>15-04265-000</t>
   </si>
   <si>
     <t>WALKER ELIZABETH EXECUTOR</t>
   </si>
   <si>
     <t>209 MILL ST</t>
   </si>
   <si>
+    <t>15-04266-000</t>
+  </si>
+  <si>
+    <t>SICA PASTOR TOMASA</t>
+  </si>
+  <si>
+    <t>502 RIVER ST</t>
+  </si>
+  <si>
+    <t>15-04341-000</t>
+  </si>
+  <si>
+    <t>SUNSET LANE PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>205 E 3RD ST</t>
+  </si>
+  <si>
+    <t>15-04497-000</t>
+  </si>
+  <si>
+    <t>GRAHAM WILLIAM G &amp; CHERYL A</t>
+  </si>
+  <si>
+    <t>203 S MCKINLEY ST</t>
+  </si>
+  <si>
+    <t>15-04503-000</t>
+  </si>
+  <si>
+    <t>HOWE ST</t>
+  </si>
+  <si>
+    <t>15-04534-000</t>
+  </si>
+  <si>
+    <t>MILBURN TYLER C</t>
+  </si>
+  <si>
+    <t>418 E 7TH ST</t>
+  </si>
+  <si>
     <t>1504569</t>
   </si>
   <si>
     <t>GRIMWOOD CAROLINE</t>
   </si>
   <si>
     <t>33 CHARLES DR LOT 33</t>
   </si>
   <si>
+    <t>15-04617-000</t>
+  </si>
+  <si>
+    <t>KOHLER GASTON M</t>
+  </si>
+  <si>
+    <t>221 E FRONT ST</t>
+  </si>
+  <si>
+    <t>15-04729-000</t>
+  </si>
+  <si>
+    <t>ABEL WILBERT S &amp; KELLY J</t>
+  </si>
+  <si>
+    <t>415 E 5TH ST</t>
+  </si>
+  <si>
+    <t>15-04802-000</t>
+  </si>
+  <si>
+    <t>CROLEY SHANNON L</t>
+  </si>
+  <si>
+    <t>235 UNION AVE</t>
+  </si>
+  <si>
+    <t>15-05080-000</t>
+  </si>
+  <si>
+    <t>WASHINGTON PARRIS</t>
+  </si>
+  <si>
+    <t>410 BROAD ST</t>
+  </si>
+  <si>
     <t>1505089</t>
   </si>
   <si>
     <t>WHITE DAVID &amp; EMILY</t>
   </si>
   <si>
     <t>102 CHARLES DR LOT 102</t>
   </si>
   <si>
     <t>1505127</t>
   </si>
   <si>
     <t>EMERY KEVIN</t>
   </si>
   <si>
     <t>72 SUSAN DR LOT 72</t>
   </si>
   <si>
+    <t>15-05142-001</t>
+  </si>
+  <si>
+    <t>E 15TH ST REAR</t>
+  </si>
+  <si>
+    <t>15-05281-000</t>
+  </si>
+  <si>
+    <t>BONVECHIO SCOTT E &amp; APRIL L</t>
+  </si>
+  <si>
+    <t>N WOOSTER AVE</t>
+  </si>
+  <si>
     <t>1505425</t>
   </si>
   <si>
     <t>MCGILTON JOSEPH</t>
   </si>
   <si>
     <t>99 CHARLES DR LOT 99</t>
   </si>
   <si>
+    <t>1505446</t>
+  </si>
+  <si>
+    <t>SANCHEZ ANDRES</t>
+  </si>
+  <si>
+    <t>108 SUSAN DR LOT 108</t>
+  </si>
+  <si>
+    <t>15-05531-000</t>
+  </si>
+  <si>
+    <t>H&amp;S HOMETOWN PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>318 E 4TH ST</t>
+  </si>
+  <si>
     <t>1505562</t>
   </si>
   <si>
     <t>DALEY WENDY</t>
   </si>
   <si>
     <t>105 CHARLES DR LOT 105</t>
   </si>
   <si>
     <t>1505614</t>
   </si>
   <si>
     <t>EPPLEY KAILEY A</t>
   </si>
   <si>
     <t>83 SUSAN DR LOT 83</t>
   </si>
   <si>
     <t>15-05745-000</t>
   </si>
   <si>
     <t>REEVES REALTY ASSOCIATES -A PARTNERSHIP</t>
   </si>
   <si>
     <t>UNION AVE</t>
   </si>
   <si>
+    <t>15-05790-000</t>
+  </si>
+  <si>
+    <t>ARBOGAST GREGORY L &amp; JENNIE A</t>
+  </si>
+  <si>
+    <t>E 10TH ST</t>
+  </si>
+  <si>
+    <t>15-05821-001</t>
+  </si>
+  <si>
+    <t>WALLICK MATTHEW E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TUSCARAWAS AVE  REAR</t>
+  </si>
+  <si>
+    <t>15-05845-000</t>
+  </si>
+  <si>
+    <t>LARKIN RODNEY A</t>
+  </si>
+  <si>
+    <t>108 LLOYD ST</t>
+  </si>
+  <si>
     <t>15-05896-001</t>
   </si>
   <si>
     <t>AMERICAN PREMIER UNDERWRITERS INC</t>
   </si>
   <si>
     <t>FRONT ST</t>
   </si>
   <si>
     <t>15-05898-000</t>
   </si>
   <si>
     <t>TUSCARAWAS &amp; BROADWAY AVE</t>
   </si>
   <si>
+    <t>15-05931-000</t>
+  </si>
+  <si>
+    <t>FRONT ST REAR</t>
+  </si>
+  <si>
     <t>15-05977-000</t>
   </si>
   <si>
     <t>LAMMERS ROBERT S</t>
   </si>
   <si>
+    <t>15-06005-172</t>
+  </si>
+  <si>
+    <t>RISTER MICHAEL &amp; MELISSA</t>
+  </si>
+  <si>
+    <t>508 12TH ST</t>
+  </si>
+  <si>
     <t>1506075</t>
   </si>
   <si>
     <t>NEWSOME JOSEPH</t>
   </si>
   <si>
     <t>24 CHARLES DR</t>
   </si>
   <si>
+    <t>15-06102-001</t>
+  </si>
+  <si>
+    <t>WALDENMYER DEVELOPMENTS LLC</t>
+  </si>
+  <si>
+    <t>SCHNEIDERS CROSSING RD</t>
+  </si>
+  <si>
+    <t>1506237</t>
+  </si>
+  <si>
+    <t>SMITH CODY M</t>
+  </si>
+  <si>
+    <t>169 JEREMY DR LOT 169</t>
+  </si>
+  <si>
     <t>1506260</t>
   </si>
   <si>
     <t>GONZALEZ TZIC JULIO M</t>
   </si>
   <si>
     <t>124 CHARLES DR LOT 124</t>
   </si>
   <si>
     <t>1506987</t>
   </si>
   <si>
     <t>WALTERS JULIE A</t>
   </si>
   <si>
     <t>22 CHARLES DR LOT 22</t>
   </si>
   <si>
+    <t>1507020</t>
+  </si>
+  <si>
+    <t>TEDRICK SANDRA K &amp; LAURA K DAY</t>
+  </si>
+  <si>
+    <t>145 CHARLES DR LOT 145</t>
+  </si>
+  <si>
     <t>1507899</t>
   </si>
   <si>
     <t>EMERY ALMEDA</t>
   </si>
   <si>
     <t>157 JEREMY DR LOT 157</t>
   </si>
   <si>
     <t>1508620</t>
   </si>
   <si>
     <t>GRIMWOOD ROBERT E</t>
   </si>
   <si>
     <t>34 CHARLES DR</t>
   </si>
   <si>
+    <t>21-00085-000</t>
+  </si>
+  <si>
+    <t>HARPER KIMBERLY M</t>
+  </si>
+  <si>
+    <t>6391 NW STATE ROUTE 516</t>
+  </si>
+  <si>
+    <t>21-00106-002</t>
+  </si>
+  <si>
+    <t>ESTEP DEBRA &amp; DEBRA JUNE ADKINS</t>
+  </si>
+  <si>
+    <t>NW NORTH AMERICAN RD</t>
+  </si>
+  <si>
     <t>2108206</t>
   </si>
   <si>
     <t>MCCARTY JEFFREY G</t>
   </si>
   <si>
     <t>6535 NW STATE ROUTE 516</t>
   </si>
   <si>
     <t>2804962</t>
   </si>
   <si>
     <t>BARR REX</t>
   </si>
   <si>
     <t>1765 ROXFORD ST</t>
   </si>
   <si>
     <t>5300611</t>
   </si>
   <si>
     <t>SIMS SHELVA J</t>
   </si>
   <si>
     <t>4599 NE STATE ROUTE 800</t>
   </si>
   <si>
-    <t>57-00002-004</t>
-[...5 lines deleted...]
-    <t>NW ANGEL RD</t>
+    <t>69-00005-000</t>
+  </si>
+  <si>
+    <t>BEACHY MICAH P &amp; CAROLYN J</t>
+  </si>
+  <si>
+    <t>6935 NW WINKLEPLECK RD</t>
+  </si>
+  <si>
+    <t>69-00010-000</t>
+  </si>
+  <si>
+    <t>ERB DANIEL M &amp; TWILA KAY</t>
+  </si>
+  <si>
+    <t>7350 NW WINKLEPLECK RD</t>
+  </si>
+  <si>
+    <t>69-00022-001</t>
+  </si>
+  <si>
+    <t>MATHIAS JEREMY M &amp; LISA M</t>
+  </si>
+  <si>
+    <t>7300 NW WINKLEPLECK RD</t>
+  </si>
+  <si>
+    <t>69-00038-001</t>
+  </si>
+  <si>
+    <t>COWAN PENNY R &amp; ASHLEY P</t>
+  </si>
+  <si>
+    <t>6799 NW WINKLEPLECK RD</t>
   </si>
   <si>
     <t>6902919</t>
   </si>
   <si>
     <t>NEWMAN ZONIA</t>
   </si>
   <si>
     <t>6906 NW WINKLEPLECK RD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -541,1180 +1558,3520 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F55" headerRowCount="1">
-  <autoFilter ref="A1:F55"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F172" headerRowCount="1">
+  <autoFilter ref="A1:F172"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4644&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5342&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5575&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69659&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6457&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7039&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7201&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66706&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8042&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71680&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13316&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13524&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76220&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77819&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75320&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4514&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4644&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4974&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5021&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5191&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5212&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5250&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5342&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5522&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5620&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5787&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5807&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5810&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6093&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6106&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6194&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69659&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6457&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6474&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6675&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6708&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6773&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6917&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7039&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7173&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7201&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66706&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7960&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8125&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8211&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8230&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8524&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71680&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8736&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9680&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71772&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10891&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71837&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12351&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12703&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12740&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12859&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13316&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13465&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13524&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69539&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75433&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76220&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=17468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75417&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63692&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63708&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63724&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75320&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F55"/>
+  <dimension ref="A1:F172"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-    <col min="2" max="2" width="47.442447662353516" customWidth="1"/>
+    <col min="2" max="2" width="57.108367919921875" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
-    <col min="4" max="4" width="33.60651779174805" customWidth="1"/>
+    <col min="4" max="4" width="35.48998260498047" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>1605.87</v>
+        <v>0.08</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>650.29</v>
+        <v>631.13</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>5.9</v>
+        <v>62.5</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>1726.59</v>
+        <v>77.66</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>1090.9</v>
+        <v>761.19</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>358.8</v>
+        <v>11.66</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>1669.1</v>
+        <v>2397.14</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>3222.45</v>
+        <v>3.39</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>15.84</v>
+        <v>0.43</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>0.01</v>
+        <v>1282.45</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="B12" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="E12" s="2">
-        <v>53.31</v>
+        <v>100.92</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E13" s="2">
-        <v>4481.05</v>
+        <v>62.5</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E14" s="2">
-        <v>9142</v>
+        <v>62.5</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="E15" s="2">
-        <v>60.2</v>
+        <v>62.5</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E16" s="2">
-        <v>616.72</v>
+        <v>62.5</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="E17" s="2">
-        <v>2498.22</v>
+        <v>62.5</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="E18" s="2">
-        <v>617.38</v>
+        <v>62.5</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E19" s="2">
-        <v>9.83</v>
+        <v>62.5</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E20" s="2">
-        <v>3.51</v>
+        <v>0.12</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="E21" s="2">
-        <v>12539.25</v>
+        <v>1656.05</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="E22" s="2">
-        <v>1719.97</v>
+        <v>62.5</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="E23" s="2">
-        <v>1749.33</v>
+        <v>62.5</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="E24" s="2">
-        <v>786.38</v>
+        <v>2555.65</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="E25" s="2">
-        <v>2745.99</v>
+        <v>12095.31</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="E26" s="2">
-        <v>1372.44</v>
+        <v>3799.82</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="E27" s="2">
-        <v>1234.24</v>
+        <v>584.91</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E28" s="2">
-        <v>1375.68</v>
+        <v>4038.07</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="E29" s="2">
-        <v>2526.27</v>
+        <v>62.5</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E30" s="2">
-        <v>11582.54</v>
+        <v>1782.56</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="E31" s="2">
-        <v>1138.55</v>
+        <v>62.5</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="E32" s="2">
-        <v>637.03</v>
+        <v>16.25</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="E33" s="2">
-        <v>12.86</v>
+        <v>62.5</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E34" s="2">
-        <v>2042.42</v>
+        <v>312.71</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="E35" s="2">
-        <v>874.62</v>
+        <v>250.11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="E36" s="2">
-        <v>4047.23</v>
+        <v>62.5</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E37" s="2">
-        <v>154.62</v>
+        <v>0.05</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="E38" s="2">
-        <v>866.96</v>
+        <v>62.5</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="E39" s="2">
-        <v>284.25</v>
+        <v>0.57</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E40" s="2">
-        <v>307.29</v>
+        <v>1437.13</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="E41" s="2">
-        <v>694.59</v>
+        <v>0.01</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="E42" s="2">
-        <v>10.25</v>
+        <v>3704.02</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="E43" s="2">
-        <v>414.49</v>
+        <v>1849.53</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="E44" s="2">
-        <v>1456.01</v>
+        <v>6.51</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>32</v>
+        <v>135</v>
       </c>
       <c r="E45" s="2">
-        <v>121.05</v>
+        <v>2662.67</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="E46" s="2">
-        <v>179.04</v>
+        <v>62.5</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="E47" s="2">
-        <v>434.84</v>
+        <v>0.68</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E48" s="2">
-        <v>120.6</v>
+        <v>62.5</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="E49" s="2">
-        <v>506.62</v>
+        <v>0.25</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="E50" s="2">
-        <v>1988.61</v>
+        <v>517.32</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>147</v>
+        <v>33</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="E51" s="2">
-        <v>780.85</v>
+        <v>0.25</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>150</v>
+        <v>33</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="E52" s="2">
-        <v>1682.33</v>
+        <v>0.18</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="E53" s="2">
-        <v>168.02</v>
+        <v>802.55</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="E54" s="2">
-        <v>3012.78</v>
+        <v>60.39</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E55" s="2">
-        <v>137.8</v>
+        <v>4728.21</v>
       </c>
       <c r="F55" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="E56" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="E57" s="2">
+        <v>3913.47</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="E58" s="2">
+        <v>3638.55</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="E59" s="2">
+        <v>3720.21</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="E60" s="2">
+        <v>969.47</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="E61" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="E62" s="2">
+        <v>64.19</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="E63" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="E64" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="E65" s="2">
+        <v>2.4</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="E66" s="2">
+        <v>0.01</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="E67" s="2">
+        <v>0.18</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="E68" s="2">
+        <v>1377.42</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="E69" s="2">
+        <v>5588.8</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="E70" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="E71" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="E72" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="E73" s="2">
+        <v>0.45</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="E74" s="2">
+        <v>1216.17</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="E75" s="2">
+        <v>2172.62</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="E76" s="2">
+        <v>10.09</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="E77" s="2">
+        <v>3.6</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="E78" s="2">
+        <v>13942.71</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="E79" s="2">
+        <v>2728.5</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="E80" s="2">
+        <v>1968.9</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="E81" s="2">
+        <v>2502.66</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="E82" s="2">
+        <v>897.9</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="E83" s="2">
+        <v>413.06</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="E84" s="2">
+        <v>38.29</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="E85" s="2">
+        <v>1230.46</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="E86" s="2">
+        <v>430.32</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="E87" s="2">
+        <v>1594.06</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D88" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="E88" s="2">
+        <v>6135.96</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="E89" s="2">
+        <v>3135.25</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="E90" s="2">
+        <v>676.47</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="E91" s="2">
+        <v>9.3</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D92" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="E92" s="2">
+        <v>0.01</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D93" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="E93" s="2">
+        <v>523.64</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="E94" s="2">
+        <v>917.63</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="E95" s="2">
+        <v>5235.64</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="E96" s="2">
+        <v>8.34</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="E97" s="2">
+        <v>0.23</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="E98" s="2">
+        <v>912.01</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="E99" s="2">
+        <v>2605.14</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="E100" s="2">
+        <v>376.86</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D101" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="E101" s="2">
+        <v>1455.79</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D102" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="E102" s="2">
+        <v>1128.28</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="E103" s="2">
+        <v>2927.11</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D104" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="E104" s="2">
+        <v>868.18</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="E105" s="2">
+        <v>381.39</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="E106" s="2">
+        <v>12018.46</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D107" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="E107" s="2">
+        <v>170.55</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="E108" s="2">
+        <v>783.35</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D109" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="E109" s="2">
+        <v>1563.51</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="E110" s="2">
+        <v>1466.94</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="E111" s="2">
+        <v>0.57</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="E112" s="2">
+        <v>135.03</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="E113" s="2">
+        <v>728.83</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="E114" s="2">
+        <v>94.94</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="E115" s="2">
+        <v>897.84</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="E116" s="2">
+        <v>2578.25</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="E117" s="2">
+        <v>65.03</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="E118" s="2">
+        <v>1393.18</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="E119" s="2">
+        <v>706.31</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="E120" s="2">
+        <v>752.03</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="E121" s="2">
+        <v>776.82</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="E122" s="2">
+        <v>141.17</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="E123" s="2">
+        <v>646.33</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="E124" s="2">
+        <v>52.38</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="E125" s="2">
+        <v>14.04</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="E126" s="2">
+        <v>1723.2</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="E127" s="2">
+        <v>65</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="E128" s="2">
+        <v>2022.66</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="E129" s="2">
+        <v>173.71</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D130" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="E130" s="2">
+        <v>65.74</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="E131" s="2">
+        <v>1945.2</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D132" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="E132" s="2">
+        <v>4397.44</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="E133" s="2">
+        <v>1326.02</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="E134" s="2">
+        <v>389.83</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="E135" s="2">
+        <v>1040.55</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D136" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="E136" s="2">
+        <v>348.31</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D137" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="E137" s="2">
+        <v>227.31</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="E138" s="2">
+        <v>1042.84</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="E139" s="2">
+        <v>1.78</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="E140" s="2">
+        <v>27.23</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D141" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E141" s="2">
+        <v>412.64</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D142" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="E142" s="2">
+        <v>9.73</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="E143" s="2">
+        <v>65</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D144" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="E144" s="2">
+        <v>464.47</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="B145" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D145" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="E145" s="2">
+        <v>873.65</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="E146" s="2">
+        <v>10.52</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="E147" s="2">
+        <v>22.89</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D148" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="E148" s="2">
+        <v>6.08</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="E149" s="2">
+        <v>809.83</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B150" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="E150" s="2">
+        <v>435.55</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D151" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="E151" s="2">
+        <v>1553.94</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D152" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="E152" s="2">
+        <v>722.98</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D153" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="E153" s="2">
+        <v>138.91</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D154" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="E154" s="2">
+        <v>1.13</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D155" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="E155" s="2">
+        <v>352.72</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D156" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="E156" s="2">
+        <v>53.47</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="E157" s="2">
+        <v>139.73</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="B158" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D158" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="E158" s="2">
+        <v>644.31</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="B159" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D159" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="E159" s="2">
+        <v>171.1</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="E160" s="2">
+        <v>137.14</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="E161" s="2">
+        <v>555.07</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="E162" s="2">
+        <v>2350.81</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D163" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="E163" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D164" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="E164" s="2">
+        <v>87.66</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D165" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="E165" s="2">
+        <v>971.08</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D166" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="E166" s="2">
+        <v>1727.19</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="E167" s="2">
+        <v>215.19</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="E168" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D169" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="E169" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="E170" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D171" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="E171" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="E172" s="2">
+        <v>187.1</v>
+      </c>
+      <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -1730,32 +5087,149 @@
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
+    <hyperlink ref="F56" r:id="rId56"/>
+    <hyperlink ref="F57" r:id="rId57"/>
+    <hyperlink ref="F58" r:id="rId58"/>
+    <hyperlink ref="F59" r:id="rId59"/>
+    <hyperlink ref="F60" r:id="rId60"/>
+    <hyperlink ref="F61" r:id="rId61"/>
+    <hyperlink ref="F62" r:id="rId62"/>
+    <hyperlink ref="F63" r:id="rId63"/>
+    <hyperlink ref="F64" r:id="rId64"/>
+    <hyperlink ref="F65" r:id="rId65"/>
+    <hyperlink ref="F66" r:id="rId66"/>
+    <hyperlink ref="F67" r:id="rId67"/>
+    <hyperlink ref="F68" r:id="rId68"/>
+    <hyperlink ref="F69" r:id="rId69"/>
+    <hyperlink ref="F70" r:id="rId70"/>
+    <hyperlink ref="F71" r:id="rId71"/>
+    <hyperlink ref="F72" r:id="rId72"/>
+    <hyperlink ref="F73" r:id="rId73"/>
+    <hyperlink ref="F74" r:id="rId74"/>
+    <hyperlink ref="F75" r:id="rId75"/>
+    <hyperlink ref="F76" r:id="rId76"/>
+    <hyperlink ref="F77" r:id="rId77"/>
+    <hyperlink ref="F78" r:id="rId78"/>
+    <hyperlink ref="F79" r:id="rId79"/>
+    <hyperlink ref="F80" r:id="rId80"/>
+    <hyperlink ref="F81" r:id="rId81"/>
+    <hyperlink ref="F82" r:id="rId82"/>
+    <hyperlink ref="F83" r:id="rId83"/>
+    <hyperlink ref="F84" r:id="rId84"/>
+    <hyperlink ref="F85" r:id="rId85"/>
+    <hyperlink ref="F86" r:id="rId86"/>
+    <hyperlink ref="F87" r:id="rId87"/>
+    <hyperlink ref="F88" r:id="rId88"/>
+    <hyperlink ref="F89" r:id="rId89"/>
+    <hyperlink ref="F90" r:id="rId90"/>
+    <hyperlink ref="F91" r:id="rId91"/>
+    <hyperlink ref="F92" r:id="rId92"/>
+    <hyperlink ref="F93" r:id="rId93"/>
+    <hyperlink ref="F94" r:id="rId94"/>
+    <hyperlink ref="F95" r:id="rId95"/>
+    <hyperlink ref="F96" r:id="rId96"/>
+    <hyperlink ref="F97" r:id="rId97"/>
+    <hyperlink ref="F98" r:id="rId98"/>
+    <hyperlink ref="F99" r:id="rId99"/>
+    <hyperlink ref="F100" r:id="rId100"/>
+    <hyperlink ref="F101" r:id="rId101"/>
+    <hyperlink ref="F102" r:id="rId102"/>
+    <hyperlink ref="F103" r:id="rId103"/>
+    <hyperlink ref="F104" r:id="rId104"/>
+    <hyperlink ref="F105" r:id="rId105"/>
+    <hyperlink ref="F106" r:id="rId106"/>
+    <hyperlink ref="F107" r:id="rId107"/>
+    <hyperlink ref="F108" r:id="rId108"/>
+    <hyperlink ref="F109" r:id="rId109"/>
+    <hyperlink ref="F110" r:id="rId110"/>
+    <hyperlink ref="F111" r:id="rId111"/>
+    <hyperlink ref="F112" r:id="rId112"/>
+    <hyperlink ref="F113" r:id="rId113"/>
+    <hyperlink ref="F114" r:id="rId114"/>
+    <hyperlink ref="F115" r:id="rId115"/>
+    <hyperlink ref="F116" r:id="rId116"/>
+    <hyperlink ref="F117" r:id="rId117"/>
+    <hyperlink ref="F118" r:id="rId118"/>
+    <hyperlink ref="F119" r:id="rId119"/>
+    <hyperlink ref="F120" r:id="rId120"/>
+    <hyperlink ref="F121" r:id="rId121"/>
+    <hyperlink ref="F122" r:id="rId122"/>
+    <hyperlink ref="F123" r:id="rId123"/>
+    <hyperlink ref="F124" r:id="rId124"/>
+    <hyperlink ref="F125" r:id="rId125"/>
+    <hyperlink ref="F126" r:id="rId126"/>
+    <hyperlink ref="F127" r:id="rId127"/>
+    <hyperlink ref="F128" r:id="rId128"/>
+    <hyperlink ref="F129" r:id="rId129"/>
+    <hyperlink ref="F130" r:id="rId130"/>
+    <hyperlink ref="F131" r:id="rId131"/>
+    <hyperlink ref="F132" r:id="rId132"/>
+    <hyperlink ref="F133" r:id="rId133"/>
+    <hyperlink ref="F134" r:id="rId134"/>
+    <hyperlink ref="F135" r:id="rId135"/>
+    <hyperlink ref="F136" r:id="rId136"/>
+    <hyperlink ref="F137" r:id="rId137"/>
+    <hyperlink ref="F138" r:id="rId138"/>
+    <hyperlink ref="F139" r:id="rId139"/>
+    <hyperlink ref="F140" r:id="rId140"/>
+    <hyperlink ref="F141" r:id="rId141"/>
+    <hyperlink ref="F142" r:id="rId142"/>
+    <hyperlink ref="F143" r:id="rId143"/>
+    <hyperlink ref="F144" r:id="rId144"/>
+    <hyperlink ref="F145" r:id="rId145"/>
+    <hyperlink ref="F146" r:id="rId146"/>
+    <hyperlink ref="F147" r:id="rId147"/>
+    <hyperlink ref="F148" r:id="rId148"/>
+    <hyperlink ref="F149" r:id="rId149"/>
+    <hyperlink ref="F150" r:id="rId150"/>
+    <hyperlink ref="F151" r:id="rId151"/>
+    <hyperlink ref="F152" r:id="rId152"/>
+    <hyperlink ref="F153" r:id="rId153"/>
+    <hyperlink ref="F154" r:id="rId154"/>
+    <hyperlink ref="F155" r:id="rId155"/>
+    <hyperlink ref="F156" r:id="rId156"/>
+    <hyperlink ref="F157" r:id="rId157"/>
+    <hyperlink ref="F158" r:id="rId158"/>
+    <hyperlink ref="F159" r:id="rId159"/>
+    <hyperlink ref="F160" r:id="rId160"/>
+    <hyperlink ref="F161" r:id="rId161"/>
+    <hyperlink ref="F162" r:id="rId162"/>
+    <hyperlink ref="F163" r:id="rId163"/>
+    <hyperlink ref="F164" r:id="rId164"/>
+    <hyperlink ref="F165" r:id="rId165"/>
+    <hyperlink ref="F166" r:id="rId166"/>
+    <hyperlink ref="F167" r:id="rId167"/>
+    <hyperlink ref="F168" r:id="rId168"/>
+    <hyperlink ref="F169" r:id="rId169"/>
+    <hyperlink ref="F170" r:id="rId170"/>
+    <hyperlink ref="F171" r:id="rId171"/>
+    <hyperlink ref="F172" r:id="rId172"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>