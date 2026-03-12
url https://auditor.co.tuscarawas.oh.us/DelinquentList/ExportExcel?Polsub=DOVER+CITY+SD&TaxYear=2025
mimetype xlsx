--- v0 (2026-01-07)
+++ v1 (2026-03-12)
@@ -5,952 +5,463 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="500" uniqueCount="500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="278">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>10-00056-000</t>
-[...2 lines deleted...]
-    <t>RICE AND SUSAN J ETAL</t>
+    <t>10-00336-000</t>
+  </si>
+  <si>
+    <t>ABEL KELLY</t>
   </si>
   <si>
     <t>DOVER CITY SD</t>
   </si>
   <si>
-    <t>4522 NW STATE ROUTE 516</t>
+    <t>4657 NE STATE ROUTE 800</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>10-00336-000</t>
-[...25 lines deleted...]
-  <si>
     <t>10-00443-000</t>
   </si>
   <si>
     <t>MILLER RANDY D &amp; HEATHER M</t>
   </si>
   <si>
     <t>6491 NW COLUMBIA RD</t>
   </si>
   <si>
     <t>10-00474-001</t>
   </si>
   <si>
     <t>MISHLER ALTA E</t>
   </si>
   <si>
     <t>STATE ROUTE 39</t>
   </si>
   <si>
     <t>10-00623-000</t>
   </si>
   <si>
     <t>LEWIS JUSTIN R</t>
   </si>
   <si>
     <t>4022 NW STATE ROUTE 516</t>
   </si>
   <si>
-    <t>10-00677-000</t>
-[...40 lines deleted...]
-  <si>
     <t>10-00822-006</t>
   </si>
   <si>
     <t>NISLEY AARON</t>
   </si>
   <si>
     <t>2879 NW CIRCLEVIEW DR</t>
   </si>
   <si>
     <t>10-00840-000</t>
   </si>
   <si>
     <t>MILLER BROTHERS CONCRETE LTD</t>
   </si>
   <si>
     <t>2183 NW GORDON RD</t>
   </si>
   <si>
     <t>10-00896-000</t>
   </si>
   <si>
     <t>MCNUTT STEVEN B</t>
   </si>
   <si>
     <t>2165 NW GORDON RD</t>
   </si>
   <si>
-    <t>10-00898-000</t>
-[...61 lines deleted...]
-  <si>
     <t>10-01089-018</t>
   </si>
   <si>
     <t>GARREN KURT C ETAL</t>
   </si>
   <si>
     <t>WOOD HAVEN DR</t>
   </si>
   <si>
     <t>10-01139-000</t>
   </si>
   <si>
     <t>REESE TRUCKING INC</t>
   </si>
   <si>
     <t>3148 NW REESE RD</t>
   </si>
   <si>
     <t>10-01180-002</t>
   </si>
   <si>
     <t>KUEMERLE JASON L &amp; AMBER C</t>
   </si>
   <si>
     <t>4064 NW BROAD RUN DAIRY RD</t>
   </si>
   <si>
     <t>10-01180-003</t>
   </si>
   <si>
     <t>NW BROAD RUN DAIRY RD</t>
   </si>
   <si>
     <t>10-01212-000</t>
   </si>
   <si>
     <t>3148 N REESE RD</t>
   </si>
   <si>
-    <t>10-01255-002</t>
-[...7 lines deleted...]
-  <si>
     <t>10-01295-000</t>
   </si>
   <si>
     <t>DAY MICHELE M</t>
   </si>
   <si>
     <t>CHESTNUT ST</t>
   </si>
   <si>
-    <t>10-01321-002</t>
-[...7 lines deleted...]
-  <si>
     <t>10-01387-000</t>
   </si>
   <si>
     <t>SWIHART KENNETH &amp; GLADYS</t>
   </si>
   <si>
     <t>NW STATE ROUTE 39</t>
   </si>
   <si>
-    <t>10-01401-000</t>
-[...34 lines deleted...]
-  <si>
     <t>10-01602-000</t>
   </si>
   <si>
     <t>MARINO JOSEPHINE A</t>
   </si>
   <si>
     <t>3725 NW SWONGER RD</t>
   </si>
   <si>
-    <t>10-01607-000</t>
-[...49 lines deleted...]
-  <si>
     <t>1001970</t>
   </si>
   <si>
     <t>DAVIDSON KELLY J</t>
   </si>
   <si>
     <t>4657 NE STATE ROUTE 800 RD</t>
   </si>
   <si>
     <t>10-02098-000</t>
   </si>
   <si>
     <t>JENNINGS GLENN F &amp; MECHELLA A GROSS</t>
   </si>
   <si>
     <t>2481 NW SHORT DR</t>
   </si>
   <si>
-    <t>10-02111-000</t>
-[...34 lines deleted...]
-  <si>
     <t>10-02238-000</t>
   </si>
   <si>
     <t>REICHMAN PEGGY SUE</t>
   </si>
   <si>
     <t>6575 NW COLUMBIA RD</t>
   </si>
   <si>
-    <t>10-02296-005</t>
-[...19 lines deleted...]
-  <si>
     <t>10-02331-001</t>
   </si>
   <si>
     <t>ROSE ROGER M &amp; DEBRA L ROSE</t>
   </si>
   <si>
     <t>10-02499-000</t>
   </si>
   <si>
     <t>MATHIAS DONALD G &amp; LUCILLE V</t>
   </si>
   <si>
     <t>STATE ROUTE 800</t>
   </si>
   <si>
-    <t>10-02505-001</t>
-[...7 lines deleted...]
-  <si>
     <t>10-02514-002</t>
   </si>
   <si>
     <t>STONECORE HOLDINGS, LLC</t>
   </si>
   <si>
     <t>5066 NW STATE ROUTE 516</t>
   </si>
   <si>
     <t>10-02514-003</t>
   </si>
   <si>
     <t>5062 NW STATE ROUTE 516</t>
   </si>
   <si>
     <t>10-02514-004</t>
   </si>
   <si>
     <t>STONECORE HOLDINGS LLC</t>
   </si>
   <si>
     <t>5064 NW STATE ROUTE 516</t>
   </si>
   <si>
-    <t>10-02540-008</t>
-[...16 lines deleted...]
-  <si>
     <t>10-02773-000</t>
   </si>
   <si>
     <t>BLOUGH MACK</t>
   </si>
   <si>
-    <t>10-02849-003</t>
-[...20 lines deleted...]
-    <t>NATTRESS CLIFTON R</t>
+    <t>10-02907-000</t>
+  </si>
+  <si>
+    <t>RILEY CHRISTY L ETAL</t>
+  </si>
+  <si>
+    <t>4308 NW SWONGER RD</t>
+  </si>
+  <si>
+    <t>10-03016-000</t>
+  </si>
+  <si>
+    <t>OWENS DIANA M</t>
+  </si>
+  <si>
+    <t>NW DEIS HILL RD</t>
+  </si>
+  <si>
+    <t>10-03016-001</t>
+  </si>
+  <si>
+    <t>5379 NW DEIS HILL RD</t>
+  </si>
+  <si>
+    <t>10-03295-005</t>
+  </si>
+  <si>
+    <t>STATE ROUTE 516</t>
+  </si>
+  <si>
+    <t>10-03529-000</t>
+  </si>
+  <si>
+    <t>RUSSELL C ANDREW</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10-02907-000</t>
-[...88 lines deleted...]
-  <si>
     <t>10-03533-000</t>
   </si>
   <si>
     <t>10-03651-000</t>
   </si>
   <si>
     <t>STATE OF OHIO DEPARTMENT OF TRANSPORTATION</t>
   </si>
   <si>
     <t>4599 STATE ROUTE 800</t>
   </si>
   <si>
     <t>15-00001-000</t>
   </si>
   <si>
     <t>WALLICK MATT</t>
   </si>
   <si>
     <t>421 W HOWE ST</t>
   </si>
   <si>
     <t>1500133</t>
   </si>
   <si>
     <t>MORRIS PATRICIA</t>
   </si>
   <si>
     <t>114 SUSAN DR LOT 114</t>
   </si>
   <si>
     <t>15-00184-000</t>
   </si>
   <si>
     <t>ELCO INVESTMENTS LTD</t>
   </si>
   <si>
     <t>614 E 3RD ST</t>
   </si>
   <si>
     <t>15-00350-000</t>
   </si>
   <si>
     <t>BARKER CARESSE</t>
   </si>
   <si>
     <t>616 RACE ST</t>
   </si>
   <si>
-    <t>15-00445-000</t>
-[...25 lines deleted...]
-  <si>
     <t>15-00631-000</t>
   </si>
   <si>
     <t>IXCOY ERNESTO &amp; ALEJANDRA LOPEZ HERRERA</t>
   </si>
   <si>
     <t>510 WASHINGTON ST</t>
   </si>
   <si>
     <t>15-00643-000</t>
   </si>
   <si>
     <t>BEITZEL AMY</t>
   </si>
   <si>
     <t>220 E BROADWAY ST</t>
   </si>
   <si>
-    <t>15-00764-000</t>
-[...7 lines deleted...]
-  <si>
     <t>1500942</t>
   </si>
   <si>
     <t>ALLSHOUSE JEREMY T</t>
   </si>
   <si>
     <t>154 JEREMY DR LOT 154</t>
   </si>
   <si>
-    <t>15-00978-000</t>
-[...34 lines deleted...]
-  <si>
     <t>15-01120-000</t>
   </si>
   <si>
     <t>GROVE WILLIAM V</t>
   </si>
   <si>
     <t>227 E 15TH ST</t>
   </si>
   <si>
     <t>15-01167-000</t>
   </si>
   <si>
     <t>OHIOGUIDESTONE</t>
   </si>
   <si>
     <t>211 E FRONT ST</t>
   </si>
   <si>
     <t>15-01554-001</t>
   </si>
   <si>
     <t>FISHER MALISSA S</t>
   </si>
   <si>
     <t>N CROSS ST</t>
   </si>
   <si>
-    <t>15-01622-000</t>
-[...7 lines deleted...]
-  <si>
     <t>15-01705-000</t>
   </si>
   <si>
     <t>KROCKER MICHAEL P &amp; MARK S</t>
   </si>
   <si>
     <t>119 N WOOSTER AVE REAR</t>
   </si>
   <si>
     <t>15-01760-000</t>
   </si>
   <si>
     <t>SMITLEY TONY</t>
   </si>
   <si>
     <t>704 SHORT ST</t>
   </si>
   <si>
     <t>15-01892-000</t>
   </si>
   <si>
     <t>INCARNATO VINCENT T</t>
   </si>
   <si>
     <t>319 W THIRD ST</t>
   </si>
   <si>
     <t>15-01901-000</t>
   </si>
   <si>
     <t>BURDETTE GARY A</t>
   </si>
   <si>
     <t>115 E BROADWAY ST</t>
   </si>
   <si>
     <t>15-01903-000</t>
   </si>
   <si>
     <t>GRAEF JAMES A TRUSTEE JAMES A GRAEF REV TRUST</t>
   </si>
   <si>
     <t>125 E BROADWAY ST</t>
   </si>
   <si>
-    <t>15-01961-000</t>
-[...7 lines deleted...]
-  <si>
     <t>15-02053-000</t>
   </si>
   <si>
     <t>IXCOY ERNESTO</t>
   </si>
   <si>
     <t>234 SOUTH AVE</t>
   </si>
   <si>
     <t>1502123</t>
   </si>
   <si>
     <t>BLANKENSHIP DONALD</t>
   </si>
   <si>
     <t>39 CHARLES DR LOT 39</t>
   </si>
   <si>
     <t>15-02148-000</t>
   </si>
   <si>
     <t>KREISHER ROBERT</t>
   </si>
   <si>
     <t>N WALNUT ST</t>
@@ -970,425 +481,293 @@
   <si>
     <t>COREY JAMES W &amp;/OR ANNA - TRUSTEES COREY FAMILY TRUST</t>
   </si>
   <si>
     <t>206 W 22ND ST</t>
   </si>
   <si>
     <t>15-02627-000</t>
   </si>
   <si>
     <t>ALLAN PAMELA K</t>
   </si>
   <si>
     <t>404 E 4TH ST</t>
   </si>
   <si>
     <t>15-02646-001</t>
   </si>
   <si>
     <t>MCKAY DANIEL L</t>
   </si>
   <si>
     <t>MAIDEN LN</t>
   </si>
   <si>
-    <t>15-02687-000</t>
-[...7 lines deleted...]
-  <si>
     <t>15-02713-000</t>
   </si>
   <si>
     <t>CROSS ST REAR</t>
   </si>
   <si>
     <t>1502768</t>
   </si>
   <si>
     <t>DENBOW DOUGLAS</t>
   </si>
   <si>
     <t>30 CHARLES DR LOT 30</t>
   </si>
   <si>
     <t>15-02774-000</t>
   </si>
   <si>
     <t>IXCOY ERNESTO &amp; ALEJONDSA LOPEZ</t>
   </si>
   <si>
     <t>512 WASHINGTON ST</t>
   </si>
   <si>
     <t>15-02861-000</t>
   </si>
   <si>
     <t>IXCOY ERNESTO &amp; ALEJANDRA LOPEZ ERRERA</t>
   </si>
   <si>
     <t>308 RACE ST</t>
   </si>
   <si>
-    <t>15-02885-000</t>
-[...7 lines deleted...]
-  <si>
     <t>1502937</t>
   </si>
   <si>
     <t>MCCREERY CHRISTINA L</t>
   </si>
   <si>
     <t>94 SUSAN DR LOT 94</t>
   </si>
   <si>
     <t>15-03180-000</t>
   </si>
   <si>
     <t>503 N WALNUT ST</t>
   </si>
   <si>
-    <t>15-03238-000</t>
-[...7 lines deleted...]
-  <si>
     <t>15-03373-000</t>
   </si>
   <si>
     <t>DEVORE JON C</t>
   </si>
   <si>
     <t>116 N CROSS ST</t>
   </si>
   <si>
-    <t>15-03446-000</t>
-[...7 lines deleted...]
-  <si>
     <t>1503658</t>
   </si>
   <si>
     <t>AQUILA YESICA ROBLES</t>
   </si>
   <si>
     <t>48 CHARLES DR</t>
   </si>
   <si>
-    <t>15-03814-000</t>
-[...25 lines deleted...]
-  <si>
     <t>15-04265-000</t>
   </si>
   <si>
     <t>WALKER ELIZABETH EXECUTOR</t>
   </si>
   <si>
     <t>209 MILL ST</t>
   </si>
   <si>
     <t>15-04266-000</t>
   </si>
   <si>
     <t>SICA PASTOR TOMASA</t>
   </si>
   <si>
     <t>502 RIVER ST</t>
   </si>
   <si>
     <t>15-04341-000</t>
   </si>
   <si>
     <t>SUNSET LANE PROPERTIES LLC</t>
   </si>
   <si>
     <t>205 E 3RD ST</t>
   </si>
   <si>
-    <t>15-04497-000</t>
-[...13 lines deleted...]
-  <si>
     <t>15-04534-000</t>
   </si>
   <si>
     <t>MILBURN TYLER C</t>
   </si>
   <si>
     <t>418 E 7TH ST</t>
   </si>
   <si>
     <t>1504569</t>
   </si>
   <si>
     <t>GRIMWOOD CAROLINE</t>
   </si>
   <si>
     <t>33 CHARLES DR LOT 33</t>
   </si>
   <si>
     <t>15-04617-000</t>
   </si>
   <si>
     <t>KOHLER GASTON M</t>
   </si>
   <si>
     <t>221 E FRONT ST</t>
   </si>
   <si>
-    <t>15-04729-000</t>
-[...16 lines deleted...]
-  <si>
     <t>15-05080-000</t>
   </si>
   <si>
     <t>WASHINGTON PARRIS</t>
   </si>
   <si>
     <t>410 BROAD ST</t>
   </si>
   <si>
     <t>1505089</t>
   </si>
   <si>
     <t>WHITE DAVID &amp; EMILY</t>
   </si>
   <si>
     <t>102 CHARLES DR LOT 102</t>
   </si>
   <si>
     <t>1505127</t>
   </si>
   <si>
     <t>EMERY KEVIN</t>
   </si>
   <si>
     <t>72 SUSAN DR LOT 72</t>
   </si>
   <si>
     <t>15-05142-001</t>
   </si>
   <si>
     <t>E 15TH ST REAR</t>
   </si>
   <si>
-    <t>15-05281-000</t>
-[...7 lines deleted...]
-  <si>
     <t>1505425</t>
   </si>
   <si>
     <t>MCGILTON JOSEPH</t>
   </si>
   <si>
     <t>99 CHARLES DR LOT 99</t>
   </si>
   <si>
     <t>1505446</t>
   </si>
   <si>
     <t>SANCHEZ ANDRES</t>
   </si>
   <si>
     <t>108 SUSAN DR LOT 108</t>
   </si>
   <si>
-    <t>15-05531-000</t>
-[...7 lines deleted...]
-  <si>
     <t>1505562</t>
   </si>
   <si>
     <t>DALEY WENDY</t>
   </si>
   <si>
     <t>105 CHARLES DR LOT 105</t>
   </si>
   <si>
     <t>1505614</t>
   </si>
   <si>
     <t>EPPLEY KAILEY A</t>
   </si>
   <si>
     <t>83 SUSAN DR LOT 83</t>
   </si>
   <si>
     <t>15-05745-000</t>
   </si>
   <si>
     <t>REEVES REALTY ASSOCIATES -A PARTNERSHIP</t>
   </si>
   <si>
     <t>UNION AVE</t>
   </si>
   <si>
     <t>15-05790-000</t>
   </si>
   <si>
     <t>ARBOGAST GREGORY L &amp; JENNIE A</t>
   </si>
   <si>
     <t>E 10TH ST</t>
   </si>
   <si>
-    <t>15-05821-001</t>
-[...7 lines deleted...]
-  <si>
     <t>15-05845-000</t>
   </si>
   <si>
     <t>LARKIN RODNEY A</t>
   </si>
   <si>
     <t>108 LLOYD ST</t>
   </si>
   <si>
     <t>15-05896-001</t>
   </si>
   <si>
     <t>AMERICAN PREMIER UNDERWRITERS INC</t>
   </si>
   <si>
     <t>FRONT ST</t>
   </si>
   <si>
     <t>15-05898-000</t>
   </si>
   <si>
     <t>TUSCARAWAS &amp; BROADWAY AVE</t>
   </si>
   <si>
     <t>15-05931-000</t>
   </si>
   <si>
     <t>FRONT ST REAR</t>
   </si>
   <si>
     <t>15-05977-000</t>
   </si>
   <si>
     <t>LAMMERS ROBERT S</t>
   </si>
   <si>
-    <t>15-06005-172</t>
-[...7 lines deleted...]
-  <si>
     <t>1506075</t>
   </si>
   <si>
     <t>NEWSOME JOSEPH</t>
   </si>
   <si>
     <t>24 CHARLES DR</t>
   </si>
   <si>
     <t>15-06102-001</t>
   </si>
   <si>
     <t>WALDENMYER DEVELOPMENTS LLC</t>
   </si>
   <si>
     <t>SCHNEIDERS CROSSING RD</t>
   </si>
   <si>
     <t>1506237</t>
   </si>
   <si>
     <t>SMITH CODY M</t>
   </si>
   <si>
     <t>169 JEREMY DR LOT 169</t>
@@ -1417,129 +796,84 @@
   <si>
     <t>TEDRICK SANDRA K &amp; LAURA K DAY</t>
   </si>
   <si>
     <t>145 CHARLES DR LOT 145</t>
   </si>
   <si>
     <t>1507899</t>
   </si>
   <si>
     <t>EMERY ALMEDA</t>
   </si>
   <si>
     <t>157 JEREMY DR LOT 157</t>
   </si>
   <si>
     <t>1508620</t>
   </si>
   <si>
     <t>GRIMWOOD ROBERT E</t>
   </si>
   <si>
     <t>34 CHARLES DR</t>
   </si>
   <si>
-    <t>21-00085-000</t>
-[...7 lines deleted...]
-  <si>
     <t>21-00106-002</t>
   </si>
   <si>
     <t>ESTEP DEBRA &amp; DEBRA JUNE ADKINS</t>
   </si>
   <si>
     <t>NW NORTH AMERICAN RD</t>
   </si>
   <si>
     <t>2108206</t>
   </si>
   <si>
     <t>MCCARTY JEFFREY G</t>
   </si>
   <si>
     <t>6535 NW STATE ROUTE 516</t>
   </si>
   <si>
     <t>2804962</t>
   </si>
   <si>
     <t>BARR REX</t>
   </si>
   <si>
     <t>1765 ROXFORD ST</t>
   </si>
   <si>
     <t>5300611</t>
   </si>
   <si>
     <t>SIMS SHELVA J</t>
   </si>
   <si>
     <t>4599 NE STATE ROUTE 800</t>
-  </si>
-[...34 lines deleted...]
-    <t>6799 NW WINKLEPLECK RD</t>
   </si>
   <si>
     <t>6902919</t>
   </si>
   <si>
     <t>NEWMAN ZONIA</t>
   </si>
   <si>
     <t>6906 NW WINKLEPLECK RD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1558,3520 +892,2000 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F172" headerRowCount="1">
-  <autoFilter ref="A1:F172"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F96" headerRowCount="1">
+  <autoFilter ref="A1:F96"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4291&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4526&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4602&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4644&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4840&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4932&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4933&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4974&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5021&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5069&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5191&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5218&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5250&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5378&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5461&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5522&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5620&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5631&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5787&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5807&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5810&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5823&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5929&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5972&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6093&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6110&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6186&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6194&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6245&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6333&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6461&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6473&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6474&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6501&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6657&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6675&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6707&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6768&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6769&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6773&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6837&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6906&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6917&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7039&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7173&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7197&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7201&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8230&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8309&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8391&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71687&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8784&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8790&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8869&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8919&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9292&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9363&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9443&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9744&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9929&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10352&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10379&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10420&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10891&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10946&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11499&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11515&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11721&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11947&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12120&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71837&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12202&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12351&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12390&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12703&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71854&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12859&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71869&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13120&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13316&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70310&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13465&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13526&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13600&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13687&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13897&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71888&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71923&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71945&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76220&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=17468&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63692&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63695&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75320&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4514&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4613&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4644&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4767&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4985&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5021&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5067&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5342&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5378&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5608&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=5807&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74599&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6194&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69659&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6472&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6473&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6474&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6768&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=6769&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7039&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7197&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7201&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7960&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8125&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8391&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8869&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=8919&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9292&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9443&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9491&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9680&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9689&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9691&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=9929&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10352&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10359&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10379&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71808&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=10891&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=11947&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12120&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71837&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12202&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12703&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71854&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=12740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71869&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71870&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13316&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13465&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13524&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13526&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13600&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=13687&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69539&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71888&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71923&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75433&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71945&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76220&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75320&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F172"/>
+  <dimension ref="A1:F96"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="57.108367919921875" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
-    <col min="4" max="4" width="35.48998260498047" customWidth="1"/>
+    <col min="4" max="4" width="30.857542037963867" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>0.08</v>
+        <v>631.13</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>631.13</v>
+        <v>761.19</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>62.5</v>
+        <v>11.66</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>77.66</v>
+        <v>2397.14</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>761.19</v>
+        <v>62.5</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>11.66</v>
+        <v>62.5</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>2397.14</v>
+        <v>62.5</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>3.39</v>
+        <v>2555.65</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>0.43</v>
+        <v>12095.31</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>1282.45</v>
+        <v>3799.82</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="2">
-        <v>100.92</v>
+        <v>584.91</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="C13" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" s="2">
-        <v>62.5</v>
+        <v>4038.07</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="2">
-        <v>62.5</v>
+        <v>1782.56</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="C15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="2">
-        <v>62.5</v>
+        <v>16.25</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="B16" s="0" t="s">
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="2">
-        <v>62.5</v>
+        <v>0.05</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="C17" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="C17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="2">
-        <v>62.5</v>
+        <v>6.51</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="B18" s="0" t="s">
+      <c r="C18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C18" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E18" s="2">
-        <v>62.5</v>
+        <v>2662.67</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="B19" s="0" t="s">
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="C19" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" s="2">
-        <v>62.5</v>
+        <v>517.32</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="B20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="E20" s="2">
-        <v>0.12</v>
+        <v>60.39</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" s="2">
-        <v>1656.05</v>
+        <v>4728.21</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E22" s="2">
-        <v>62.5</v>
+        <v>3913.47</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="E23" s="2">
-        <v>62.5</v>
+        <v>3638.55</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="E24" s="2">
-        <v>2555.65</v>
+        <v>3720.21</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>78</v>
+        <v>16</v>
       </c>
       <c r="E25" s="2">
-        <v>12095.31</v>
+        <v>64.19</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E26" s="2">
-        <v>3799.82</v>
+        <v>0.01</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B27" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="2">
-        <v>584.91</v>
+        <v>1377.42</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="E28" s="2">
-        <v>4038.07</v>
+        <v>5588.8</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="E29" s="2">
-        <v>62.5</v>
+        <v>1216.17</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="E30" s="2">
-        <v>1782.56</v>
+        <v>10.09</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="E31" s="2">
-        <v>62.5</v>
+        <v>3.6</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="E32" s="2">
-        <v>16.25</v>
+        <v>13942.71</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="E33" s="2">
-        <v>62.5</v>
+        <v>1503.82</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="E34" s="2">
-        <v>312.71</v>
+        <v>1968.9</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="E35" s="2">
-        <v>250.11</v>
+        <v>2502.66</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="E36" s="2">
-        <v>62.5</v>
+        <v>897.9</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="E37" s="2">
-        <v>0.05</v>
+        <v>430.32</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="E38" s="2">
-        <v>62.5</v>
+        <v>1594.06</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="E39" s="2">
-        <v>0.57</v>
+        <v>3135.25</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="E40" s="2">
-        <v>1437.13</v>
+        <v>23.84</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="E41" s="2">
-        <v>0.01</v>
+        <v>5235.64</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="E42" s="2">
-        <v>3704.02</v>
+        <v>8.34</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="E43" s="2">
-        <v>1849.53</v>
+        <v>912.01</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="E44" s="2">
-        <v>6.51</v>
+        <v>2605.14</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="E45" s="2">
-        <v>2662.67</v>
+        <v>376.86</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="E46" s="2">
-        <v>62.5</v>
+        <v>1455.79</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="E47" s="2">
-        <v>0.68</v>
+        <v>1128.28</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="E48" s="2">
-        <v>62.5</v>
+        <v>868.18</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="E49" s="2">
-        <v>0.25</v>
+        <v>381.39</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="E50" s="2">
-        <v>517.32</v>
+        <v>12018.46</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>33</v>
+        <v>147</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="E51" s="2">
-        <v>0.25</v>
+        <v>170.55</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>33</v>
+        <v>150</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="E52" s="2">
-        <v>0.18</v>
+        <v>568.35</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="E53" s="2">
-        <v>802.55</v>
+        <v>1563.51</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>97</v>
+        <v>157</v>
       </c>
       <c r="E54" s="2">
-        <v>60.39</v>
+        <v>1473.44</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>161</v>
+        <v>120</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="E55" s="2">
-        <v>4728.21</v>
+        <v>135.03</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="E56" s="2">
-        <v>62.5</v>
+        <v>728.83</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="E57" s="2">
-        <v>3913.47</v>
+        <v>94.94</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E58" s="2">
-        <v>3638.55</v>
+        <v>897.84</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B59" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E59" s="2">
-        <v>3720.21</v>
+        <v>65.03</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>175</v>
+        <v>105</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="E60" s="2">
-        <v>969.47</v>
+        <v>1393.18</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="E61" s="2">
-        <v>62.5</v>
+        <v>652.03</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>25</v>
+        <v>179</v>
       </c>
       <c r="E62" s="2">
-        <v>64.19</v>
+        <v>141.17</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="B63" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E63" s="2">
-        <v>62.5</v>
+        <v>1723.2</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="B64" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E64" s="2">
-        <v>62.5</v>
+        <v>71.5</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="B65" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E65" s="2">
-        <v>2.4</v>
+        <v>2022.66</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E66" s="2">
-        <v>0.01</v>
+        <v>1945.2</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="B67" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E67" s="2">
-        <v>0.18</v>
+        <v>4397.44</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="B68" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E68" s="2">
-        <v>1377.42</v>
+        <v>1326.02</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="B69" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E69" s="2">
-        <v>5588.8</v>
+        <v>348.31</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="C70" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E70" s="2">
-        <v>62.5</v>
+        <v>227.31</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="C71" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E71" s="2">
-        <v>62.5</v>
+        <v>1042.84</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="B72" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E72" s="2">
-        <v>62.5</v>
+        <v>0.05</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E73" s="2">
-        <v>0.45</v>
+        <v>412.64</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="B74" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E74" s="2">
-        <v>1216.17</v>
+        <v>9.73</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B75" s="0" t="s">
+      <c r="C75" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="C75" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E75" s="2">
-        <v>2172.62</v>
+        <v>464.47</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="B76" s="0" t="s">
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="C76" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E76" s="2">
-        <v>10.09</v>
+        <v>873.65</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>221</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>190</v>
+        <v>223</v>
       </c>
       <c r="E77" s="2">
-        <v>3.6</v>
+        <v>10.52</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E78" s="2">
-        <v>13942.71</v>
+        <v>22.89</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E79" s="2">
-        <v>2728.5</v>
+        <v>809.83</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="E80" s="2">
-        <v>1968.9</v>
+        <v>435.55</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="B81" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E81" s="2">
-        <v>2502.66</v>
+        <v>1553.94</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>235</v>
+        <v>117</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>236</v>
       </c>
       <c r="E82" s="2">
-        <v>897.9</v>
+        <v>722.98</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>239</v>
+        <v>47</v>
       </c>
       <c r="E83" s="2">
-        <v>413.06</v>
+        <v>138.91</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="B84" s="0" t="s">
+      <c r="C84" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>241</v>
       </c>
-      <c r="C84" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" s="2">
-        <v>38.29</v>
+        <v>352.72</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="C85" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="C85" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E85" s="2">
-        <v>1230.46</v>
+        <v>53.47</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="B86" s="0" t="s">
+      <c r="C86" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C86" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E86" s="2">
-        <v>430.32</v>
+        <v>139.73</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="B87" s="0" t="s">
+      <c r="C87" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="C87" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E87" s="2">
-        <v>1594.06</v>
+        <v>644.31</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="B88" s="0" t="s">
+      <c r="C88" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="C88" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="2">
-        <v>6135.96</v>
+        <v>171.1</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="B89" s="0" t="s">
+      <c r="C89" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D89" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C89" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E89" s="2">
-        <v>3135.25</v>
+        <v>137.14</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="B90" s="0" t="s">
+      <c r="C90" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D90" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="C90" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E90" s="2">
-        <v>676.47</v>
+        <v>555.07</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="B91" s="0" t="s">
+      <c r="C91" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="C91" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E91" s="2">
-        <v>9.3</v>
+        <v>2350.81</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="B92" s="0" t="s">
+      <c r="C92" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="C92" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E92" s="2">
-        <v>0.01</v>
+        <v>87.66</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="B93" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="B93" s="0" t="s">
+      <c r="C93" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="C93" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E93" s="2">
-        <v>323.64</v>
+        <v>971.08</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="B94" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="B94" s="0" t="s">
+      <c r="C94" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="C94" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E94" s="2">
-        <v>23.84</v>
+        <v>1727.19</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="B95" s="0" t="s">
+      <c r="C95" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="C95" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E95" s="2">
-        <v>5235.64</v>
+        <v>215.19</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="B96" s="0" t="s">
+      <c r="C96" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="C96" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E96" s="2">
-        <v>8.34</v>
+        <v>187.1</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>10</v>
-[...1518 lines deleted...]
-      <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -5128,108 +2942,32 @@
     <hyperlink ref="F72" r:id="rId72"/>
     <hyperlink ref="F73" r:id="rId73"/>
     <hyperlink ref="F74" r:id="rId74"/>
     <hyperlink ref="F75" r:id="rId75"/>
     <hyperlink ref="F76" r:id="rId76"/>
     <hyperlink ref="F77" r:id="rId77"/>
     <hyperlink ref="F78" r:id="rId78"/>
     <hyperlink ref="F79" r:id="rId79"/>
     <hyperlink ref="F80" r:id="rId80"/>
     <hyperlink ref="F81" r:id="rId81"/>
     <hyperlink ref="F82" r:id="rId82"/>
     <hyperlink ref="F83" r:id="rId83"/>
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
     <hyperlink ref="F86" r:id="rId86"/>
     <hyperlink ref="F87" r:id="rId87"/>
     <hyperlink ref="F88" r:id="rId88"/>
     <hyperlink ref="F89" r:id="rId89"/>
     <hyperlink ref="F90" r:id="rId90"/>
     <hyperlink ref="F91" r:id="rId91"/>
     <hyperlink ref="F92" r:id="rId92"/>
     <hyperlink ref="F93" r:id="rId93"/>
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
-    <hyperlink ref="F97" r:id="rId97"/>
-[...74 lines deleted...]
-    <hyperlink ref="F172" r:id="rId172"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>