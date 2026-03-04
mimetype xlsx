--- v0 (2026-01-07)
+++ v1 (2026-03-04)
@@ -5,839 +5,533 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="269">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="167">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>01-00008-000</t>
   </si>
   <si>
     <t>GADFIELD ROBERT FORREST</t>
   </si>
   <si>
     <t>GARAWAY SD</t>
   </si>
   <si>
     <t>2046 SW RAGERSVILLE RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>01-00132-000</t>
-[...16 lines deleted...]
-  <si>
     <t>01-00238-002</t>
   </si>
   <si>
     <t>SCHLABACH DWIGHT A &amp; DEBRA J</t>
   </si>
   <si>
     <t>HILLTOP RD</t>
   </si>
   <si>
-    <t>01-00418-006</t>
-[...16 lines deleted...]
-  <si>
     <t>01-01239-000</t>
   </si>
   <si>
     <t>HESS OHIO DEVELOPMENTS LLC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>0102218</t>
   </si>
   <si>
     <t>ADKINS DWAYNE</t>
   </si>
   <si>
     <t>2096 SW RAGERSVILLE RD</t>
   </si>
   <si>
     <t>0104864</t>
   </si>
   <si>
     <t>KLINTWORTH MICHAEL</t>
   </si>
   <si>
     <t>8908 SW CROOKED RUN RD</t>
   </si>
   <si>
     <t>0105648</t>
   </si>
   <si>
     <t>WATKINS JAMES</t>
   </si>
   <si>
     <t>8926 SW CROOKED RUN RD</t>
   </si>
   <si>
-    <t>03-00080-000</t>
-[...7 lines deleted...]
-  <si>
     <t>03-00163-001</t>
   </si>
   <si>
     <t>LANG LILIAN M</t>
   </si>
   <si>
-    <t>03-00254-011</t>
-[...34 lines deleted...]
-  <si>
     <t>03-00963-000</t>
   </si>
   <si>
     <t>0302837</t>
   </si>
   <si>
     <t>CREACHBAUM RICHARD RAY</t>
   </si>
   <si>
     <t>12463 SW GUNTHER MILLER RD</t>
   </si>
   <si>
     <t>0304936</t>
   </si>
   <si>
     <t>SWEGHEIMER DONALD JR &amp; CATHY</t>
   </si>
   <si>
     <t>12224 RAGERSVILLE RD</t>
   </si>
   <si>
     <t>0308431</t>
   </si>
   <si>
     <t>REIDENBACH REBECCA M</t>
   </si>
   <si>
     <t>SW FIAT RD</t>
   </si>
   <si>
-    <t>06-00015-000</t>
-[...22 lines deleted...]
-  <si>
     <t>06-00166-000</t>
   </si>
   <si>
     <t>YODER MARVIN R &amp; EDNA R</t>
   </si>
   <si>
     <t>205 MILL ST</t>
   </si>
   <si>
     <t>06-00385-000</t>
   </si>
   <si>
     <t>KAUFMAN JOHN W &amp; SARABETH ROSE</t>
   </si>
   <si>
     <t>104 SUNSET DR</t>
   </si>
   <si>
     <t>0606526</t>
   </si>
   <si>
     <t>DARBY MICHAEL K</t>
   </si>
   <si>
     <t>305 MAPLE ST</t>
   </si>
   <si>
+    <t>11-00010-001</t>
+  </si>
+  <si>
+    <t>HANSEL KEVIN LOUIS</t>
+  </si>
+  <si>
+    <t>NW SCHILLING HILL RD</t>
+  </si>
+  <si>
     <t>11-00064-000</t>
   </si>
   <si>
     <t>FORKUM MELODY ANN</t>
   </si>
   <si>
     <t>5630 NW SCHILLING HILL RD</t>
   </si>
   <si>
     <t>1102182</t>
   </si>
   <si>
     <t>HUGHES PENNY L</t>
   </si>
   <si>
     <t>5431 NW SCHILLING HILL RD</t>
   </si>
   <si>
     <t>1102473</t>
   </si>
   <si>
     <t>FORKUM MELODY A</t>
   </si>
   <si>
     <t>1106878</t>
   </si>
   <si>
     <t>HUGHES RONALD JR &amp; PENNY</t>
   </si>
   <si>
     <t>5450 NW SCHILLING HILL RD</t>
   </si>
   <si>
+    <t>1508537</t>
+  </si>
+  <si>
+    <t>EATON ZERIKA</t>
+  </si>
+  <si>
+    <t>150 TIMOTHY DR LOT 150</t>
+  </si>
+  <si>
     <t>2002851</t>
   </si>
   <si>
     <t>THOMAS RANDOL W</t>
   </si>
   <si>
     <t>9210 STATE ROUTE 93</t>
   </si>
   <si>
     <t>56-00142-000</t>
   </si>
   <si>
     <t>GEX HARDY INC</t>
   </si>
   <si>
     <t>NW OAK RIDGE RD REAR</t>
   </si>
   <si>
-    <t>56-00204-001</t>
-[...2 lines deleted...]
-    <t>TRAILWAY INVESTMENTS, LLC</t>
+    <t>56-00229-007</t>
+  </si>
+  <si>
+    <t>RIDGETOP CAPITAL IV LP</t>
+  </si>
+  <si>
+    <t>NW WINKLEPLECK RD</t>
+  </si>
+  <si>
+    <t>56-00359-016</t>
+  </si>
+  <si>
+    <t>GROSS STEVEN P &amp; MECHELL A</t>
+  </si>
+  <si>
+    <t>3491 NW HOPE SPRINGS DR</t>
+  </si>
+  <si>
+    <t>56-00361-001</t>
+  </si>
+  <si>
+    <t>MILLER-HOPE DEVELOPMENT LLC</t>
   </si>
   <si>
     <t>NW GOLF COURSE RD</t>
   </si>
   <si>
-    <t>56-00212-009</t>
-[...67 lines deleted...]
-  <si>
     <t>56-00385-001</t>
   </si>
   <si>
     <t>56-00389-001</t>
   </si>
   <si>
-    <t>56-00395-000</t>
-[...7 lines deleted...]
-  <si>
     <t>56-00461-002</t>
   </si>
   <si>
     <t>ANGEL RUSSELL A</t>
   </si>
   <si>
     <t>NW ANGEL RD</t>
   </si>
   <si>
     <t>56-00544-002</t>
   </si>
   <si>
     <t>TROYER MOSE P &amp; FREIDA A</t>
   </si>
   <si>
     <t>OAK RIDGE RD</t>
   </si>
   <si>
-    <t>56-00628-000</t>
-[...7 lines deleted...]
-  <si>
     <t>56-00692-000</t>
   </si>
   <si>
     <t>WRIGHT LORI ANN</t>
   </si>
   <si>
     <t>2967 NW BROAD RUN DAIRY RD</t>
   </si>
   <si>
     <t>56-00760-003</t>
   </si>
   <si>
     <t>56-00762-000</t>
   </si>
   <si>
     <t>KOHLER JENNIFER M &amp; SCOTT KOHLER</t>
   </si>
   <si>
     <t>6084 NW SCHILLING HILL RD</t>
   </si>
   <si>
     <t>56-01024-000</t>
   </si>
   <si>
     <t>MILLER MINING INC</t>
   </si>
   <si>
-    <t>56-01026-000</t>
-[...35 lines deleted...]
-    <t>MILLER ANDREW E &amp; ROSIE H</t>
+    <t>56-01422-026</t>
+  </si>
+  <si>
+    <t>FABYNICK JASON &amp; LENA K</t>
+  </si>
+  <si>
+    <t>1040 NW SHUTT VALLEY RD</t>
+  </si>
+  <si>
+    <t>56-01637-000</t>
+  </si>
+  <si>
+    <t>UNKNOWN OWNERS</t>
+  </si>
+  <si>
+    <t>5605463</t>
+  </si>
+  <si>
+    <t>5608026</t>
+  </si>
+  <si>
+    <t>LEISHMAN KAREN S</t>
+  </si>
+  <si>
+    <t>2187 NW BROAD RUN DAIRY RD</t>
+  </si>
+  <si>
+    <t>5800067</t>
+  </si>
+  <si>
+    <t>STEVANUS RENO</t>
+  </si>
+  <si>
+    <t>519 NW PLEASANT VALLEY RD</t>
+  </si>
+  <si>
+    <t>58-00086-000</t>
+  </si>
+  <si>
+    <t>LAKE CREST PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>248 N BROADWAY ST</t>
+  </si>
+  <si>
+    <t>58-00432-000</t>
+  </si>
+  <si>
+    <t>BOWLING VELDA</t>
+  </si>
+  <si>
+    <t>140 NW MILL ST</t>
+  </si>
+  <si>
+    <t>58-00861-000</t>
+  </si>
+  <si>
+    <t>MAST JALEN L &amp; JACQUELYN R MILLER</t>
+  </si>
+  <si>
+    <t>SW MILL ST</t>
+  </si>
+  <si>
+    <t>58-01102-001</t>
+  </si>
+  <si>
+    <t>TAB LAND VENTURES LLC</t>
+  </si>
+  <si>
+    <t>730 BOSTON ST SW</t>
+  </si>
+  <si>
+    <t>68-00006-002</t>
+  </si>
+  <si>
+    <t>TROYER JOSEPH R &amp; SARA</t>
+  </si>
+  <si>
+    <t>68-00086-000</t>
+  </si>
+  <si>
+    <t>YOUNGBLOOD VICKI S</t>
+  </si>
+  <si>
+    <t>6738 NW STATE ROUTE 93</t>
+  </si>
+  <si>
+    <t>68-00087-000</t>
   </si>
   <si>
     <t>NW STATE ROUTE 93</t>
   </si>
   <si>
-    <t>56-01422-026</t>
-[...133 lines deleted...]
-  <si>
     <t>68-00118-013</t>
   </si>
   <si>
     <t>POPE TIMOTHY W</t>
   </si>
   <si>
     <t>7801 NW DUNDEE WILMOT RD</t>
   </si>
   <si>
-    <t>68-00124-002</t>
-[...7 lines deleted...]
-  <si>
     <t>68-00179-000</t>
   </si>
   <si>
     <t>ROBINSON JOSHUA J</t>
   </si>
   <si>
     <t>6963 NW STATE ROUTE 93</t>
   </si>
   <si>
     <t>68-00181-000</t>
   </si>
   <si>
     <t>THOMAS ROCKY &amp; VICKIE</t>
   </si>
   <si>
     <t>7103 BUD ST NW</t>
   </si>
   <si>
-    <t>68-00243-000</t>
-[...16 lines deleted...]
-  <si>
     <t>68-00345-000</t>
   </si>
   <si>
     <t>U S SILICA COMPANY</t>
   </si>
   <si>
     <t>NW KAYLOR DR</t>
   </si>
   <si>
     <t>68-00371-000</t>
   </si>
   <si>
     <t>OWENS JOE J</t>
   </si>
   <si>
     <t>6690 NW STATE ROUTE 93</t>
   </si>
   <si>
-    <t>68-00381-000</t>
-[...7 lines deleted...]
-  <si>
     <t>6800463</t>
   </si>
   <si>
     <t>YODER ROY A &amp; BRENDA L</t>
   </si>
   <si>
     <t>9831 NW HARDY DR</t>
   </si>
   <si>
     <t>68-00580-004</t>
   </si>
   <si>
     <t>YODER ROY &amp; BRENDA</t>
   </si>
   <si>
-    <t>68-00593-002</t>
-[...7 lines deleted...]
-  <si>
     <t>68-00600-000</t>
   </si>
   <si>
     <t>WESELEK ERWIN &amp; ERMA</t>
   </si>
   <si>
     <t>6800609</t>
   </si>
   <si>
     <t>SCHLABACH ALLEN A</t>
   </si>
   <si>
     <t>8045 NW STATE ROUTE 516</t>
   </si>
   <si>
     <t>68-00759-000</t>
   </si>
   <si>
     <t>LAWSON MORGAN D</t>
   </si>
   <si>
     <t>8846 NW STATE ROUTE 93</t>
   </si>
   <si>
-    <t>68-00829-013</t>
-[...7 lines deleted...]
-  <si>
     <t>6800846</t>
   </si>
   <si>
     <t>GRAVIS WILLIAM E &amp; VIOLET</t>
   </si>
   <si>
     <t>8030 NW CHESTNUT RIDGE RD</t>
   </si>
   <si>
     <t>68-00855-000</t>
   </si>
   <si>
     <t>YODER ROBERT LEE</t>
   </si>
   <si>
     <t>NW CHESTNUT RIDGE RD</t>
-  </si>
-[...10 lines deleted...]
-    <t>10551 NW PLEASANT HILL RD</t>
   </si>
   <si>
     <t>68-01499-000</t>
   </si>
   <si>
     <t>BATES LEW &amp; COLLEEN M</t>
   </si>
   <si>
     <t>68-01516-000</t>
   </si>
   <si>
     <t>LEW &amp; COLLEEN M BATES</t>
   </si>
   <si>
     <t>6803065</t>
   </si>
   <si>
     <t>RABER JONAS J</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -865,79 +559,79 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F97" headerRowCount="1">
-  <autoFilter ref="A1:F97"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F61" headerRowCount="1">
+  <autoFilter ref="A1:F61"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=106&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=224&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69762&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78147&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=690&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66376&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71850&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=1155&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=1264&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=1361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=1371&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=1545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=1600&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76031&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2084&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2085&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=76779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53318&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53327&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53494&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69986&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68546&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78366&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53825&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53971&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53973&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=79382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54037&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54082&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54253&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54269&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54334&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54341&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54639&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=55168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=55438&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=55640&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62198&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62263&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62345&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62347&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62406&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62421&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62527&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62557&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69991&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75217&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63036&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70839&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75222&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63518&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63648&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63665&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75262&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69762&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66376&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71288&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71850&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71308&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=1264&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66429&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75846&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76031&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71592&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71597&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53494&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68546&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78366&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53852&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53971&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54269&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54510&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54639&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=54961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=55438&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=55640&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69302&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62263&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62345&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62347&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62527&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62915&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75217&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63036&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75222&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63648&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63665&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75262&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F97"/>
+  <dimension ref="A1:F61"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-    <col min="2" max="2" width="88.92466735839844" customWidth="1"/>
+    <col min="2" max="2" width="35.2649040222168" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
-    <col min="4" max="4" width="35.47872543334961" customWidth="1"/>
+    <col min="4" max="4" width="29.684083938598633" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
@@ -952,1933 +646,1213 @@
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
         <v>969.85</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>62.5</v>
+        <v>358.21</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>62.5</v>
+        <v>2823.41</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>358.21</v>
+        <v>207.17</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>62.5</v>
+        <v>1284.02</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>0.04</v>
+        <v>3.98</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="E8" s="2">
-        <v>2823.41</v>
+        <v>662.71</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="E9" s="2">
-        <v>207.17</v>
+        <v>820.14</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E10" s="2">
-        <v>1284.02</v>
+        <v>750.36</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E11" s="2">
-        <v>3.98</v>
+        <v>1217.87</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E12" s="2">
-        <v>0.45</v>
+        <v>738.13</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="E13" s="2">
-        <v>662.71</v>
+        <v>0.06</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="B14" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E14" s="2">
-        <v>62.5</v>
+        <v>2236.42</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="B15" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E15" s="2">
-        <v>62.5</v>
+        <v>9.97</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="B16" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E16" s="2">
-        <v>62.5</v>
+        <v>139.83</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E17" s="2">
-        <v>0.07</v>
+        <v>270.96</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E18" s="2">
-        <v>820.14</v>
+        <v>1683.72</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E19" s="2">
-        <v>750.36</v>
+        <v>321.04</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="C20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="2">
-        <v>1217.87</v>
+        <v>88.6</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B21" s="0" t="s">
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="2">
-        <v>738.13</v>
+        <v>101.76</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="2">
-        <v>1.99</v>
+        <v>121.45</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E23" s="2">
-        <v>8.83</v>
+        <v>3022.11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="2">
-        <v>23</v>
+        <v>459.19</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="2">
-        <v>0.06</v>
+        <v>5885.09</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="2">
-        <v>2236.42</v>
+        <v>2.03</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="E27" s="2">
-        <v>9.97</v>
+        <v>231.5</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="E28" s="2">
-        <v>270.96</v>
+        <v>17.57</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="E29" s="2">
-        <v>1683.72</v>
+        <v>1805.74</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E30" s="2">
-        <v>321.04</v>
+        <v>0.14</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E31" s="2">
-        <v>362.87</v>
+        <v>36.59</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>95</v>
+        <v>72</v>
       </c>
       <c r="E32" s="2">
-        <v>121.45</v>
+        <v>12.21</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="E33" s="2">
-        <v>3022.11</v>
+        <v>1266.16</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>101</v>
+        <v>16</v>
       </c>
       <c r="E34" s="2">
-        <v>0.27</v>
+        <v>7.62</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="E35" s="2">
-        <v>62.5</v>
+        <v>2918.82</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="E36" s="2">
-        <v>0.03</v>
+        <v>215.67</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>109</v>
+        <v>88</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>110</v>
+        <v>89</v>
       </c>
       <c r="E37" s="2">
-        <v>459.19</v>
+        <v>25.17</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="E38" s="2">
-        <v>0.04</v>
+        <v>428.24</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="E39" s="2">
-        <v>2.26</v>
+        <v>20.33</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="E40" s="2">
-        <v>5885.09</v>
+        <v>1412.11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="E41" s="2">
-        <v>2.03</v>
+        <v>1847.04</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="E42" s="2">
-        <v>286.65</v>
+        <v>1045.41</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="E43" s="2">
-        <v>231.5</v>
+        <v>4144.66</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="E44" s="2">
-        <v>17.57</v>
+        <v>0.57</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="E45" s="2">
-        <v>0.12</v>
+        <v>56.67</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="E46" s="2">
-        <v>1805.74</v>
+        <v>0.92</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="E47" s="2">
-        <v>0.14</v>
+        <v>150.96</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="E48" s="2">
-        <v>0.12</v>
+        <v>62.5</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="E49" s="2">
-        <v>36.59</v>
+        <v>401.65</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>109</v>
+        <v>137</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>110</v>
+        <v>138</v>
       </c>
       <c r="E50" s="2">
-        <v>12.21</v>
+        <v>3576.91</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="E51" s="2">
-        <v>1666.16</v>
+        <v>1597.44</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>28</v>
+        <v>144</v>
       </c>
       <c r="E52" s="2">
-        <v>7.62</v>
+        <v>1033.72</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="E53" s="2">
-        <v>0.01</v>
+        <v>1392.54</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>153</v>
+        <v>72</v>
       </c>
       <c r="E54" s="2">
-        <v>96.09</v>
+        <v>8547.94</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="E55" s="2">
-        <v>2.26</v>
+        <v>207.12</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E56" s="2">
-        <v>0.02</v>
+        <v>1179.54</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="E57" s="2">
-        <v>1.07</v>
+        <v>416.71</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="E58" s="2">
-        <v>2918.82</v>
+        <v>1098.82</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>167</v>
+        <v>16</v>
       </c>
       <c r="E59" s="2">
-        <v>62.5</v>
+        <v>15.86</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>170</v>
+        <v>16</v>
       </c>
       <c r="E60" s="2">
-        <v>62.5</v>
+        <v>24.47</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="E61" s="2">
-        <v>215.67</v>
+        <v>143.79</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>10</v>
-[...718 lines deleted...]
-      <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2900,68 +1874,32 @@
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
     <hyperlink ref="F56" r:id="rId56"/>
     <hyperlink ref="F57" r:id="rId57"/>
     <hyperlink ref="F58" r:id="rId58"/>
     <hyperlink ref="F59" r:id="rId59"/>
     <hyperlink ref="F60" r:id="rId60"/>
     <hyperlink ref="F61" r:id="rId61"/>
-    <hyperlink ref="F62" r:id="rId62"/>
-[...34 lines deleted...]
-    <hyperlink ref="F97" r:id="rId97"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>