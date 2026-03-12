--- v0 (2026-01-07)
+++ v1 (2026-03-12)
@@ -5,355 +5,223 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1400" uniqueCount="1400">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="942" uniqueCount="942">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>07-00014-000</t>
   </si>
   <si>
     <t>SAXER MAGGIE E &amp; KAITLYN</t>
   </si>
   <si>
     <t>INDIAN VALLEY SD</t>
   </si>
   <si>
     <t>STATE ROUTE 36</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>07-00044-000</t>
   </si>
   <si>
     <t>BRINDLEY KRAIG</t>
   </si>
   <si>
     <t>LOCK SEVENTEEN RD</t>
   </si>
   <si>
-    <t>07-00045-000</t>
-[...7 lines deleted...]
-  <si>
     <t>0700212</t>
   </si>
   <si>
     <t>SMITH MICHAEL</t>
   </si>
   <si>
     <t>10958 SE GILMORE RD</t>
   </si>
   <si>
-    <t>07-00212-007</t>
-[...25 lines deleted...]
-  <si>
     <t>07-00241-000</t>
   </si>
   <si>
     <t>GREEN CORI</t>
   </si>
   <si>
     <t>8812 SE GILMORE RD</t>
   </si>
   <si>
-    <t>07-00249-000</t>
-[...25 lines deleted...]
-  <si>
     <t>07-00278-000</t>
   </si>
   <si>
     <t>RODRIQUEZ CLAUDIA L</t>
   </si>
   <si>
     <t>9263 SE GILMORE RD</t>
   </si>
   <si>
     <t>07-00316-000</t>
   </si>
   <si>
     <t>LAWSON REALTY COMPANY</t>
   </si>
   <si>
     <t>ECHO RD</t>
   </si>
   <si>
-    <t>07-00323-000</t>
-[...25 lines deleted...]
-  <si>
     <t>07-00405-000</t>
   </si>
   <si>
     <t>ROBINSON DANIEL LEE</t>
   </si>
   <si>
     <t>11992 SE GILMORE RD</t>
   </si>
   <si>
     <t>07-00537-004</t>
   </si>
   <si>
     <t>OPPHILE MICHAEL D</t>
   </si>
   <si>
     <t>10565 SE WILLIAMS RD</t>
   </si>
   <si>
     <t>07-00541-000</t>
   </si>
   <si>
     <t>WILSON KENNETH</t>
   </si>
   <si>
     <t>658 SE RIVER RD</t>
   </si>
   <si>
     <t>07-00753-002</t>
   </si>
   <si>
     <t>WILSON KENNETH V</t>
   </si>
   <si>
     <t>RIVER RD</t>
   </si>
   <si>
     <t>0700776</t>
   </si>
   <si>
-    <t>07-01158-000</t>
-[...16 lines deleted...]
-  <si>
     <t>07-01324-000</t>
   </si>
   <si>
     <t>CROUSE NORMAN H &amp; SARAH L</t>
   </si>
   <si>
     <t>07-01326-000</t>
   </si>
   <si>
     <t>DUMBAULD PERYL K</t>
   </si>
   <si>
     <t>N WALNUT ST</t>
   </si>
   <si>
     <t>07-01346-000</t>
   </si>
   <si>
     <t>WILSON THOMAS &amp; SAMANTHA</t>
   </si>
   <si>
     <t>07-01347-000</t>
   </si>
   <si>
     <t>SEDARES GEORGE</t>
   </si>
   <si>
     <t>07-01384-001</t>
   </si>
   <si>
     <t>GAMMETER TODD B &amp; CARRIE J</t>
   </si>
   <si>
     <t>SE RIVER HILL RD</t>
   </si>
   <si>
-    <t>07-01391-004</t>
-[...7 lines deleted...]
-  <si>
     <t>07-01442-003</t>
   </si>
   <si>
     <t>VICKERS DONALD &amp; MARCI</t>
   </si>
   <si>
     <t>SW KINSEY VALLEY RD</t>
   </si>
   <si>
-    <t>0701862</t>
-[...7 lines deleted...]
-  <si>
     <t>0701916</t>
   </si>
   <si>
     <t>ORR EDWARD A JR &amp; SANDRA D</t>
   </si>
   <si>
     <t>11352 SE GILMORE RD</t>
   </si>
   <si>
-    <t>0701921</t>
-[...4 lines deleted...]
-  <si>
     <t>0702350</t>
   </si>
   <si>
     <t>HUNT CATHERINE</t>
   </si>
   <si>
     <t>630 SE BEERSHEBA RD</t>
   </si>
   <si>
     <t>0702600</t>
   </si>
   <si>
     <t>WHITE TERRY</t>
   </si>
   <si>
     <t>348 SE RIVER RD</t>
   </si>
   <si>
     <t>0704127</t>
   </si>
   <si>
     <t>LIPPENCOTT MARTHA A</t>
   </si>
   <si>
     <t>10200 SE PETRY HILL RD</t>
@@ -385,74 +253,59 @@
   <si>
     <t>MILLER ROBERTA R</t>
   </si>
   <si>
     <t>337 E MAIN ST</t>
   </si>
   <si>
     <t>09-00230-000</t>
   </si>
   <si>
     <t>MILLER VIOLA M</t>
   </si>
   <si>
     <t>418 E MAIN ST</t>
   </si>
   <si>
     <t>09-00235-000</t>
   </si>
   <si>
     <t>COOPER PROPERTIES LLC</t>
   </si>
   <si>
     <t>274 S WALNUT ST</t>
   </si>
   <si>
-    <t>09-00238-000</t>
-[...7 lines deleted...]
-  <si>
     <t>09-00268-000</t>
   </si>
   <si>
     <t>BEATTY MARK D &amp; MARLEE JO</t>
   </si>
   <si>
     <t>301 E MAIN ST</t>
   </si>
   <si>
-    <t>09-00308-000</t>
-[...4 lines deleted...]
-  <si>
     <t>09-00314-000</t>
   </si>
   <si>
     <t>MEESE LISA J &amp; STEVEN A</t>
   </si>
   <si>
     <t>109 N ELM ST</t>
   </si>
   <si>
     <t>09-00347-000</t>
   </si>
   <si>
     <t>ARMSTRONG RANDY &amp; CAROL RIGGS</t>
   </si>
   <si>
     <t>319 N ELM ST</t>
   </si>
   <si>
     <t>09-00384-000</t>
   </si>
   <si>
     <t>PLANTS TIMOTHY M</t>
   </si>
   <si>
     <t>243 N WALNUT ST</t>
@@ -487,452 +340,326 @@
   <si>
     <t>VALENTINE, TTEE OF THE CYNTHIA VALENTINE REVOCABLE TRUST CYNTHIA</t>
   </si>
   <si>
     <t>2280 SE LARSON RD</t>
   </si>
   <si>
     <t>09-00832-000</t>
   </si>
   <si>
     <t>SELLERS JAMES &amp; BRENDA</t>
   </si>
   <si>
     <t>7500 SE WOLFES CROSSING RD</t>
   </si>
   <si>
     <t>24-00001-001</t>
   </si>
   <si>
     <t>MOSSOR LINDA E</t>
   </si>
   <si>
     <t>2763 SE BRIGHTWOOD RD</t>
   </si>
   <si>
-    <t>24-00001-005</t>
-[...7 lines deleted...]
-  <si>
     <t>24-00009-000</t>
   </si>
   <si>
     <t>ANDROSKY JOSEPH</t>
   </si>
   <si>
     <t>TABOR RIDGE RD</t>
   </si>
   <si>
-    <t>24-00024-001</t>
-[...2 lines deleted...]
-    <t>MILLER MICHAEL &amp; KARLA</t>
+    <t>24-00106-000</t>
+  </si>
+  <si>
+    <t>MARTIO LLC</t>
+  </si>
+  <si>
+    <t>960 SE STATE ROUTE 416</t>
+  </si>
+  <si>
+    <t>24-00141-000</t>
+  </si>
+  <si>
+    <t>COLE ERNEST M ET AL</t>
+  </si>
+  <si>
+    <t>STATE ROUTE 250</t>
+  </si>
+  <si>
+    <t>24-00143-000</t>
+  </si>
+  <si>
+    <t>COLE MARY A</t>
+  </si>
+  <si>
+    <t>2400148</t>
+  </si>
+  <si>
+    <t>WILSON DAKOTA S</t>
+  </si>
+  <si>
+    <t>5059 NE ECHO LAKE RD</t>
+  </si>
+  <si>
+    <t>24-00160-001</t>
+  </si>
+  <si>
+    <t>MARSHALL JEFF L</t>
+  </si>
+  <si>
+    <t>GREEN RIDGE RD</t>
+  </si>
+  <si>
+    <t>24-00161-001</t>
+  </si>
+  <si>
+    <t>5618 SE GREEN RIDGE RD</t>
+  </si>
+  <si>
+    <t>24-00227-000</t>
+  </si>
+  <si>
+    <t>GLAZER ALBERT &amp; BETTY</t>
+  </si>
+  <si>
+    <t>GOSHEN VALLEY RD</t>
+  </si>
+  <si>
+    <t>2400270</t>
+  </si>
+  <si>
+    <t>SUTTON KADI A</t>
+  </si>
+  <si>
+    <t>4806 SE COUGAR DR</t>
+  </si>
+  <si>
+    <t>2400303</t>
+  </si>
+  <si>
+    <t>GRIBBEN MICHAEL P</t>
+  </si>
+  <si>
+    <t>3657 SE CLUB LN</t>
+  </si>
+  <si>
+    <t>24-00335-000</t>
+  </si>
+  <si>
+    <t>FUNK AARON R JR &amp; IVAN V</t>
+  </si>
+  <si>
+    <t>BARNHILL RD</t>
+  </si>
+  <si>
+    <t>24-00350-001</t>
+  </si>
+  <si>
+    <t>WYCOFF JEFF &amp; TRINA</t>
+  </si>
+  <si>
+    <t>1829 SE BRIGHTWOOD RD</t>
+  </si>
+  <si>
+    <t>24-00409-000</t>
+  </si>
+  <si>
+    <t>2061 SE GOSHEN VALLEY RD</t>
+  </si>
+  <si>
+    <t>24-00501-000</t>
+  </si>
+  <si>
+    <t>STULL CAROLE L</t>
+  </si>
+  <si>
+    <t>3523 SE MOSHER ST</t>
+  </si>
+  <si>
+    <t>24-00525-000</t>
+  </si>
+  <si>
+    <t>HINES JOSEPH W &amp; ERIC GOUGH</t>
+  </si>
+  <si>
+    <t>2397 NE STATE ROUTE 39</t>
+  </si>
+  <si>
+    <t>24-00546-000</t>
+  </si>
+  <si>
+    <t>SE MOSHER ST</t>
+  </si>
+  <si>
+    <t>24-00556-001</t>
+  </si>
+  <si>
+    <t>LIGHTELL CLINT &amp; SANDY</t>
+  </si>
+  <si>
+    <t>SE SUNSET LN</t>
+  </si>
+  <si>
+    <t>24-00558-001</t>
+  </si>
+  <si>
+    <t>PUNTENNEY JEFFREY &amp; MICHELLE</t>
+  </si>
+  <si>
+    <t>2004 SE GOSHEN HILL RD</t>
+  </si>
+  <si>
+    <t>24-00558-006</t>
+  </si>
+  <si>
+    <t>PUNTENNEY JEFFREY P &amp; MICHELLE L</t>
   </si>
   <si>
     <t>GOSHEN HILL RD</t>
   </si>
   <si>
-    <t>24-00092-000</t>
-[...163 lines deleted...]
-  <si>
     <t>2400577</t>
   </si>
   <si>
     <t>SNYDER JUSTIN</t>
   </si>
   <si>
     <t>7852 SE BIGHORN DR</t>
   </si>
   <si>
-    <t>24-00632-000</t>
-[...34 lines deleted...]
-  <si>
     <t>24-00832-000</t>
   </si>
   <si>
     <t>SMITH RONALD E SR &amp; MADAELINE M</t>
   </si>
   <si>
     <t>4577 NE STATE ROUTE 39</t>
   </si>
   <si>
-    <t>24-00835-000</t>
-[...7 lines deleted...]
-  <si>
     <t>2400838</t>
   </si>
   <si>
     <t>REISS BRIAN</t>
   </si>
   <si>
     <t>6815 WHITETAIL DR</t>
   </si>
   <si>
-    <t>24-00908-000</t>
-[...4 lines deleted...]
-  <si>
     <t>2400919</t>
   </si>
   <si>
     <t>MORRISON ROBERT A</t>
   </si>
   <si>
     <t>5066 NE ECHO LAKE RD</t>
   </si>
   <si>
     <t>24-00986-000</t>
   </si>
   <si>
     <t>PARAS JANE K &amp; ROBERT H KNAUSS ETAL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>24-00998-000</t>
   </si>
   <si>
     <t>BROKEN ARROW STABLE LLC</t>
   </si>
   <si>
     <t>2722 SE STATE ROUTE 416</t>
   </si>
   <si>
     <t>2401090</t>
   </si>
   <si>
     <t>BAYLISS BARBARA</t>
   </si>
   <si>
     <t>5045 ECHO LAKE RD</t>
   </si>
   <si>
-    <t>24-01258-000</t>
-[...4 lines deleted...]
-  <si>
     <t>24-01330-003</t>
   </si>
   <si>
     <t>SMITLEY FAMILY REALTY LTD NO 1</t>
   </si>
   <si>
     <t>REISER AVE</t>
   </si>
   <si>
     <t>2401331</t>
   </si>
   <si>
     <t>CROPPER DAVID J</t>
   </si>
   <si>
     <t>2462 SE STATE ROUTE 416</t>
   </si>
   <si>
-    <t>2401338</t>
-[...7 lines deleted...]
-  <si>
     <t>24-01673-000</t>
   </si>
   <si>
     <t>HANSEN BARBARA LYNN &amp; CAROL L BLOCK ETAL</t>
   </si>
   <si>
     <t>24-01674-000</t>
   </si>
   <si>
     <t>24-01675-000</t>
   </si>
   <si>
     <t>24-01676-000</t>
   </si>
   <si>
     <t>24-01783-001</t>
   </si>
   <si>
     <t>FURIATO MICHAEL J</t>
   </si>
   <si>
     <t>24-01783-003</t>
   </si>
   <si>
-    <t>24-01924-005</t>
-[...7 lines deleted...]
-  <si>
     <t>24-01947-006</t>
   </si>
   <si>
     <t>ENOS KENNETH P &amp; TONI D</t>
   </si>
   <si>
     <t>TRAIL RD</t>
   </si>
   <si>
     <t>24-01947-008</t>
   </si>
   <si>
-    <t>24-01963-001</t>
-[...16 lines deleted...]
-  <si>
     <t>2402105</t>
   </si>
   <si>
     <t>MOSSOR LINDA</t>
   </si>
   <si>
     <t>2757 SE BRIGHTWOOD RD</t>
   </si>
   <si>
     <t>2402113</t>
   </si>
   <si>
     <t>FEISTER KENNETH A SR</t>
   </si>
   <si>
     <t>603 SE BARNHILL RD</t>
   </si>
   <si>
     <t>24-02125-002</t>
   </si>
   <si>
     <t>TICE WILLIAM R &amp; CATHY L</t>
   </si>
   <si>
     <t>2529 SE STATE ROUTE 416</t>
@@ -949,59 +676,50 @@
   <si>
     <t>24-02237-000</t>
   </si>
   <si>
     <t>SOUTH ST</t>
   </si>
   <si>
     <t>2402354</t>
   </si>
   <si>
     <t>HARTLINE LEROY W</t>
   </si>
   <si>
     <t>3793 NE STATE ROUTE 39</t>
   </si>
   <si>
     <t>2402427</t>
   </si>
   <si>
     <t>KRAMER TAMMY J</t>
   </si>
   <si>
     <t>3651 SE CLUB LN</t>
   </si>
   <si>
-    <t>2402702</t>
-[...7 lines deleted...]
-  <si>
     <t>2402775</t>
   </si>
   <si>
     <t>LIPPENCOTT RALPH</t>
   </si>
   <si>
     <t>6830 WHITETAIL DR</t>
   </si>
   <si>
     <t>2402787</t>
   </si>
   <si>
     <t>FELLOWS JOAN M</t>
   </si>
   <si>
     <t>3727 NE STATE ROUTE 39</t>
   </si>
   <si>
     <t>2403493</t>
   </si>
   <si>
     <t>ANDERSON JAMES W</t>
   </si>
   <si>
     <t>2130 NE HENDERSON SCHOOL RD</t>
@@ -1069,533 +787,272 @@
   <si>
     <t>2407556</t>
   </si>
   <si>
     <t>STULL CAROLE</t>
   </si>
   <si>
     <t>2216 SE JAMES ST</t>
   </si>
   <si>
     <t>2408481</t>
   </si>
   <si>
     <t>KAIL ROBERT D</t>
   </si>
   <si>
     <t>2984 GROUSE DR</t>
   </si>
   <si>
     <t>2408816</t>
   </si>
   <si>
     <t>COOPER JENNIFER</t>
   </si>
   <si>
-    <t>2408862</t>
-[...7 lines deleted...]
-  <si>
     <t>2408919</t>
   </si>
   <si>
     <t>SCHWEITZER DENNIS L</t>
   </si>
   <si>
     <t>4279 SE ROYAL LN</t>
   </si>
   <si>
     <t>27-00011-000</t>
   </si>
   <si>
     <t>CAMPBELL THOMAS J &amp; PAMMY S</t>
   </si>
   <si>
     <t>2024 MAIN ST</t>
   </si>
   <si>
     <t>27-00015-000</t>
   </si>
   <si>
     <t>ROBERTSON WILMA</t>
   </si>
   <si>
     <t>4481 E STATE ST</t>
   </si>
   <si>
-    <t>27-00030-000</t>
-[...43 lines deleted...]
-  <si>
     <t>27-00064-000</t>
   </si>
   <si>
     <t>GERMAN ZACKARY ANDREW</t>
   </si>
   <si>
     <t>BROADWAY ST</t>
   </si>
   <si>
-    <t>27-00065-000</t>
-[...4 lines deleted...]
-  <si>
     <t>27-00070-000</t>
   </si>
   <si>
     <t>BOWERSOCK SCOTT A &amp; MICHELLE L</t>
   </si>
   <si>
-    <t>27-00075-000</t>
-[...7 lines deleted...]
-  <si>
     <t>27-00080-000</t>
   </si>
   <si>
     <t>FEISTER CATHY L</t>
   </si>
   <si>
     <t>4614 BROADWAY ST</t>
   </si>
   <si>
-    <t>27-00084-000</t>
-[...8 lines deleted...]
-    <t>27-00114-001</t>
+    <t>27-00142-000</t>
+  </si>
+  <si>
+    <t>HENDERSON GERTRUDE</t>
+  </si>
+  <si>
+    <t>MAIN ST REAR</t>
+  </si>
+  <si>
+    <t>27-00157-000</t>
+  </si>
+  <si>
+    <t>FEISTER BRIAN</t>
+  </si>
+  <si>
+    <t>2741 VERNON ST</t>
+  </si>
+  <si>
+    <t>27-00158-000</t>
+  </si>
+  <si>
+    <t>VERNON ST</t>
+  </si>
+  <si>
+    <t>27-00159-000</t>
+  </si>
+  <si>
+    <t>27-00165-000</t>
+  </si>
+  <si>
+    <t>SKINNER WILLIAM RAY &amp; CANDACE S QUILLIN</t>
+  </si>
+  <si>
+    <t>4692 RUTLEDGE ST</t>
+  </si>
+  <si>
+    <t>27-00182-000</t>
+  </si>
+  <si>
+    <t>MACKEY SHERRY</t>
+  </si>
+  <si>
+    <t>2207 SOUTH ST</t>
+  </si>
+  <si>
+    <t>27-00193-000</t>
+  </si>
+  <si>
+    <t>FEISTER JUNIOR BRUCE</t>
+  </si>
+  <si>
+    <t>4634 E STATE ST</t>
+  </si>
+  <si>
+    <t>27-00194-001</t>
+  </si>
+  <si>
+    <t>MURRAY PHILLIP &amp; LESLIE</t>
+  </si>
+  <si>
+    <t>4549 E STATE ST</t>
+  </si>
+  <si>
+    <t>27-00220-000</t>
+  </si>
+  <si>
+    <t>GREENOUGH WILLIAM &amp; PATRICIA</t>
+  </si>
+  <si>
+    <t>2910 SE EASTPORT RD</t>
+  </si>
+  <si>
+    <t>27-00224-000</t>
+  </si>
+  <si>
+    <t>2446 SOUTH ST</t>
+  </si>
+  <si>
+    <t>27-00305-000</t>
+  </si>
+  <si>
+    <t>BAKE CINDY A</t>
+  </si>
+  <si>
+    <t>4834 E STATE ST</t>
+  </si>
+  <si>
+    <t>27-00324-000</t>
+  </si>
+  <si>
+    <t>WENGERD JOHN &amp; KYLE YODER</t>
+  </si>
+  <si>
+    <t>4763 RUTLEDGE ST</t>
+  </si>
+  <si>
+    <t>27-00411-000</t>
+  </si>
+  <si>
+    <t>GUNDY DR</t>
+  </si>
+  <si>
+    <t>27-00467-000</t>
+  </si>
+  <si>
+    <t>2052 MAIN ST</t>
+  </si>
+  <si>
+    <t>27-00469-003</t>
   </si>
   <si>
     <t>RAINS DANIEL</t>
   </si>
   <si>
-    <t>STATE ST REAR</t>
-[...238 lines deleted...]
-  <si>
     <t>4848 E STATE ST</t>
   </si>
   <si>
-    <t>27-00472-000</t>
-[...7 lines deleted...]
-  <si>
     <t>27-00473-017</t>
   </si>
   <si>
     <t>CAMPBELL THOMAS</t>
   </si>
   <si>
     <t>27-00492-000</t>
   </si>
   <si>
     <t>BYERS SHIRLEY A</t>
   </si>
   <si>
     <t>STATE ST</t>
   </si>
   <si>
-    <t>27-00499-001</t>
-[...25 lines deleted...]
-  <si>
     <t>2700616</t>
   </si>
   <si>
     <t>GREENOUGH WILLIAM</t>
   </si>
   <si>
     <t>2700767</t>
   </si>
   <si>
     <t>KOHLER DONNA &amp; KIMBERLY SALVA</t>
   </si>
   <si>
     <t>4457 E STATE ST</t>
   </si>
   <si>
     <t>2701009</t>
   </si>
   <si>
     <t>2024 MAIN ST SE</t>
   </si>
   <si>
     <t>2701976</t>
   </si>
   <si>
     <t>2702826</t>
   </si>
   <si>
     <t>FEISTER TODD A</t>
   </si>
   <si>
     <t>4644 E STATE ST</t>
   </si>
   <si>
     <t>2706642</t>
   </si>
   <si>
     <t>ROBERTSON WILMA E</t>
   </si>
   <si>
-    <t>2708335</t>
-[...13 lines deleted...]
-  <si>
     <t>28-00015-000</t>
   </si>
   <si>
     <t>RENICKER KEVIN L</t>
   </si>
   <si>
     <t>28-00022-000</t>
   </si>
   <si>
     <t>SCHWEITZER RONALD M</t>
   </si>
   <si>
     <t>28-00025-000</t>
   </si>
   <si>
     <t>4123 MAIN ST</t>
   </si>
   <si>
     <t>28-00028-000</t>
   </si>
   <si>
     <t>CROSS JEAN</t>
   </si>
   <si>
     <t>4086 MAIN ST</t>
@@ -1603,59 +1060,50 @@
   <si>
     <t>28-00030-000</t>
   </si>
   <si>
     <t>GRIFFITH VICKIE A</t>
   </si>
   <si>
     <t>ROXFORD ST</t>
   </si>
   <si>
     <t>28-00031-000</t>
   </si>
   <si>
     <t>1958 ROXFORD ST</t>
   </si>
   <si>
     <t>28-00032-000</t>
   </si>
   <si>
     <t>FARNSWORTH CRYSTAL</t>
   </si>
   <si>
     <t>1862 BEAN ALY</t>
   </si>
   <si>
-    <t>28-00033-000</t>
-[...7 lines deleted...]
-  <si>
     <t>28-00054-000</t>
   </si>
   <si>
     <t>JEANDERVIN EUGENE V</t>
   </si>
   <si>
     <t>28-00055-000</t>
   </si>
   <si>
     <t>4157 MAIN ST</t>
   </si>
   <si>
     <t>28-00056-000</t>
   </si>
   <si>
     <t>CLARK ROBERT R &amp; ERICA N</t>
   </si>
   <si>
     <t>28-00057-000</t>
   </si>
   <si>
     <t>28-00058-000</t>
   </si>
   <si>
     <t>1591 ROXFORD ST</t>
@@ -1663,197 +1111,128 @@
   <si>
     <t>28-00061-001</t>
   </si>
   <si>
     <t>MCCLURE TYLER</t>
   </si>
   <si>
     <t>1637 NAGELEY RD</t>
   </si>
   <si>
     <t>28-00066-001</t>
   </si>
   <si>
     <t>GIBSON JASON S &amp; RACHELLE L</t>
   </si>
   <si>
     <t>28-00068-000</t>
   </si>
   <si>
     <t>JAMES DAVID A &amp; ELIZABETH J</t>
   </si>
   <si>
     <t>1835 CHERRY ST</t>
   </si>
   <si>
-    <t>28-00069-000</t>
-[...22 lines deleted...]
-  <si>
     <t>28-00097-000</t>
   </si>
   <si>
     <t>MUSICK GARY &amp; BRENDA</t>
   </si>
   <si>
     <t>28-00103-000</t>
   </si>
   <si>
     <t>JABER MERWAN</t>
   </si>
   <si>
     <t>1942 ROXFORD ST</t>
   </si>
   <si>
     <t>28-00119-000</t>
   </si>
   <si>
     <t>STOUT CYNTHIA J &amp; JAMES B</t>
   </si>
   <si>
     <t>1826 ROXFORD ST</t>
   </si>
   <si>
-    <t>28-00125-000</t>
-[...16 lines deleted...]
-  <si>
     <t>28-00137-000</t>
   </si>
   <si>
     <t>CHERRY ST</t>
   </si>
   <si>
     <t>28-00144-000</t>
   </si>
   <si>
-    <t>28-00149-000</t>
-[...7 lines deleted...]
-  <si>
     <t>28-00153-000</t>
   </si>
   <si>
     <t>EICHEL TIMOTHY &amp; AUTUMN</t>
   </si>
   <si>
     <t>1800 BEAN ALY</t>
   </si>
   <si>
     <t>28-00154-000</t>
   </si>
   <si>
     <t>BURKE ROBERT W</t>
   </si>
   <si>
     <t>4034 CENTER ST</t>
   </si>
   <si>
     <t>28-00178-000</t>
   </si>
   <si>
     <t>HASTINGS DAVID B</t>
   </si>
   <si>
     <t>NAGELEY RD</t>
   </si>
   <si>
     <t>28-00178-001</t>
   </si>
   <si>
     <t>KERZEE BETH A</t>
   </si>
   <si>
     <t>28-00178-008</t>
   </si>
   <si>
     <t>TINLIN DOUGLAS ALAN &amp; MICHELLE M</t>
   </si>
   <si>
     <t>28-00178-009</t>
   </si>
   <si>
     <t>HANNI SCOTT</t>
   </si>
   <si>
-    <t>28-00178-015</t>
-[...16 lines deleted...]
-  <si>
     <t>28-00178-018</t>
   </si>
   <si>
     <t>28-00180-003</t>
   </si>
   <si>
     <t>COX PHAMEY V</t>
   </si>
   <si>
     <t>1976 BARNHILL RD</t>
   </si>
   <si>
     <t>28-00198-002</t>
   </si>
   <si>
     <t>PIETRO FRANK W II</t>
   </si>
   <si>
     <t>1806 NAGELEY RD</t>
   </si>
   <si>
     <t>28-00199-000</t>
   </si>
   <si>
     <t>YODER CHARLES J &amp; MELISSA S</t>
@@ -1921,146 +1300,125 @@
   <si>
     <t>2804962</t>
   </si>
   <si>
     <t>BARR REX</t>
   </si>
   <si>
     <t>1765 ROXFORD ST</t>
   </si>
   <si>
     <t>2807688</t>
   </si>
   <si>
     <t>FILBY HOLLY</t>
   </si>
   <si>
     <t>1958 ROXFORD ST REAR</t>
   </si>
   <si>
     <t>2808341</t>
   </si>
   <si>
     <t>4091 MAIN ST</t>
   </si>
   <si>
-    <t>2808577</t>
-[...1 lines deleted...]
-  <si>
     <t>29-00009-000</t>
   </si>
   <si>
     <t>HARTLINE DAVE</t>
   </si>
   <si>
     <t>222 SE SCHOOL ST</t>
   </si>
   <si>
     <t>29-00054-000</t>
   </si>
   <si>
     <t>VAUGHN MARY ALICE &amp; SUSAN E COLLINS &amp; ELEANOR A MC ALESTER</t>
   </si>
   <si>
     <t>29-00055-000</t>
   </si>
   <si>
     <t>STATE ROUTE 39</t>
   </si>
   <si>
     <t>29-00056-000</t>
   </si>
   <si>
     <t>CASE DARLA K</t>
   </si>
   <si>
     <t>5740 SE MAIN ST</t>
   </si>
   <si>
-    <t>29-00057-000</t>
-[...7 lines deleted...]
-  <si>
     <t>29-00060-001</t>
   </si>
   <si>
     <t>RITENOUR RICHARD J</t>
   </si>
   <si>
     <t>NE ANSLOW LN</t>
   </si>
   <si>
     <t>29-00069-000</t>
   </si>
   <si>
     <t>RITENOUR RICHARD</t>
   </si>
   <si>
     <t>5229 NE MAIN ST</t>
   </si>
   <si>
     <t>29-00073-000</t>
   </si>
   <si>
     <t>BYERS CHRIS A &amp; TERESA A</t>
   </si>
   <si>
     <t>5315 NE MAIN ST</t>
   </si>
   <si>
     <t>29-00096-000</t>
   </si>
   <si>
     <t>JABER MERWAN M</t>
   </si>
   <si>
     <t>193 NE BARNHILL RD</t>
   </si>
   <si>
     <t>29-00125-000</t>
   </si>
   <si>
     <t>DANIELS DARLENE K</t>
   </si>
   <si>
     <t>5450 SE MAIN ST</t>
   </si>
   <si>
-    <t>29-00129-000</t>
-[...7 lines deleted...]
-  <si>
     <t>29-00130-000</t>
   </si>
   <si>
     <t>HARTLINE DAVID</t>
   </si>
   <si>
     <t>SCHOOL ST</t>
   </si>
   <si>
     <t>2900134</t>
   </si>
   <si>
     <t>DUDLEY LEO</t>
   </si>
   <si>
     <t>6122 SE MAIN ST</t>
   </si>
   <si>
     <t>29-00137-000</t>
   </si>
   <si>
     <t>VAN METER MEL ALLAN &amp; LYNN MARIE</t>
   </si>
   <si>
     <t>29-00166-000</t>
@@ -2086,146 +1444,92 @@
   <si>
     <t>MARTIN DARLENE K</t>
   </si>
   <si>
     <t>29-00198-000</t>
   </si>
   <si>
     <t>ELLWOOD EARL R &amp; EMMA K</t>
   </si>
   <si>
     <t>29-00199-000</t>
   </si>
   <si>
     <t>GRAY SUE ANN</t>
   </si>
   <si>
     <t>5760 SE MAIN ST</t>
   </si>
   <si>
     <t>29-00208-000</t>
   </si>
   <si>
     <t>202 NE ANSLOW LN</t>
   </si>
   <si>
-    <t>29-00211-000</t>
-[...4 lines deleted...]
-  <si>
     <t>2906205</t>
   </si>
   <si>
     <t>GRAY SUE A</t>
   </si>
   <si>
     <t>2906435</t>
   </si>
   <si>
     <t>2908299</t>
   </si>
   <si>
     <t>SMITH DANIELLE</t>
   </si>
   <si>
     <t>6270 SE BEAVERDAM RD</t>
   </si>
   <si>
     <t>40-00001-003</t>
   </si>
   <si>
     <t>2904 SE SIMPSON RD</t>
   </si>
   <si>
-    <t>40-00005-000</t>
-[...2 lines deleted...]
-    <t>BIRNEY SCOTT &amp; PATRICIA</t>
+    <t>40-00005-004</t>
+  </si>
+  <si>
+    <t>EASTPORT ESTATES INC</t>
   </si>
   <si>
     <t>SE SIMPSON RD</t>
   </si>
   <si>
-    <t>40-00005-002</t>
-[...19 lines deleted...]
-  <si>
     <t>4302512</t>
   </si>
   <si>
     <t>MCMORROW DIANA L</t>
   </si>
   <si>
     <t>691 SE BALTZLEY VALLEY RD</t>
   </si>
   <si>
-    <t>46-00014-000</t>
-[...25 lines deleted...]
-  <si>
     <t>46-00221-000</t>
   </si>
   <si>
     <t>BEAUDRY ALAN P &amp; BRYANT P</t>
   </si>
   <si>
     <t>2771 SE STATE ROUTE 258</t>
   </si>
   <si>
     <t>46-00292-000</t>
   </si>
   <si>
     <t>GREEN TERESA A</t>
   </si>
   <si>
     <t>3823 SE SANDY RIDGE RD</t>
   </si>
   <si>
     <t>46-00340-001</t>
   </si>
   <si>
     <t>GHR HOLDINGS LLC</t>
   </si>
   <si>
     <t>SE PHILLIPS FORK RD</t>
@@ -2296,59 +1600,50 @@
   <si>
     <t>HUGHES MISTY L</t>
   </si>
   <si>
     <t>3387 SW WOLF RD</t>
   </si>
   <si>
     <t>50-00016-002</t>
   </si>
   <si>
     <t>MCMAHON EVERETT &amp; LORI</t>
   </si>
   <si>
     <t>SW BUNKER HILL RD</t>
   </si>
   <si>
     <t>50-00026-002</t>
   </si>
   <si>
     <t>MILLER DANIEL F &amp; KATIE</t>
   </si>
   <si>
     <t>12611 SW RIVER RD</t>
   </si>
   <si>
-    <t>50-00121-000</t>
-[...7 lines deleted...]
-  <si>
     <t>50-00149-001</t>
   </si>
   <si>
     <t>FRONSMAN FRANK N JR</t>
   </si>
   <si>
     <t>SW WINDING STAIRS DR</t>
   </si>
   <si>
     <t>50-00150-002</t>
   </si>
   <si>
     <t>2955 SW CENTENARY HILL RD</t>
   </si>
   <si>
     <t>50-00151-001</t>
   </si>
   <si>
     <t>TAYLOR LISA D</t>
   </si>
   <si>
     <t>12569 SW WINDING STAIRS DR</t>
   </si>
   <si>
     <t>50-00151-005</t>
@@ -2362,107 +1657,80 @@
   <si>
     <t>50-00161-000</t>
   </si>
   <si>
     <t>GUNTON MARK W &amp; CHERYL</t>
   </si>
   <si>
     <t>1471 SW ENOS RD</t>
   </si>
   <si>
     <t>50-00166-000</t>
   </si>
   <si>
     <t>CHRISTMAS JERICHO</t>
   </si>
   <si>
     <t>8583 SW BUNKER HILL RD</t>
   </si>
   <si>
     <t>50-00246-001</t>
   </si>
   <si>
     <t>HENDERSON MICHAEL</t>
   </si>
   <si>
-    <t>50-00248-004</t>
-[...2 lines deleted...]
-    <t>TRC HOLDINGS LLC &amp; SSDA HOLDINGS LLC</t>
+    <t>50-00309-000</t>
+  </si>
+  <si>
+    <t>WATSON RONALD E JR &amp; JAMES C</t>
+  </si>
+  <si>
+    <t>11939 SW GLASGOW RD</t>
+  </si>
+  <si>
+    <t>50-00319-000</t>
+  </si>
+  <si>
+    <t>YORK CAROLYN A</t>
   </si>
   <si>
     <t>SW WOLF RD</t>
   </si>
   <si>
-    <t>50-00248-005</t>
-[...16 lines deleted...]
-  <si>
     <t>50-00324-000</t>
   </si>
   <si>
     <t>50-00397-003</t>
   </si>
   <si>
     <t>FILLMAN RICHARD A JR</t>
   </si>
   <si>
     <t>SW STATE ROUTE 36</t>
   </si>
   <si>
-    <t>50-00410-001</t>
-[...16 lines deleted...]
-  <si>
     <t>50-00814-001</t>
   </si>
   <si>
     <t>MILLER GLENN G</t>
   </si>
   <si>
     <t>SW TSCHUDY HILL RD</t>
   </si>
   <si>
     <t>50-00872-001</t>
   </si>
   <si>
     <t>COLVIN CHAD A &amp; AMY</t>
   </si>
   <si>
     <t>FILLMAN BOTTOM RD</t>
   </si>
   <si>
     <t>50-00926-000</t>
   </si>
   <si>
     <t>ROBINSON AARON W &amp; JENNIFER L</t>
   </si>
   <si>
     <t>N ST CLAIRSVILLE ST</t>
@@ -2509,1652 +1777,1034 @@
   <si>
     <t>MAPLE ELLEN M</t>
   </si>
   <si>
     <t>2754 SW MAPLE LEAF DR</t>
   </si>
   <si>
     <t>5002183</t>
   </si>
   <si>
     <t>SNAK THOMAS W SR</t>
   </si>
   <si>
     <t>2242 SW FILLMAN BOTTOM RD</t>
   </si>
   <si>
     <t>5002225</t>
   </si>
   <si>
     <t>FANSLER MEGAN</t>
   </si>
   <si>
     <t>2784 SW MAPLE LEAF DR LOT 4</t>
   </si>
   <si>
-    <t>5006329</t>
-[...26 lines deleted...]
-    <t>52-00031-000</t>
+    <t>52-00042-000</t>
+  </si>
+  <si>
+    <t>WRIGHT JAIME N</t>
+  </si>
+  <si>
+    <t>111 N WOOD ST</t>
+  </si>
+  <si>
+    <t>52-00066-000</t>
+  </si>
+  <si>
+    <t>HURSEY DAVID M</t>
+  </si>
+  <si>
+    <t>106 E MAIN ST</t>
+  </si>
+  <si>
+    <t>52-00128-000</t>
+  </si>
+  <si>
+    <t>MEEK KEVIN</t>
+  </si>
+  <si>
+    <t>107 N ST CLAIRSVILLE ST</t>
+  </si>
+  <si>
+    <t>52-00200-000</t>
+  </si>
+  <si>
+    <t>SEEVERS AMY J &amp; JOSHUA ARMSTRONG</t>
+  </si>
+  <si>
+    <t>101 S ST CLAIRSVILLE ST</t>
+  </si>
+  <si>
+    <t>52-00204-000</t>
+  </si>
+  <si>
+    <t>STANSBERY RONALD EDWARD &amp; VALERIE K</t>
+  </si>
+  <si>
+    <t>103 RAILROAD ST</t>
+  </si>
+  <si>
+    <t>52-00225-000</t>
+  </si>
+  <si>
+    <t>MILLS KIRK B &amp; PAMELA J MURRAY</t>
+  </si>
+  <si>
+    <t>212 E MAIN ST</t>
+  </si>
+  <si>
+    <t>52-00227-000</t>
+  </si>
+  <si>
+    <t>MILLS KIRK B</t>
+  </si>
+  <si>
+    <t>111 E MAIN ST</t>
+  </si>
+  <si>
+    <t>52-00233-000</t>
+  </si>
+  <si>
+    <t>MURRAY PAMELA J</t>
+  </si>
+  <si>
+    <t>609 CORNET ST</t>
+  </si>
+  <si>
+    <t>52-00235-000</t>
+  </si>
+  <si>
+    <t>THORNTON WENDY K</t>
+  </si>
+  <si>
+    <t>304 N HIGH ST</t>
+  </si>
+  <si>
+    <t>52-00254-000</t>
+  </si>
+  <si>
+    <t>WILLIAMS DAVID V &amp; BERNADINE</t>
+  </si>
+  <si>
+    <t>219 N ST CLAIRSVILLE ST</t>
+  </si>
+  <si>
+    <t>52-00256-000</t>
+  </si>
+  <si>
+    <t>BOOTH RODERICK E &amp; MARSHA BELT BOOTH &amp; WILMA JEAN ARMSTRONG</t>
+  </si>
+  <si>
+    <t>210 E MAIN ST</t>
+  </si>
+  <si>
+    <t>52-00380-000</t>
+  </si>
+  <si>
+    <t>SMART HARRY &amp; SHARON</t>
+  </si>
+  <si>
+    <t>171 E ARCH ST REAR</t>
+  </si>
+  <si>
+    <t>52-00380-001</t>
+  </si>
+  <si>
+    <t>CALLAHAN IKIE R</t>
+  </si>
+  <si>
+    <t>171 E ARCH ST REAR A</t>
+  </si>
+  <si>
+    <t>52-00382-000</t>
+  </si>
+  <si>
+    <t>E ARCH ST REAR</t>
+  </si>
+  <si>
+    <t>52-00382-001</t>
+  </si>
+  <si>
+    <t>52-00388-000</t>
+  </si>
+  <si>
+    <t>RENO ST</t>
+  </si>
+  <si>
+    <t>52-00399-000</t>
+  </si>
+  <si>
+    <t>LOTUT LYUBOMIR JR</t>
+  </si>
+  <si>
+    <t>207 W MAIN ST</t>
+  </si>
+  <si>
+    <t>52-00425-000</t>
+  </si>
+  <si>
+    <t>W MAIN ST</t>
+  </si>
+  <si>
+    <t>5202343</t>
+  </si>
+  <si>
+    <t>SMART SHARON L</t>
+  </si>
+  <si>
+    <t>171 ARCH ST REAR</t>
+  </si>
+  <si>
+    <t>5202349</t>
+  </si>
+  <si>
+    <t>CALLAHAN IKE</t>
+  </si>
+  <si>
+    <t>ARCH ST</t>
+  </si>
+  <si>
+    <t>5203361</t>
+  </si>
+  <si>
+    <t>THORNTON WHENDY KAY</t>
+  </si>
+  <si>
+    <t>5901298</t>
+  </si>
+  <si>
+    <t>NIXON ROCKQUELL LEE</t>
+  </si>
+  <si>
+    <t>6608 SE BEAVER DAM RD</t>
+  </si>
+  <si>
+    <t>5906505</t>
+  </si>
+  <si>
+    <t>TRISTANO ANTHONY</t>
+  </si>
+  <si>
+    <t>5965 SE CHURCH ST</t>
+  </si>
+  <si>
+    <t>60-00021-000</t>
+  </si>
+  <si>
+    <t>SE STATE ROUTE 39</t>
+  </si>
+  <si>
+    <t>60-00023-004</t>
+  </si>
+  <si>
+    <t>FRANCE JOHN E III &amp; VICTORIA L</t>
+  </si>
+  <si>
+    <t>7151 SE FRANCE RD</t>
+  </si>
+  <si>
+    <t>60-00031-000</t>
+  </si>
+  <si>
+    <t>HUFFMAN CAROL J</t>
+  </si>
+  <si>
+    <t>60-00065-001</t>
+  </si>
+  <si>
+    <t>THE POTTER'S HOUSE CHRISTIAN FELLOWSHIP CHURCH OF OHIO</t>
+  </si>
+  <si>
+    <t>246 SE MONTE RD</t>
+  </si>
+  <si>
+    <t>60-00070-000</t>
+  </si>
+  <si>
+    <t>PADRO LYNN &amp; ROBERT TINKER &amp; NANCY DIETZ ETAL</t>
+  </si>
+  <si>
+    <t>BOX 627</t>
+  </si>
+  <si>
+    <t>60-00071-000</t>
+  </si>
+  <si>
+    <t>60-00072-000</t>
+  </si>
+  <si>
+    <t>60-00073-000</t>
+  </si>
+  <si>
+    <t>60-00074-000</t>
+  </si>
+  <si>
+    <t>60-00075-000</t>
+  </si>
+  <si>
+    <t>60-00076-000</t>
+  </si>
+  <si>
+    <t>60-00082-000</t>
+  </si>
+  <si>
+    <t>BANTA HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t>6002722</t>
+  </si>
+  <si>
+    <t>FRANCE JOHN E III</t>
+  </si>
+  <si>
+    <t>63-00042-000</t>
+  </si>
+  <si>
+    <t>HANEY CHARLOTTE M</t>
+  </si>
+  <si>
+    <t>1987 SE WAINWRIGHT RD</t>
+  </si>
+  <si>
+    <t>63-00090-000</t>
+  </si>
+  <si>
+    <t>BONVECHIOS INC</t>
+  </si>
+  <si>
+    <t>SE SECOND ST</t>
+  </si>
+  <si>
+    <t>63-00095-000</t>
+  </si>
+  <si>
+    <t>HANEY BILLY G</t>
+  </si>
+  <si>
+    <t>1788 SE WAINWRIGHT RD</t>
+  </si>
+  <si>
+    <t>63-00104-002</t>
+  </si>
+  <si>
+    <t>LIPPENCOTT DEVIN C</t>
+  </si>
+  <si>
+    <t>SE FOX VALLEY RD</t>
+  </si>
+  <si>
+    <t>63-00223-000</t>
+  </si>
+  <si>
+    <t>PETITTE BECKY C</t>
+  </si>
+  <si>
+    <t>3478 SE BOLTZ RD</t>
+  </si>
+  <si>
+    <t>63-00247-000</t>
+  </si>
+  <si>
+    <t>JONES SONDRA</t>
+  </si>
+  <si>
+    <t>2402 SE WAINWRIGHT RD</t>
+  </si>
+  <si>
+    <t>63-00279-003</t>
+  </si>
+  <si>
+    <t>EVERETT BRIAN L &amp; STEPHANIE L ADKINS</t>
+  </si>
+  <si>
+    <t>529 SE SHARON VALLEY RD</t>
+  </si>
+  <si>
+    <t>63-00299-000</t>
+  </si>
+  <si>
+    <t>EVERHARD HAZEL E</t>
+  </si>
+  <si>
+    <t>SE ROYAL LN</t>
+  </si>
+  <si>
+    <t>63-00406-000</t>
+  </si>
+  <si>
+    <t>HAMMERSLEY MABEL V L</t>
+  </si>
+  <si>
+    <t>63-00407-000</t>
+  </si>
+  <si>
+    <t>63-00445-001</t>
+  </si>
+  <si>
+    <t>KLINESMITH DONALD ALLEN</t>
+  </si>
+  <si>
+    <t>2959 SE BRIGHTWOOD RD</t>
+  </si>
+  <si>
+    <t>63-00630-000</t>
+  </si>
+  <si>
+    <t>WRIGHT MARIANNE NUGO</t>
+  </si>
+  <si>
+    <t>3036 SE SHARON DR</t>
+  </si>
+  <si>
+    <t>63-00673-000</t>
+  </si>
+  <si>
+    <t>CALLAHAN IKE R &amp; SHERRY L</t>
+  </si>
+  <si>
+    <t>SE RIVERSIDE RD</t>
+  </si>
+  <si>
+    <t>63-00742-005</t>
+  </si>
+  <si>
+    <t>BANKERS TRUST COMPANY OF CALIFORNIA N A</t>
+  </si>
+  <si>
+    <t>1854 SE MYERS HOLLOW RD</t>
+  </si>
+  <si>
+    <t>63-00793-001</t>
+  </si>
+  <si>
+    <t>HILL JOHN &amp; LORI</t>
+  </si>
+  <si>
+    <t>SE SANI RD</t>
+  </si>
+  <si>
+    <t>63-01031-000</t>
+  </si>
+  <si>
+    <t>GOULDER PAMELA K</t>
+  </si>
+  <si>
+    <t>2946 NE 5TH DR</t>
+  </si>
+  <si>
+    <t>63-01034-000</t>
+  </si>
+  <si>
+    <t>COON CHARLES &amp; MICHELLE</t>
+  </si>
+  <si>
+    <t>1886 SE WAINWRIGHT RD</t>
+  </si>
+  <si>
+    <t>6301381</t>
+  </si>
+  <si>
+    <t>DEXTER CHERYL</t>
+  </si>
+  <si>
+    <t>6301895</t>
+  </si>
+  <si>
+    <t>MARTINELLI VINCENT</t>
+  </si>
+  <si>
+    <t>4449 SE MORAVIAN CHURCH RD</t>
+  </si>
+  <si>
+    <t>63-01979-005</t>
+  </si>
+  <si>
+    <t>2340 SE LARSON RD</t>
+  </si>
+  <si>
+    <t>63-02017-005</t>
+  </si>
+  <si>
+    <t>MARTINELLI VINCENT J &amp; RUTH ANN</t>
+  </si>
+  <si>
+    <t>SE MORAVIAN CHURCH RD</t>
+  </si>
+  <si>
+    <t>63-02075-000</t>
+  </si>
+  <si>
+    <t>HAMBLETON RONALD W &amp; BRIDGET A</t>
+  </si>
+  <si>
+    <t>4141 SE SCHUMACHER HOLLOW RD</t>
+  </si>
+  <si>
+    <t>63-02076-000</t>
+  </si>
+  <si>
+    <t>HAMBLETON AMANDA M &amp; AARON C GAUVEY</t>
+  </si>
+  <si>
+    <t>4117 SE SCHUMACHER HOLLOW RD</t>
+  </si>
+  <si>
+    <t>63-02112-000</t>
+  </si>
+  <si>
+    <t>OHIO DEPT OF HIGHWAYS</t>
+  </si>
+  <si>
+    <t>SE STATE ROUTE 416</t>
+  </si>
+  <si>
+    <t>63-02163-005</t>
+  </si>
+  <si>
+    <t>KOERBER JORDAN A &amp; JENNIFER N</t>
+  </si>
+  <si>
+    <t>5124 SE BOLTZ RD</t>
+  </si>
+  <si>
+    <t>63-02256-000</t>
+  </si>
+  <si>
+    <t>WOODS DELBERT E &amp; JENNIFER L</t>
+  </si>
+  <si>
+    <t>4013 SE RIVER BOTTOM RD</t>
+  </si>
+  <si>
+    <t>63-02416-000</t>
+  </si>
+  <si>
+    <t>PINCHEK VINCENT</t>
+  </si>
+  <si>
+    <t>SE STATE ROUTE 36</t>
+  </si>
+  <si>
+    <t>63-02434-001</t>
+  </si>
+  <si>
+    <t>N MAIN ST</t>
+  </si>
+  <si>
+    <t>6304758</t>
+  </si>
+  <si>
+    <t>WOODS DELBERT E</t>
+  </si>
+  <si>
+    <t>6306762</t>
+  </si>
+  <si>
+    <t>BUNTON ALEISHA M &amp; RONALD M</t>
+  </si>
+  <si>
+    <t>2570 SE UNGER RD</t>
+  </si>
+  <si>
+    <t>6307051</t>
+  </si>
+  <si>
+    <t>BLOOMFIELD TIMOTHY L</t>
+  </si>
+  <si>
+    <t>5521 SE INDIAN HILL RD</t>
+  </si>
+  <si>
+    <t>6307702</t>
+  </si>
+  <si>
+    <t>ROSE PENNY K</t>
+  </si>
+  <si>
+    <t>6238 SE EAST AVE</t>
+  </si>
+  <si>
+    <t>6308320</t>
+  </si>
+  <si>
+    <t>LANCE VIRGINIA</t>
+  </si>
+  <si>
+    <t>SE RIVERSIDE PARK DR</t>
+  </si>
+  <si>
+    <t>6308321</t>
+  </si>
+  <si>
+    <t>66-00004-000</t>
+  </si>
+  <si>
+    <t>BROWN JEFFREY</t>
+  </si>
+  <si>
+    <t>230 N MAIN AVE</t>
+  </si>
+  <si>
+    <t>66-00152-000</t>
+  </si>
+  <si>
+    <t>CAPITAL FINANCIAL VENTURES I LLC</t>
+  </si>
+  <si>
+    <t>126 N MAIN AVE</t>
+  </si>
+  <si>
+    <t>66-00155-000</t>
+  </si>
+  <si>
+    <t>INTERNATIONAL PENTECOSTAL CHURCH OF CHRIST</t>
+  </si>
+  <si>
+    <t>221 S MAIN AVE</t>
+  </si>
+  <si>
+    <t>66-00178-002</t>
+  </si>
+  <si>
+    <t>TRENTON MEADOWS INC</t>
+  </si>
+  <si>
+    <t>SE HERITAGE DR</t>
+  </si>
+  <si>
+    <t>66-00233-000</t>
+  </si>
+  <si>
+    <t>JAKUBOWSKI MICHEAL E</t>
+  </si>
+  <si>
+    <t>123 S MAIN AVE</t>
+  </si>
+  <si>
+    <t>66-00304-001</t>
+  </si>
+  <si>
+    <t>KELLEY GORDON P</t>
+  </si>
+  <si>
+    <t>119 NE EAST AVE</t>
+  </si>
+  <si>
+    <t>66-00314-000</t>
+  </si>
+  <si>
+    <t>VESCO RAY ALAN &amp; CINDY LOU SUTTON-SCHAUB</t>
+  </si>
+  <si>
+    <t>355 S MAIN AVE</t>
+  </si>
+  <si>
+    <t>66-00410-000</t>
+  </si>
+  <si>
+    <t>KERNS MELODY</t>
+  </si>
+  <si>
+    <t>N MAIN ST REAR</t>
+  </si>
+  <si>
+    <t>6600486</t>
+  </si>
+  <si>
+    <t>BARKER JULIE A</t>
+  </si>
+  <si>
+    <t>204 PARK DR</t>
+  </si>
+  <si>
+    <t>66-00499-000</t>
+  </si>
+  <si>
+    <t>ROTH HOMER G</t>
+  </si>
+  <si>
+    <t>441 N MAIN AVE</t>
+  </si>
+  <si>
+    <t>6602156</t>
+  </si>
+  <si>
+    <t>FAWCETT JESSICA L</t>
+  </si>
+  <si>
+    <t>210 PARK DR</t>
+  </si>
+  <si>
+    <t>6608922</t>
+  </si>
+  <si>
+    <t>BELL LISA</t>
+  </si>
+  <si>
+    <t>221 PARK DR</t>
+  </si>
+  <si>
+    <t>67-00006-000</t>
+  </si>
+  <si>
+    <t>MILLS LUZ T</t>
+  </si>
+  <si>
+    <t>SW HARTWOOD RD</t>
+  </si>
+  <si>
+    <t>67-00145-000</t>
+  </si>
+  <si>
+    <t>FERGUSON C B</t>
+  </si>
+  <si>
+    <t>SW STATE ROUTE 258</t>
+  </si>
+  <si>
+    <t>67-00162-000</t>
+  </si>
+  <si>
+    <t>MOORE KATHY A</t>
+  </si>
+  <si>
+    <t>SE SAWMILL RD</t>
+  </si>
+  <si>
+    <t>67-00200-000</t>
+  </si>
+  <si>
+    <t>MULLETT HOLLY LYNN</t>
+  </si>
+  <si>
+    <t>14835 SE GILMORE RD</t>
+  </si>
+  <si>
+    <t>6700215</t>
+  </si>
+  <si>
+    <t>HERRON MARY E</t>
+  </si>
+  <si>
+    <t>960 SE TINY HOLLOW RD</t>
+  </si>
+  <si>
+    <t>67-00264-002</t>
+  </si>
+  <si>
+    <t>MCCOY RUTH E</t>
+  </si>
+  <si>
+    <t>67-00312-001</t>
+  </si>
+  <si>
+    <t>PEEPER BART M &amp; STEPHANIE L</t>
+  </si>
+  <si>
+    <t>13258 SW COAL BANK RD</t>
+  </si>
+  <si>
+    <t>67-00317-000</t>
+  </si>
+  <si>
+    <t>BROWN KEITH A &amp; SANDY M NELSON</t>
+  </si>
+  <si>
+    <t>12861 SE GILMORE RD</t>
+  </si>
+  <si>
+    <t>67-00318-000</t>
+  </si>
+  <si>
+    <t>67-00446-004</t>
+  </si>
+  <si>
+    <t>HENSON JAMES &amp; ANGEL</t>
+  </si>
+  <si>
+    <t>623 SW DUNLAP CREEK RD</t>
+  </si>
+  <si>
+    <t>67-00446-005</t>
+  </si>
+  <si>
+    <t>67-00466-000</t>
+  </si>
+  <si>
+    <t>POORMAN NORMA J</t>
+  </si>
+  <si>
+    <t>12964 SE GILMORE RD</t>
+  </si>
+  <si>
+    <t>67-00506-000</t>
+  </si>
+  <si>
+    <t>ABBOUD NAJI</t>
+  </si>
+  <si>
+    <t>1156 SE STATE ROUTE 258</t>
+  </si>
+  <si>
+    <t>67-00507-000</t>
+  </si>
+  <si>
+    <t>SE STATE ROUTE 258</t>
+  </si>
+  <si>
+    <t>67-00841-007</t>
+  </si>
+  <si>
+    <t>PEOLI LAND HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t>67-00845-001</t>
+  </si>
+  <si>
+    <t>STUKEY DOUGLAS A</t>
+  </si>
+  <si>
+    <t>67-00847-008</t>
+  </si>
+  <si>
+    <t>ENDEAVOR ENERGY RESOURCES LP</t>
+  </si>
+  <si>
+    <t>SE HORSESHOE BEND RD</t>
+  </si>
+  <si>
+    <t>67-00849-002</t>
+  </si>
+  <si>
+    <t>CAMPBELL TERESA E</t>
+  </si>
+  <si>
+    <t>SALT FORK RD</t>
+  </si>
+  <si>
+    <t>67-00949-000</t>
+  </si>
+  <si>
+    <t>WEST UNION CHURCH</t>
+  </si>
+  <si>
+    <t>67-01125-000</t>
+  </si>
+  <si>
+    <t>MCPEEK RUTH E</t>
+  </si>
+  <si>
+    <t>SE PLEASANT VALLEY RD</t>
+  </si>
+  <si>
+    <t>67-01179-001</t>
+  </si>
+  <si>
+    <t>HURSEY MARCUS &amp; LYRISSA PORTER</t>
+  </si>
+  <si>
+    <t>1337 SW GRAVEL LICK RD</t>
+  </si>
+  <si>
+    <t>67-01179-003</t>
+  </si>
+  <si>
+    <t>SW GRAVEL LICK RD</t>
+  </si>
+  <si>
+    <t>67-01265-000</t>
+  </si>
+  <si>
+    <t>67-01294-000</t>
+  </si>
+  <si>
+    <t>BAPTIST CHURCH</t>
+  </si>
+  <si>
+    <t>67-01315-000</t>
+  </si>
+  <si>
+    <t>67-01316-000</t>
+  </si>
+  <si>
+    <t>67-01320-000</t>
+  </si>
+  <si>
+    <t>67-01377-000</t>
+  </si>
+  <si>
+    <t>67-01450-000</t>
+  </si>
+  <si>
+    <t>POORBOY EXPLORATION LLC</t>
+  </si>
+  <si>
+    <t>67-01451-000</t>
+  </si>
+  <si>
+    <t>6702305</t>
+  </si>
+  <si>
+    <t>REILLY HAROLD</t>
+  </si>
+  <si>
+    <t>1132 SW SLEEPY ELM RD</t>
+  </si>
+  <si>
+    <t>6703567</t>
+  </si>
+  <si>
+    <t>6704276</t>
+  </si>
+  <si>
+    <t>POORMAN JOSEPH F</t>
+  </si>
+  <si>
+    <t>6704975</t>
+  </si>
+  <si>
+    <t>RYAN ROBERT B &amp; MARY E</t>
+  </si>
+  <si>
+    <t>369 SE SAWMILL RD</t>
+  </si>
+  <si>
+    <t>6705582</t>
+  </si>
+  <si>
+    <t>QUILLIN RICHARD L &amp; MARLENE G</t>
+  </si>
+  <si>
+    <t>377 SE SAWMILL RD</t>
+  </si>
+  <si>
+    <t>6706680</t>
+  </si>
+  <si>
+    <t>DECKER MICHAEL D</t>
+  </si>
+  <si>
+    <t>17854 SW HORSESHOE BEND RD</t>
+  </si>
+  <si>
+    <t>6707234</t>
   </si>
   <si>
     <t>HELSEL JEREMY L</t>
   </si>
   <si>
-    <t>113 E RAILROAD ST</t>
-[...1393 lines deleted...]
-  <si>
     <t>450 SW GRAVEL LICK RD</t>
   </si>
   <si>
     <t>6708289</t>
   </si>
   <si>
     <t>WEST WAYLAND</t>
   </si>
   <si>
     <t>1279 SE ST RT 258</t>
   </si>
   <si>
-    <t>6708337</t>
-[...7 lines deleted...]
-  <si>
     <t>6708350</t>
   </si>
   <si>
     <t>RIVERA JACQUELINE</t>
   </si>
   <si>
     <t>1342 SW GRAVEL LICK RD</t>
   </si>
   <si>
     <t>6708356</t>
   </si>
   <si>
     <t>BAKER MARY</t>
   </si>
   <si>
     <t>396 SE PEOLI RD</t>
   </si>
   <si>
     <t>78-00009-006</t>
   </si>
   <si>
     <t>UNKNOWN OWNER</t>
   </si>
   <si>
     <t>78-00014-005</t>
   </si>
   <si>
     <t>PORTER III ROBERT E &amp; MICHELLE L PORTER</t>
   </si>
   <si>
     <t>17880 SE WESTCHESTER SOUTH RD</t>
   </si>
   <si>
-    <t>78-00023-000</t>
-[...2 lines deleted...]
-    <t>BEAR ERIC</t>
+    <t>78-00072-000</t>
+  </si>
+  <si>
+    <t>PIVONKA MICHAEL L</t>
+  </si>
+  <si>
+    <t>5094 SE FALCON RIDGE RD</t>
+  </si>
+  <si>
+    <t>78-00118-000</t>
+  </si>
+  <si>
+    <t>LAKE JUDY &amp; GRANT EMERICK &amp; GENE EMERICK ETAL</t>
+  </si>
+  <si>
+    <t>17980 SE WESTCHESTER SOUTH RD</t>
+  </si>
+  <si>
+    <t>78-00296-001</t>
+  </si>
+  <si>
+    <t>BETHAL GLENNA J</t>
+  </si>
+  <si>
+    <t>BETHEL RD</t>
+  </si>
+  <si>
+    <t>7800339</t>
+  </si>
+  <si>
+    <t>5078 SE FALCON RIDGE RD</t>
+  </si>
+  <si>
+    <t>78-00396-000</t>
+  </si>
+  <si>
+    <t>78-00457-000</t>
+  </si>
+  <si>
+    <t>TRUSTEES U B CHURCH</t>
   </si>
   <si>
     <t>SE WESTCHESTER SOUTH RD</t>
   </si>
   <si>
-    <t>78-00072-000</t>
-[...109 lines deleted...]
-  <si>
     <t>78-00557-000</t>
   </si>
   <si>
     <t>LONG WILLIAM A II</t>
   </si>
   <si>
     <t>78-00578-000</t>
   </si>
   <si>
     <t>SITLER GUY F JR</t>
   </si>
   <si>
     <t>7800579</t>
   </si>
   <si>
     <t>SMITH CHARLOTTE L</t>
   </si>
   <si>
     <t>17572 DEERHORN RD</t>
   </si>
   <si>
     <t>7804573</t>
   </si>
   <si>
     <t>PIVONKA PATRICIA</t>
@@ -4171,84 +2821,60 @@
   <si>
     <t>7806546</t>
   </si>
   <si>
     <t>PORTER REBECCA S</t>
   </si>
   <si>
     <t>5122 SE FALCON RIDGE RD</t>
   </si>
   <si>
     <t>7808301</t>
   </si>
   <si>
     <t>EMERICK JOYCE E</t>
   </si>
   <si>
     <t>7808412</t>
   </si>
   <si>
     <t>THE CHESTER LAND TRUST - LAURIE B WEBB TRUSTEE</t>
   </si>
   <si>
     <t>17870 S WESTCHESTER RD</t>
   </si>
   <si>
-    <t>79-00007-000</t>
-[...13 lines deleted...]
-  <si>
     <t>79-00103-000</t>
   </si>
   <si>
     <t>GUBISH MICHAEL</t>
   </si>
   <si>
     <t>79-00104-000</t>
   </si>
   <si>
     <t>6042 MAIN ST</t>
-  </si>
-[...7 lines deleted...]
-    <t>119 SE SCHOOL ST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -4258,79 +2884,79 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F553" headerRowCount="1">
-  <autoFilter ref="A1:F553"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F369" headerRowCount="1">
+  <autoFilter ref="A1:F369"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2508&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71431&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=79244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2702&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2703&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2704&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=76518&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2784&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2830&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2848&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74200&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71447&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71451&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75149&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75602&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71473&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71475&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3636&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3683&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3686&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3750&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3866&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3868&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68914&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=18895&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67933&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=18904&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=18912&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=18955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=18968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19005&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19025&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72260&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19181&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19232&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19303&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19325&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19346&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19561&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19562&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19614&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19618&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19621&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19681&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19747&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19795&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72303&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72304&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19967&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20019&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20021&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69500&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=76284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20194&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20210&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72325&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72327&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20327&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72331&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20404&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75703&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72364&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72376&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72395&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72404&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71930&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72424&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72437&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=77671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78062&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78533&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22517&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22534&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22541&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22551&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22555&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22567&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22568&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22580&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22622&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22651&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22656&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22661&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22665&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22667&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22673&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22686&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22723&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22730&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22768&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22785&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22796&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22812&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22823&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22828&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22947&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22952&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77517&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22991&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23011&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72646&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72648&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72654&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72673&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23038&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23050&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23051&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23053&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23054&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23055&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23056&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23072&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23074&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23080&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69538&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23090&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23098&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23116&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23122&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23142&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23145&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23151&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23160&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23196&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23197&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23203&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23205&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23206&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23237&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72296&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72703&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72709&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72716&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72733&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23324&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23328&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23341&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23360&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23386&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23387&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23393&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72743&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30566&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30568&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30569&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30570&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47363&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47364&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47477&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47481&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78186&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47629&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47630&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47631&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47665&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75064&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48813&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77969&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48986&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49018&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49020&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49027&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49041&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78286&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49194&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49200&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49207&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68850&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49263&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49394&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49456&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49458&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74162&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71461&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50234&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50239&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50242&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50301&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50303&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50333&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50334&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50363&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50366&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50367&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50378&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50404&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50405&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50418&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50426&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50432&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50451&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50460&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50478&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50553&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50554&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50555&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50557&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50563&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74257&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57367&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57407&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57408&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57409&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57410&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57411&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58990&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59037&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78744&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59054&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78746&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78747&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78748&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59080&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59114&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59121&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59122&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59264&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59265&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59298&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67881&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59378&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74982&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59574&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59612&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59660&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75001&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75003&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59992&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75010&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60069&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60247&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60255&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60335&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78736&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78738&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78752&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78743&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75071&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60645&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60805&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60841&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61039&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78553&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61213&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61320&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61351&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61467&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69029&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61512&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61571&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61654&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61672&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61681&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61711&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61781&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78624&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61784&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68024&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69373&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70668&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61871&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61872&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61874&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61875&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61889&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61911&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61928&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62080&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75470&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73994&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75888&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65364&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70774&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65390&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65529&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65531&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65532&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65534&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65593&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65600&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65630&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65631&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78853&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65682&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65683&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75386&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65719&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65734&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75388&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75406&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75410&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72562&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76012&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23278&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23330&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23331&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23366&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23455&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2507&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71431&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2784&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2970&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=2976&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74200&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3154&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77133&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75149&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75602&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71473&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71475&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3636&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3683&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3714&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3756&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3866&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=3868&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4105&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68914&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=4238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=18895&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=18904&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=18968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19005&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19007&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19025&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72260&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19181&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19232&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19303&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19325&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19346&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19358&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19618&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72287&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72289&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19737&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19747&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72303&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19966&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19967&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=19968&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20019&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20021&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=76284&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72325&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72327&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20327&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72331&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20404&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72343&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72364&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72374&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72376&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72395&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72404&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71930&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72424&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72437&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76081&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=77671&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78533&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22517&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22520&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22567&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22651&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22665&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22666&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22667&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22673&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22686&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22698&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22725&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22728&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22812&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22828&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22887&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22947&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22951&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77517&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72646&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72648&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72654&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75836&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72673&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23038&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23050&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23051&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23053&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23054&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23055&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23072&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23074&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23080&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69538&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23116&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23122&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23142&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23160&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23169&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23189&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23196&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23197&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23206&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23237&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23238&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23240&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72296&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72703&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72709&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72713&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72716&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72733&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23279&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23321&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23322&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23323&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23328&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23341&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23360&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23387&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23393&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72740&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23440&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23445&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23446&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72743&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75898&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30564&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30570&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47559&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78186&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47629&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47630&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47631&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47665&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47708&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75064&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48813&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48879&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77969&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49018&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49020&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49027&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49041&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49194&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49200&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49207&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68850&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49370&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49394&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49441&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49442&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49453&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49456&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49458&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49459&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74161&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74162&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71461&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50254&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50277&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50403&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50405&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50426&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50428&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50432&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50434&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50452&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50454&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50553&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50554&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50556&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50557&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50563&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50573&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50598&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74257&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74259&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74778&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57355&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57361&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57367&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57397&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57407&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57408&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57409&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57410&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57411&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57419&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58984&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59037&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59121&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67931&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59264&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59265&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67881&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59482&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59612&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59817&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=59819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75001&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75001&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75010&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60069&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60111&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60152&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60153&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60247&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60335&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60476&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75071&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75073&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60645&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60805&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61039&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78553&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61351&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61401&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75128&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61457&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69029&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61503&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61504&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61654&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61672&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61710&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61711&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78624&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61784&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68024&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69373&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61890&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61928&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62034&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62048&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=62080&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66251&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66252&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75470&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75171&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75177&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75187&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75190&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73994&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75888&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65364&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70774&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65444&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65484&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78853&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75386&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65719&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65742&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66699&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66705&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75388&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75406&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75410&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72562&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76012&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23366&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F553"/>
+  <dimension ref="A1:F369"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="67.31037902832031" customWidth="1"/>
     <col min="3" max="3" width="17.552576065063477" customWidth="1"/>
-    <col min="4" max="4" width="34.42087936401367" customWidth="1"/>
+    <col min="4" max="4" width="32.90776443481445" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
@@ -4365,11033 +2991,7353 @@
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
         <v>9.55</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>1675.92</v>
+        <v>15009.7</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>15009.7</v>
+        <v>367.75</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>1.13</v>
+        <v>2112.2</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>123.03</v>
+        <v>2717.44</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>273.38</v>
+        <v>4433.55</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>468.42</v>
+        <v>1090.18</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>367.75</v>
+        <v>7598.18</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>62.5</v>
+        <v>3236.53</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E12" s="2">
-        <v>0.01</v>
+        <v>75.26</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="E13" s="2">
-        <v>0.51</v>
+        <v>43.22</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="2">
-        <v>2112.2</v>
+        <v>226.43</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="E15" s="2">
-        <v>2717.44</v>
+        <v>226.43</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="B16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="E16" s="2">
-        <v>0.51</v>
+        <v>173.12</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E17" s="2">
-        <v>457.23</v>
+        <v>0.32</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E18" s="2">
-        <v>62.5</v>
+        <v>78.46</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" s="2">
-        <v>4433.55</v>
+        <v>6831.79</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="B20" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E20" s="2">
-        <v>1090.18</v>
+        <v>3606.64</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" s="2">
-        <v>7598.18</v>
+        <v>22518.75</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E22" s="2">
-        <v>3236.53</v>
+        <v>10627.83</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E23" s="2">
-        <v>75.26</v>
+        <v>788</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E24" s="2">
-        <v>62.5</v>
+        <v>426.19</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>74</v>
+        <v>19</v>
       </c>
       <c r="E25" s="2">
-        <v>193.29</v>
+        <v>65.34</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E26" s="2">
-        <v>43.22</v>
+        <v>992.4</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="2">
-        <v>226.43</v>
+        <v>2039.96</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>226.43</v>
+        <v>709</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>9</v>
+        <v>84</v>
       </c>
       <c r="E29" s="2">
-        <v>173.12</v>
+        <v>46.26</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E30" s="2">
-        <v>0.32</v>
+        <v>21.76</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E31" s="2">
-        <v>4.96</v>
+        <v>12.97</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E32" s="2">
-        <v>78.46</v>
+        <v>1150.71</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E33" s="2">
-        <v>894.21</v>
+        <v>5089.11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>98</v>
       </c>
       <c r="E34" s="2">
-        <v>6831.79</v>
+        <v>857.48</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>52</v>
+        <v>101</v>
       </c>
       <c r="E35" s="2">
-        <v>409.89</v>
+        <v>2.26</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E36" s="2">
-        <v>3606.64</v>
+        <v>597.58</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E37" s="2">
-        <v>22518.75</v>
+        <v>884.39</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E38" s="2">
-        <v>10627.83</v>
+        <v>609.64</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E39" s="2">
-        <v>788</v>
+        <v>2547</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E40" s="2">
-        <v>426.19</v>
+        <v>2372.67</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>30</v>
+        <v>118</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>31</v>
+        <v>119</v>
       </c>
       <c r="E41" s="2">
-        <v>65.34</v>
+        <v>11634.27</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>119</v>
       </c>
       <c r="E42" s="2">
-        <v>992.4</v>
+        <v>628.63</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E43" s="2">
-        <v>2039.96</v>
+        <v>1736.35</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E44" s="2">
-        <v>874</v>
+        <v>247.32</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E45" s="2">
-        <v>496.26</v>
+        <v>796.12</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E46" s="2">
-        <v>46.26</v>
+        <v>190.59</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E47" s="2">
-        <v>548.18</v>
+        <v>1215.38</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="E48" s="2">
-        <v>837.95</v>
+        <v>138.29</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E49" s="2">
-        <v>499.45</v>
+        <v>121.15</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E50" s="2">
-        <v>1150.71</v>
+        <v>1508.08</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E51" s="2">
-        <v>5089.11</v>
+        <v>3121.4</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E52" s="2">
-        <v>857.48</v>
+        <v>224.86</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E53" s="2">
-        <v>2.26</v>
+        <v>116.01</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E54" s="2">
-        <v>597.58</v>
+        <v>557.95</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E55" s="2">
-        <v>884.39</v>
+        <v>23.2</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E56" s="2">
-        <v>554.22</v>
+        <v>210.18</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E57" s="2">
-        <v>154.74</v>
+        <v>18.69</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E58" s="2">
-        <v>2547</v>
+        <v>308.27</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E59" s="2">
-        <v>1.17</v>
+        <v>5313.62</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E60" s="2">
-        <v>62.5</v>
+        <v>7097.08</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E61" s="2">
-        <v>2372.67</v>
+        <v>16.85</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E62" s="2">
-        <v>11634.27</v>
+        <v>3.25</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E63" s="2">
-        <v>628.63</v>
+        <v>62.5</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E64" s="2">
-        <v>1736.35</v>
+        <v>170.72</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E65" s="2">
-        <v>247.32</v>
+        <v>74.79</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="E66" s="2">
-        <v>796.12</v>
+        <v>0.27</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="E67" s="2">
-        <v>190.59</v>
+        <v>121.27</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>193</v>
+        <v>178</v>
       </c>
       <c r="E68" s="2">
-        <v>1215.38</v>
+        <v>134.31</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>196</v>
+        <v>178</v>
       </c>
       <c r="E69" s="2">
-        <v>138.29</v>
+        <v>58.39</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>199</v>
+        <v>178</v>
       </c>
       <c r="E70" s="2">
-        <v>121.15</v>
+        <v>29.47</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>202</v>
+        <v>119</v>
       </c>
       <c r="E71" s="2">
-        <v>1508.08</v>
+        <v>8442.38</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>204</v>
+        <v>119</v>
       </c>
       <c r="E72" s="2">
-        <v>3121.4</v>
+        <v>409.04</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="E73" s="2">
-        <v>224.86</v>
+        <v>179.34</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="E74" s="2">
-        <v>116.01</v>
+        <v>216.36</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="E75" s="2">
-        <v>557.95</v>
+        <v>41.18</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="E76" s="2">
-        <v>23.2</v>
+        <v>105.21</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="E77" s="2">
-        <v>210.18</v>
+        <v>106.61</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>168</v>
+        <v>214</v>
       </c>
       <c r="E78" s="2">
-        <v>18.69</v>
+        <v>42.69</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>222</v>
+        <v>197</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="E79" s="2">
-        <v>0.68</v>
+        <v>233.34</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="E80" s="2">
-        <v>308.27</v>
+        <v>428.79</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="E81" s="2">
-        <v>0.12</v>
+        <v>186.77</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>167</v>
+        <v>224</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="E82" s="2">
-        <v>125.95</v>
+        <v>1602.68</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>167</v>
+        <v>227</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>168</v>
+        <v>228</v>
       </c>
       <c r="E83" s="2">
-        <v>13.96</v>
+        <v>870.02</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="E84" s="2">
-        <v>0.12</v>
+        <v>3008.51</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>238</v>
+        <v>211</v>
       </c>
       <c r="E85" s="2">
-        <v>1.13</v>
+        <v>4739.6</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="E86" s="2">
-        <v>5313.62</v>
+        <v>181.14</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="E87" s="2">
-        <v>62.5</v>
+        <v>649</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="E88" s="2">
-        <v>7097.08</v>
+        <v>352.94</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>199</v>
+        <v>245</v>
       </c>
       <c r="E89" s="2">
-        <v>0.12</v>
+        <v>8265.31</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="E90" s="2">
-        <v>16.85</v>
+        <v>17.8</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="E91" s="2">
-        <v>3.25</v>
+        <v>2332.41</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="E92" s="2">
-        <v>62.5</v>
+        <v>8.36</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="E93" s="2">
-        <v>170.72</v>
+        <v>164.29</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>229</v>
+        <v>124</v>
       </c>
       <c r="E94" s="2">
-        <v>0.76</v>
+        <v>14.09</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="E95" s="2">
-        <v>691.05</v>
+        <v>247.55</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="E96" s="2">
-        <v>0.27</v>
+        <v>1953.73</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="E97" s="2">
-        <v>0.68</v>
+        <v>1737.44</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="E98" s="2">
-        <v>121.27</v>
+        <v>45.23</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>255</v>
+        <v>141</v>
       </c>
       <c r="E99" s="2">
-        <v>134.31</v>
+        <v>1020.79</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="B100" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E100" s="2">
-        <v>58.39</v>
+        <v>170.22</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>255</v>
+        <v>279</v>
       </c>
       <c r="E101" s="2">
-        <v>29.47</v>
+        <v>5870.66</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>177</v>
+        <v>282</v>
       </c>
       <c r="E102" s="2">
-        <v>8442.38</v>
+        <v>3401.74</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>177</v>
+        <v>284</v>
       </c>
       <c r="E103" s="2">
-        <v>409.04</v>
+        <v>5.35</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B104" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="B104" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E104" s="2">
-        <v>62.5</v>
+        <v>282.47</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E105" s="2">
-        <v>179.34</v>
+        <v>203.22</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="E106" s="2">
-        <v>216.36</v>
+        <v>203.22</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="E107" s="2">
-        <v>62.5</v>
+        <v>1628.44</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="E108" s="2">
-        <v>62.5</v>
+        <v>868.1</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="E109" s="2">
-        <v>41.18</v>
+        <v>4093.43</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>298</v>
+        <v>197</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="E110" s="2">
-        <v>105.21</v>
+        <v>203.22</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="E111" s="2">
-        <v>106.61</v>
+        <v>1248.41</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="E112" s="2">
-        <v>42.69</v>
+        <v>10.36</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="E113" s="2">
-        <v>233.34</v>
+        <v>1611.37</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>309</v>
+        <v>264</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="E114" s="2">
-        <v>428.79</v>
+        <v>2915.04</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E115" s="2">
-        <v>186.77</v>
+        <v>1046.39</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>316</v>
+        <v>98</v>
       </c>
       <c r="E116" s="2">
-        <v>0.06</v>
+        <v>220.01</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E117" s="2">
-        <v>1602.68</v>
+        <v>21.82</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>322</v>
+        <v>300</v>
       </c>
       <c r="E118" s="2">
-        <v>870.02</v>
+        <v>99.24</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>323</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>324</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>325</v>
       </c>
       <c r="E119" s="2">
-        <v>3008.51</v>
+        <v>97.49</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>326</v>
       </c>
       <c r="B120" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D120" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="C120" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E120" s="2">
-        <v>4739.6</v>
+        <v>892.52</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>328</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>329</v>
+        <v>281</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>330</v>
+        <v>282</v>
       </c>
       <c r="E121" s="2">
-        <v>181.14</v>
+        <v>17190.36</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D122" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="B122" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E122" s="2">
-        <v>649</v>
+        <v>1513.96</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>336</v>
+        <v>268</v>
       </c>
       <c r="E123" s="2">
-        <v>352.94</v>
+        <v>865.14</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>339</v>
+        <v>141</v>
       </c>
       <c r="E124" s="2">
-        <v>8605.31</v>
+        <v>9.08</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>342</v>
+        <v>98</v>
       </c>
       <c r="E125" s="2">
-        <v>17.8</v>
+        <v>56.67</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="E126" s="2">
-        <v>2332.41</v>
+        <v>900.46</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="E127" s="2">
-        <v>8.36</v>
+        <v>21465.77</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="E128" s="2">
-        <v>164.29</v>
+        <v>4887.67</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>353</v>
+        <v>344</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>182</v>
+        <v>347</v>
       </c>
       <c r="E129" s="2">
-        <v>14.09</v>
+        <v>1984.19</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="E130" s="2">
-        <v>0.06</v>
+        <v>203.22</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>359</v>
+        <v>98</v>
       </c>
       <c r="E131" s="2">
-        <v>247.55</v>
+        <v>2793.52</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="E132" s="2">
-        <v>1916.79</v>
+        <v>28858.51</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>365</v>
+        <v>345</v>
       </c>
       <c r="E133" s="2">
-        <v>1700.5</v>
+        <v>2490.71</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>367</v>
+        <v>356</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>368</v>
+        <v>345</v>
       </c>
       <c r="E134" s="2">
-        <v>204.14</v>
+        <v>917.3</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>369</v>
+        <v>358</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>370</v>
+        <v>356</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>371</v>
+        <v>359</v>
       </c>
       <c r="E135" s="2">
-        <v>2.38</v>
+        <v>13458.02</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>372</v>
+        <v>360</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>373</v>
+        <v>361</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>374</v>
+        <v>362</v>
       </c>
       <c r="E136" s="2">
-        <v>136.32</v>
+        <v>203.22</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>375</v>
+        <v>363</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>377</v>
+        <v>141</v>
       </c>
       <c r="E137" s="2">
-        <v>328.6</v>
+        <v>0.45</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>378</v>
+        <v>365</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>379</v>
+        <v>366</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>380</v>
+        <v>367</v>
       </c>
       <c r="E138" s="2">
-        <v>154.74</v>
+        <v>27094.18</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>381</v>
+        <v>368</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>382</v>
+        <v>369</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>383</v>
+        <v>141</v>
       </c>
       <c r="E139" s="2">
-        <v>45.23</v>
+        <v>417.7</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>384</v>
+        <v>370</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>382</v>
+        <v>371</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="E140" s="2">
-        <v>369.48</v>
+        <v>12413.37</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>387</v>
+        <v>374</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>199</v>
+        <v>375</v>
       </c>
       <c r="E141" s="2">
-        <v>1020.79</v>
+        <v>1895.4</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>388</v>
+        <v>376</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>389</v>
+        <v>335</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>390</v>
+        <v>377</v>
       </c>
       <c r="E142" s="2">
-        <v>369.48</v>
+        <v>31.83</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>391</v>
+        <v>378</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>392</v>
+        <v>374</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>393</v>
+        <v>345</v>
       </c>
       <c r="E143" s="2">
-        <v>154.74</v>
+        <v>49.46</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>394</v>
+        <v>379</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>395</v>
+        <v>380</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>396</v>
+        <v>381</v>
       </c>
       <c r="E144" s="2">
-        <v>184.74</v>
+        <v>54.34</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>397</v>
+        <v>382</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>398</v>
+        <v>383</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>399</v>
+        <v>384</v>
       </c>
       <c r="E145" s="2">
-        <v>104.19</v>
+        <v>15761.22</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>400</v>
+        <v>385</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>401</v>
+        <v>386</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
       <c r="E146" s="2">
-        <v>5870.66</v>
+        <v>3598.9</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>403</v>
+        <v>388</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>404</v>
+        <v>389</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>405</v>
+        <v>387</v>
       </c>
       <c r="E147" s="2">
-        <v>369.48</v>
+        <v>0.37</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>406</v>
+        <v>390</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>407</v>
+        <v>391</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>408</v>
+        <v>387</v>
       </c>
       <c r="E148" s="2">
-        <v>339.48</v>
+        <v>1076.1</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>409</v>
+        <v>392</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>410</v>
+        <v>393</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>411</v>
+        <v>387</v>
       </c>
       <c r="E149" s="2">
-        <v>3364.8</v>
+        <v>316.6</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>412</v>
+        <v>394</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>410</v>
+        <v>361</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>413</v>
+        <v>387</v>
       </c>
       <c r="E150" s="2">
-        <v>5.35</v>
+        <v>6.89</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>414</v>
+        <v>395</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>410</v>
+        <v>396</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>413</v>
+        <v>397</v>
       </c>
       <c r="E151" s="2">
-        <v>282.47</v>
+        <v>170.22</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>415</v>
+        <v>398</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>416</v>
+        <v>399</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>417</v>
+        <v>400</v>
       </c>
       <c r="E152" s="2">
-        <v>184.74</v>
+        <v>33744.26</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>419</v>
+        <v>402</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>420</v>
+        <v>403</v>
       </c>
       <c r="E153" s="2">
-        <v>184.74</v>
+        <v>29876.02</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>421</v>
+        <v>404</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>422</v>
+        <v>405</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>423</v>
+        <v>98</v>
       </c>
       <c r="E154" s="2">
-        <v>1628.44</v>
+        <v>51.14</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>424</v>
+        <v>406</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>425</v>
+        <v>407</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>426</v>
+        <v>408</v>
       </c>
       <c r="E155" s="2">
-        <v>831.16</v>
+        <v>718.4</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>427</v>
+        <v>409</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>428</v>
+        <v>410</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>429</v>
+        <v>411</v>
       </c>
       <c r="E156" s="2">
-        <v>154.74</v>
+        <v>603.23</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>430</v>
+        <v>412</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>431</v>
+        <v>413</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>432</v>
+        <v>414</v>
       </c>
       <c r="E157" s="2">
-        <v>154.74</v>
+        <v>104.37</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>433</v>
+        <v>415</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>434</v>
+        <v>349</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>435</v>
+        <v>416</v>
       </c>
       <c r="E158" s="2">
-        <v>369.48</v>
+        <v>571.8</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>436</v>
+        <v>417</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>437</v>
+        <v>418</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>438</v>
+        <v>419</v>
       </c>
       <c r="E159" s="2">
-        <v>4056.49</v>
+        <v>10661.27</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>439</v>
+        <v>420</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>279</v>
+        <v>421</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>440</v>
+        <v>347</v>
       </c>
       <c r="E160" s="2">
-        <v>184.74</v>
+        <v>521.75</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>441</v>
+        <v>422</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>442</v>
+        <v>341</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>443</v>
+        <v>342</v>
       </c>
       <c r="E161" s="2">
-        <v>58.73</v>
+        <v>3296.92</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>444</v>
+        <v>423</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>445</v>
+        <v>424</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>446</v>
+        <v>425</v>
       </c>
       <c r="E162" s="2">
-        <v>184.74</v>
+        <v>184.69</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>447</v>
+        <v>426</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>448</v>
+        <v>427</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>449</v>
+        <v>428</v>
       </c>
       <c r="E163" s="2">
-        <v>184.74</v>
+        <v>497.99</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>450</v>
+        <v>429</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>451</v>
+        <v>337</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>452</v>
+        <v>430</v>
       </c>
       <c r="E164" s="2">
-        <v>154.79</v>
+        <v>251.32</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>453</v>
+        <v>431</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>454</v>
+        <v>432</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>455</v>
+        <v>433</v>
       </c>
       <c r="E165" s="2">
-        <v>369.48</v>
+        <v>1093.65</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>456</v>
+        <v>434</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>457</v>
+        <v>435</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>458</v>
+        <v>279</v>
       </c>
       <c r="E166" s="2">
-        <v>369.48</v>
+        <v>365.08</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>459</v>
+        <v>436</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>460</v>
+        <v>435</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>461</v>
+        <v>437</v>
       </c>
       <c r="E167" s="2">
-        <v>2032.93</v>
+        <v>6164.88</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>462</v>
+        <v>438</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>463</v>
+        <v>439</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>464</v>
+        <v>440</v>
       </c>
       <c r="E168" s="2">
-        <v>369.48</v>
+        <v>197.1</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>465</v>
+        <v>441</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>467</v>
+        <v>443</v>
       </c>
       <c r="E169" s="2">
-        <v>103.51</v>
+        <v>149.03</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>468</v>
+        <v>444</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>469</v>
+        <v>445</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>470</v>
+        <v>446</v>
       </c>
       <c r="E170" s="2">
-        <v>134.74</v>
+        <v>263.22</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>471</v>
+        <v>447</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>472</v>
+        <v>449</v>
       </c>
       <c r="E171" s="2">
-        <v>1611.37</v>
+        <v>11.84</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>473</v>
+        <v>450</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>474</v>
+        <v>451</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>475</v>
+        <v>452</v>
       </c>
       <c r="E172" s="2">
-        <v>369.48</v>
+        <v>504.11</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>476</v>
+        <v>453</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>361</v>
+        <v>454</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>477</v>
+        <v>455</v>
       </c>
       <c r="E173" s="2">
-        <v>2878.1</v>
+        <v>5904.95</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>478</v>
+        <v>456</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>398</v>
+        <v>457</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>479</v>
+        <v>458</v>
       </c>
       <c r="E174" s="2">
-        <v>2046.39</v>
+        <v>365.86</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>480</v>
+        <v>459</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>481</v>
+        <v>460</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>482</v>
+        <v>461</v>
       </c>
       <c r="E175" s="2">
-        <v>1.03</v>
+        <v>356.06</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>483</v>
+        <v>462</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>484</v>
+        <v>463</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>147</v>
+        <v>98</v>
       </c>
       <c r="E176" s="2">
-        <v>220.01</v>
+        <v>22906.91</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>485</v>
+        <v>464</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>486</v>
+        <v>465</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>487</v>
+        <v>466</v>
       </c>
       <c r="E177" s="2">
-        <v>21.82</v>
+        <v>1162.48</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>488</v>
+        <v>467</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>489</v>
+        <v>468</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>490</v>
+        <v>469</v>
       </c>
       <c r="E178" s="2">
-        <v>0.12</v>
+        <v>938.59</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>491</v>
+        <v>470</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>492</v>
+        <v>471</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>493</v>
+        <v>98</v>
       </c>
       <c r="E179" s="2">
-        <v>369.48</v>
+        <v>1722.12</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>494</v>
+        <v>472</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>495</v>
+        <v>473</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>496</v>
+        <v>98</v>
       </c>
       <c r="E180" s="2">
-        <v>339.48</v>
+        <v>883.81</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>497</v>
+        <v>474</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>498</v>
+        <v>475</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>438</v>
+        <v>476</v>
       </c>
       <c r="E181" s="2">
-        <v>99.24</v>
+        <v>357.4</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>499</v>
+        <v>477</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>500</v>
+        <v>442</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>501</v>
+        <v>478</v>
       </c>
       <c r="E182" s="2">
-        <v>97.49</v>
+        <v>791.62</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>502</v>
+        <v>479</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>503</v>
+        <v>476</v>
       </c>
       <c r="E183" s="2">
-        <v>892.52</v>
+        <v>1278.4</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>504</v>
+        <v>481</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>410</v>
+        <v>460</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>411</v>
+        <v>461</v>
       </c>
       <c r="E184" s="2">
-        <v>17190.36</v>
+        <v>468.6</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>505</v>
+        <v>482</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>506</v>
+        <v>483</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>507</v>
+        <v>484</v>
       </c>
       <c r="E185" s="2">
-        <v>1513.96</v>
+        <v>633.09</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>508</v>
+        <v>485</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>509</v>
+        <v>200</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>365</v>
+        <v>486</v>
       </c>
       <c r="E186" s="2">
-        <v>865.14</v>
+        <v>650.42</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>510</v>
+        <v>487</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>511</v>
+        <v>488</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>368</v>
+        <v>489</v>
       </c>
       <c r="E187" s="2">
-        <v>268</v>
+        <v>4.96</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>512</v>
+        <v>490</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>513</v>
+        <v>491</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>514</v>
+        <v>492</v>
       </c>
       <c r="E188" s="2">
-        <v>369.48</v>
+        <v>916.92</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>515</v>
+        <v>493</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>516</v>
+        <v>494</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>199</v>
+        <v>495</v>
       </c>
       <c r="E189" s="2">
-        <v>9.08</v>
+        <v>672.42</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>517</v>
+        <v>496</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>518</v>
+        <v>497</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>147</v>
+        <v>498</v>
       </c>
       <c r="E190" s="2">
-        <v>56.67</v>
+        <v>1318.59</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>519</v>
+        <v>499</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>518</v>
+        <v>500</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>520</v>
+        <v>501</v>
       </c>
       <c r="E191" s="2">
-        <v>863.52</v>
+        <v>0.35</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>521</v>
+        <v>502</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>522</v>
+        <v>503</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>523</v>
+        <v>178</v>
       </c>
       <c r="E192" s="2">
-        <v>21428.83</v>
+        <v>517.12</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>524</v>
+        <v>504</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>525</v>
+        <v>503</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>526</v>
+        <v>178</v>
       </c>
       <c r="E193" s="2">
-        <v>4887.67</v>
+        <v>517.12</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>527</v>
+        <v>505</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>525</v>
+        <v>503</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>528</v>
+        <v>178</v>
       </c>
       <c r="E194" s="2">
-        <v>1910.29</v>
+        <v>64.14</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>529</v>
+        <v>506</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>530</v>
+        <v>507</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>531</v>
+        <v>508</v>
       </c>
       <c r="E195" s="2">
-        <v>184.74</v>
+        <v>104.49</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>532</v>
+        <v>509</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>533</v>
+        <v>510</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>534</v>
+        <v>178</v>
       </c>
       <c r="E196" s="2">
-        <v>339.48</v>
+        <v>5.5</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>535</v>
+        <v>511</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>536</v>
+        <v>512</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>147</v>
+        <v>513</v>
       </c>
       <c r="E197" s="2">
-        <v>2793.52</v>
+        <v>633.51</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>537</v>
+        <v>514</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>536</v>
+        <v>515</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>538</v>
+        <v>516</v>
       </c>
       <c r="E198" s="2">
-        <v>28821.57</v>
+        <v>1490.6</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>539</v>
+        <v>517</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>540</v>
+        <v>518</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
       <c r="E199" s="2">
-        <v>2490.71</v>
+        <v>1517.56</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>541</v>
+        <v>520</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>540</v>
+        <v>521</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
       <c r="E200" s="2">
-        <v>917.3</v>
+        <v>4212.3</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>542</v>
+        <v>522</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>543</v>
+        <v>524</v>
       </c>
       <c r="E201" s="2">
-        <v>13421.08</v>
+        <v>880.67</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>544</v>
+        <v>525</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>545</v>
+        <v>526</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>546</v>
+        <v>527</v>
       </c>
       <c r="E202" s="2">
-        <v>184.74</v>
+        <v>3062.09</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>547</v>
+        <v>528</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>548</v>
+        <v>529</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>199</v>
+        <v>530</v>
       </c>
       <c r="E203" s="2">
-        <v>0.45</v>
+        <v>977.26</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>549</v>
+        <v>531</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>550</v>
+        <v>532</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>551</v>
+        <v>533</v>
       </c>
       <c r="E204" s="2">
-        <v>27057.24</v>
+        <v>476.12</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>552</v>
+        <v>534</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>553</v>
+        <v>532</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>554</v>
+        <v>535</v>
       </c>
       <c r="E205" s="2">
-        <v>867.8</v>
+        <v>346.89</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>555</v>
+        <v>536</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>516</v>
+        <v>537</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>556</v>
+        <v>538</v>
       </c>
       <c r="E206" s="2">
-        <v>369.48</v>
+        <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>557</v>
+        <v>539</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>558</v>
+        <v>540</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>559</v>
+        <v>541</v>
       </c>
       <c r="E207" s="2">
-        <v>369.48</v>
+        <v>385.45</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>560</v>
+        <v>542</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>561</v>
+        <v>543</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>199</v>
+        <v>544</v>
       </c>
       <c r="E208" s="2">
-        <v>417.7</v>
+        <v>550.72</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>562</v>
+        <v>545</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>563</v>
+        <v>546</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>564</v>
+        <v>547</v>
       </c>
       <c r="E209" s="2">
-        <v>12376.43</v>
+        <v>1226.02</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>565</v>
+        <v>548</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>566</v>
+        <v>549</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>567</v>
+        <v>527</v>
       </c>
       <c r="E210" s="2">
-        <v>1858.46</v>
+        <v>2849.87</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>568</v>
+        <v>550</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>569</v>
+        <v>551</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>570</v>
+        <v>552</v>
       </c>
       <c r="E211" s="2">
-        <v>154.74</v>
+        <v>565.75</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>571</v>
+        <v>553</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>572</v>
+        <v>554</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>573</v>
+        <v>555</v>
       </c>
       <c r="E212" s="2">
-        <v>154.37</v>
+        <v>148.4</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>574</v>
+        <v>556</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>516</v>
+        <v>554</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>575</v>
+        <v>555</v>
       </c>
       <c r="E213" s="2">
-        <v>31.83</v>
+        <v>295.95</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>576</v>
+        <v>557</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>526</v>
+        <v>559</v>
       </c>
       <c r="E214" s="2">
-        <v>49.46</v>
+        <v>0.02</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>577</v>
+        <v>560</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>578</v>
+        <v>561</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>579</v>
+        <v>562</v>
       </c>
       <c r="E215" s="2">
-        <v>369.48</v>
+        <v>10.82</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>580</v>
+        <v>563</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>581</v>
+        <v>564</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>582</v>
+        <v>565</v>
       </c>
       <c r="E216" s="2">
-        <v>184.74</v>
+        <v>848.31</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>583</v>
+        <v>566</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>584</v>
+        <v>567</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>585</v>
+        <v>568</v>
       </c>
       <c r="E217" s="2">
-        <v>15724.28</v>
+        <v>863.82</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>586</v>
+        <v>569</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>587</v>
+        <v>567</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>588</v>
+        <v>570</v>
       </c>
       <c r="E218" s="2">
-        <v>3598.9</v>
+        <v>14369.2</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>589</v>
+        <v>571</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>590</v>
+        <v>572</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>588</v>
+        <v>178</v>
       </c>
       <c r="E219" s="2">
-        <v>0.37</v>
+        <v>14.19</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>591</v>
+        <v>573</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>592</v>
+        <v>572</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>588</v>
+        <v>178</v>
       </c>
       <c r="E220" s="2">
-        <v>1076.1</v>
+        <v>61.46</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>593</v>
+        <v>574</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>594</v>
+        <v>572</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>588</v>
+        <v>178</v>
       </c>
       <c r="E221" s="2">
-        <v>316.6</v>
+        <v>17.98</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>595</v>
+        <v>575</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>596</v>
+        <v>572</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>597</v>
+        <v>178</v>
       </c>
       <c r="E222" s="2">
-        <v>867.8</v>
+        <v>30.25</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>598</v>
+        <v>576</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>599</v>
+        <v>572</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>600</v>
+        <v>178</v>
       </c>
       <c r="E223" s="2">
-        <v>154.74</v>
+        <v>16.08</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>601</v>
+        <v>577</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>545</v>
+        <v>572</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>588</v>
+        <v>178</v>
       </c>
       <c r="E224" s="2">
-        <v>6.89</v>
+        <v>18.88</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>602</v>
+        <v>578</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>603</v>
+        <v>579</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>604</v>
+        <v>580</v>
       </c>
       <c r="E225" s="2">
-        <v>154.74</v>
+        <v>88.86</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>605</v>
+        <v>581</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>606</v>
+        <v>582</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>607</v>
+        <v>583</v>
       </c>
       <c r="E226" s="2">
-        <v>33744.26</v>
+        <v>158.73</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>608</v>
+        <v>584</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>609</v>
+        <v>585</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>610</v>
+        <v>586</v>
       </c>
       <c r="E227" s="2">
-        <v>29839.08</v>
+        <v>6860.69</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>611</v>
+        <v>587</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>612</v>
+        <v>588</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>147</v>
+        <v>589</v>
       </c>
       <c r="E228" s="2">
-        <v>51.14</v>
+        <v>340.54</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>613</v>
+        <v>590</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>614</v>
+        <v>591</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>615</v>
+        <v>592</v>
       </c>
       <c r="E229" s="2">
-        <v>668.98</v>
+        <v>203.22</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>616</v>
+        <v>593</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>617</v>
+        <v>594</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>618</v>
+        <v>595</v>
       </c>
       <c r="E230" s="2">
-        <v>603.23</v>
+        <v>3903.67</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>619</v>
+        <v>596</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>620</v>
+        <v>597</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>621</v>
+        <v>598</v>
       </c>
       <c r="E231" s="2">
-        <v>104.37</v>
+        <v>998.26</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>622</v>
+        <v>599</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>530</v>
+        <v>600</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>623</v>
+        <v>601</v>
       </c>
       <c r="E232" s="2">
-        <v>571.8</v>
+        <v>0.06</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>624</v>
+        <v>602</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>625</v>
+        <v>603</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>626</v>
+        <v>604</v>
       </c>
       <c r="E233" s="2">
-        <v>10661.27</v>
+        <v>160.12</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>627</v>
+        <v>605</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>628</v>
+        <v>606</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>528</v>
+        <v>607</v>
       </c>
       <c r="E234" s="2">
-        <v>521.75</v>
+        <v>3588.51</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>629</v>
+        <v>608</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>522</v>
+        <v>609</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>523</v>
+        <v>610</v>
       </c>
       <c r="E235" s="2">
-        <v>3296.92</v>
+        <v>203.22</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>630</v>
+        <v>611</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>631</v>
+        <v>612</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>632</v>
+        <v>613</v>
       </c>
       <c r="E236" s="2">
-        <v>184.69</v>
+        <v>3645.99</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>633</v>
+        <v>614</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>634</v>
+        <v>615</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>635</v>
+        <v>616</v>
       </c>
       <c r="E237" s="2">
-        <v>497.99</v>
+        <v>3760.38</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>636</v>
+        <v>617</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>518</v>
+        <v>618</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>637</v>
+        <v>619</v>
       </c>
       <c r="E238" s="2">
-        <v>251.32</v>
+        <v>203.22</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>638</v>
+        <v>620</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>553</v>
+        <v>621</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>554</v>
+        <v>622</v>
       </c>
       <c r="E239" s="2">
-        <v>785.05</v>
+        <v>91.94</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>639</v>
+        <v>623</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>640</v>
+        <v>624</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>641</v>
+        <v>625</v>
       </c>
       <c r="E240" s="2">
-        <v>1093.65</v>
+        <v>12681.47</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>642</v>
+        <v>626</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>643</v>
+        <v>627</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>402</v>
+        <v>628</v>
       </c>
       <c r="E241" s="2">
-        <v>365.08</v>
+        <v>30338.29</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>644</v>
+        <v>629</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>643</v>
+        <v>624</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>645</v>
+        <v>630</v>
       </c>
       <c r="E242" s="2">
-        <v>6164.88</v>
+        <v>4828.76</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>646</v>
+        <v>631</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>647</v>
+        <v>627</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>648</v>
+        <v>630</v>
       </c>
       <c r="E243" s="2">
-        <v>197.1</v>
+        <v>885.98</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>649</v>
+        <v>632</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>650</v>
+        <v>603</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>651</v>
+        <v>633</v>
       </c>
       <c r="E244" s="2">
-        <v>62.5</v>
+        <v>33.24</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>652</v>
+        <v>634</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>653</v>
+        <v>635</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>654</v>
+        <v>636</v>
       </c>
       <c r="E245" s="2">
-        <v>149.03</v>
+        <v>1013.76</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>655</v>
+        <v>637</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>656</v>
+        <v>635</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>657</v>
+        <v>638</v>
       </c>
       <c r="E246" s="2">
-        <v>263.22</v>
+        <v>1.93</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>658</v>
+        <v>639</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>659</v>
+        <v>640</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>660</v>
+        <v>641</v>
       </c>
       <c r="E247" s="2">
-        <v>11.84</v>
+        <v>2893.89</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>661</v>
+        <v>642</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>662</v>
+        <v>643</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>663</v>
+        <v>644</v>
       </c>
       <c r="E248" s="2">
-        <v>504.11</v>
+        <v>2946.28</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>664</v>
+        <v>645</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>665</v>
+        <v>646</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>666</v>
+        <v>616</v>
       </c>
       <c r="E249" s="2">
-        <v>5904.95</v>
+        <v>298.06</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>667</v>
+        <v>647</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>668</v>
+        <v>648</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>669</v>
+        <v>649</v>
       </c>
       <c r="E250" s="2">
-        <v>62.5</v>
+        <v>224.4</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>670</v>
+        <v>650</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>671</v>
+        <v>651</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>672</v>
+        <v>652</v>
       </c>
       <c r="E251" s="2">
-        <v>365.86</v>
+        <v>6583.31</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>673</v>
+        <v>653</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>674</v>
+        <v>435</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>675</v>
+        <v>654</v>
       </c>
       <c r="E252" s="2">
-        <v>356.06</v>
+        <v>2105.57</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>676</v>
+        <v>655</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>677</v>
+        <v>656</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>147</v>
+        <v>657</v>
       </c>
       <c r="E253" s="2">
-        <v>22906.91</v>
+        <v>365.17</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>678</v>
+        <v>658</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>679</v>
+        <v>659</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>680</v>
+        <v>178</v>
       </c>
       <c r="E254" s="2">
-        <v>1162.48</v>
+        <v>0.43</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>681</v>
+        <v>660</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>682</v>
+        <v>661</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>683</v>
+        <v>662</v>
       </c>
       <c r="E255" s="2">
-        <v>938.59</v>
+        <v>62.5</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>684</v>
+        <v>663</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>685</v>
+        <v>664</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D256" s="0" t="s">
-        <v>147</v>
+        <v>665</v>
       </c>
       <c r="E256" s="2">
-        <v>1722.12</v>
+        <v>748.54</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>686</v>
+        <v>666</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>687</v>
+        <v>664</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>147</v>
+        <v>178</v>
       </c>
       <c r="E257" s="2">
-        <v>883.81</v>
+        <v>12.88</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>688</v>
+        <v>667</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>689</v>
+        <v>664</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>690</v>
+        <v>178</v>
       </c>
       <c r="E258" s="2">
-        <v>357.4</v>
+        <v>666.34</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>691</v>
+        <v>668</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>653</v>
+        <v>664</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>692</v>
+        <v>665</v>
       </c>
       <c r="E259" s="2">
-        <v>791.62</v>
+        <v>233</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>693</v>
+        <v>669</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>694</v>
+        <v>664</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>402</v>
+        <v>178</v>
       </c>
       <c r="E260" s="2">
-        <v>37</v>
+        <v>477.6</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>695</v>
+        <v>670</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>696</v>
+        <v>664</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D261" s="0" t="s">
-        <v>690</v>
+        <v>178</v>
       </c>
       <c r="E261" s="2">
-        <v>1278.4</v>
+        <v>1138.16</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>697</v>
+        <v>671</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>674</v>
+        <v>664</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>675</v>
+        <v>178</v>
       </c>
       <c r="E262" s="2">
-        <v>468.6</v>
+        <v>13.39</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>698</v>
+        <v>672</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>699</v>
+        <v>673</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>700</v>
+        <v>654</v>
       </c>
       <c r="E263" s="2">
-        <v>633.09</v>
+        <v>85.07</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>701</v>
+        <v>674</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>285</v>
+        <v>675</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>702</v>
+        <v>657</v>
       </c>
       <c r="E264" s="2">
-        <v>850.42</v>
+        <v>6589.48</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>703</v>
+        <v>676</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>704</v>
+        <v>677</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>705</v>
+        <v>678</v>
       </c>
       <c r="E265" s="2">
-        <v>19.88</v>
+        <v>422.4</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>706</v>
+        <v>679</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>707</v>
+        <v>680</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>705</v>
+        <v>681</v>
       </c>
       <c r="E266" s="2">
-        <v>2.09</v>
+        <v>3771.48</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>709</v>
+        <v>683</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>710</v>
+        <v>684</v>
       </c>
       <c r="E267" s="2">
-        <v>0.66</v>
+        <v>132.28</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>711</v>
+        <v>685</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>712</v>
+        <v>686</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>705</v>
+        <v>687</v>
       </c>
       <c r="E268" s="2">
-        <v>4.96</v>
+        <v>977.04</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>713</v>
+        <v>688</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>714</v>
+        <v>689</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>715</v>
+        <v>690</v>
       </c>
       <c r="E269" s="2">
-        <v>916.92</v>
+        <v>891.95</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>716</v>
+        <v>691</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>717</v>
+        <v>692</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>718</v>
+        <v>693</v>
       </c>
       <c r="E270" s="2">
-        <v>11.31</v>
+        <v>1369.05</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>719</v>
+        <v>694</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>717</v>
+        <v>695</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>720</v>
+        <v>696</v>
       </c>
       <c r="E271" s="2">
-        <v>0.16</v>
+        <v>3560.15</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>721</v>
+        <v>697</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>717</v>
+        <v>698</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>720</v>
+        <v>699</v>
       </c>
       <c r="E272" s="2">
-        <v>5.34</v>
+        <v>6878.75</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>722</v>
+        <v>700</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>717</v>
+        <v>701</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>720</v>
+        <v>178</v>
       </c>
       <c r="E273" s="2">
-        <v>3.04</v>
+        <v>39</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>723</v>
+        <v>702</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>717</v>
+        <v>701</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>718</v>
+        <v>178</v>
       </c>
       <c r="E274" s="2">
-        <v>0.1</v>
+        <v>58.98</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>724</v>
+        <v>703</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>717</v>
+        <v>704</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>720</v>
+        <v>705</v>
       </c>
       <c r="E275" s="2">
-        <v>0.43</v>
+        <v>223.65</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>725</v>
+        <v>706</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>726</v>
+        <v>707</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>727</v>
+        <v>708</v>
       </c>
       <c r="E276" s="2">
-        <v>672.42</v>
+        <v>177.51</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>728</v>
+        <v>709</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>729</v>
+        <v>710</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>730</v>
+        <v>711</v>
       </c>
       <c r="E277" s="2">
-        <v>1318.59</v>
+        <v>11995.94</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>731</v>
+        <v>712</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>732</v>
+        <v>713</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>733</v>
+        <v>714</v>
       </c>
       <c r="E278" s="2">
-        <v>0.35</v>
+        <v>10708.1</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>734</v>
+        <v>715</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>735</v>
+        <v>716</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>255</v>
+        <v>717</v>
       </c>
       <c r="E279" s="2">
-        <v>517.12</v>
+        <v>98.56</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>736</v>
+        <v>718</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>735</v>
+        <v>719</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>255</v>
+        <v>720</v>
       </c>
       <c r="E280" s="2">
-        <v>517.12</v>
+        <v>1188.82</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>737</v>
+        <v>721</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>735</v>
+        <v>722</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>255</v>
+        <v>723</v>
       </c>
       <c r="E281" s="2">
-        <v>64.14</v>
+        <v>840.03</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>738</v>
+        <v>724</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>739</v>
+        <v>725</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>740</v>
+        <v>516</v>
       </c>
       <c r="E282" s="2">
-        <v>104.49</v>
+        <v>6917.03</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>741</v>
+        <v>724</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>742</v>
+        <v>725</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>255</v>
+        <v>516</v>
       </c>
       <c r="E283" s="2">
-        <v>5.5</v>
+        <v>8813.8</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>743</v>
+        <v>726</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>744</v>
+        <v>727</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>745</v>
+        <v>728</v>
       </c>
       <c r="E284" s="2">
-        <v>633.51</v>
+        <v>867.32</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>746</v>
+        <v>729</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>747</v>
+        <v>103</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>748</v>
+        <v>730</v>
       </c>
       <c r="E285" s="2">
-        <v>1490.6</v>
+        <v>1390.13</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>749</v>
+        <v>731</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>750</v>
+        <v>732</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>751</v>
+        <v>733</v>
       </c>
       <c r="E286" s="2">
-        <v>1517.56</v>
+        <v>18.33</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>752</v>
+        <v>734</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>753</v>
+        <v>735</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>751</v>
+        <v>736</v>
       </c>
       <c r="E287" s="2">
-        <v>4212.3</v>
+        <v>4725.6</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>754</v>
+        <v>737</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>755</v>
+        <v>738</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>756</v>
+        <v>739</v>
       </c>
       <c r="E288" s="2">
-        <v>880.67</v>
+        <v>2279.72</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>757</v>
+        <v>740</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>758</v>
+        <v>741</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>759</v>
+        <v>742</v>
       </c>
       <c r="E289" s="2">
-        <v>3062.09</v>
+        <v>8.86</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>760</v>
+        <v>743</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>761</v>
+        <v>744</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E290" s="2">
-        <v>977.26</v>
+        <v>359.58</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>763</v>
+        <v>746</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>764</v>
+        <v>747</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>765</v>
+        <v>748</v>
       </c>
       <c r="E291" s="2">
-        <v>154.74</v>
+        <v>2412.11</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>766</v>
+        <v>749</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>767</v>
+        <v>750</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>768</v>
+        <v>751</v>
       </c>
       <c r="E292" s="2">
-        <v>576.12</v>
+        <v>343.78</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>769</v>
+        <v>752</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>767</v>
+        <v>719</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>770</v>
+        <v>753</v>
       </c>
       <c r="E293" s="2">
-        <v>446.89</v>
+        <v>13.8</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>771</v>
+        <v>754</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>772</v>
+        <v>755</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>773</v>
+        <v>748</v>
       </c>
       <c r="E294" s="2">
-        <v>11</v>
+        <v>401.58</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>774</v>
+        <v>756</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>775</v>
+        <v>757</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>776</v>
+        <v>758</v>
       </c>
       <c r="E295" s="2">
-        <v>385.45</v>
+        <v>134.07</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>777</v>
+        <v>759</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>778</v>
+        <v>760</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>779</v>
+        <v>761</v>
       </c>
       <c r="E296" s="2">
-        <v>750.72</v>
+        <v>748.13</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>780</v>
+        <v>762</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>781</v>
+        <v>763</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>782</v>
+        <v>764</v>
       </c>
       <c r="E297" s="2">
-        <v>1226.02</v>
+        <v>4891.81</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>783</v>
+        <v>765</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>784</v>
+        <v>766</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
       <c r="E298" s="2">
-        <v>2849.87</v>
+        <v>32</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>785</v>
+        <v>768</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>786</v>
+        <v>766</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>787</v>
+        <v>767</v>
       </c>
       <c r="E299" s="2">
-        <v>0.21</v>
+        <v>11.78</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>788</v>
+        <v>769</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>786</v>
+        <v>770</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>787</v>
+        <v>771</v>
       </c>
       <c r="E300" s="2">
-        <v>0.14</v>
+        <v>2287.86</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>789</v>
+        <v>772</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>790</v>
+        <v>773</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>791</v>
+        <v>774</v>
       </c>
       <c r="E301" s="2">
-        <v>565.75</v>
+        <v>719.08</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>792</v>
+        <v>775</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>793</v>
+        <v>776</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>787</v>
+        <v>777</v>
       </c>
       <c r="E302" s="2">
-        <v>148.4</v>
+        <v>1.16</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>794</v>
+        <v>778</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>793</v>
+        <v>779</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>787</v>
+        <v>780</v>
       </c>
       <c r="E303" s="2">
-        <v>295.95</v>
+        <v>10.52</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>795</v>
+        <v>781</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>796</v>
+        <v>782</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D304" s="0" t="s">
-        <v>797</v>
+        <v>783</v>
       </c>
       <c r="E304" s="2">
-        <v>0.02</v>
+        <v>5.13</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>798</v>
+        <v>784</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>800</v>
+        <v>786</v>
       </c>
       <c r="E305" s="2">
-        <v>150.05</v>
+        <v>1932.5</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>801</v>
+        <v>787</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>802</v>
+        <v>788</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>803</v>
+        <v>789</v>
       </c>
       <c r="E306" s="2">
-        <v>1259.14</v>
+        <v>89.22</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>804</v>
+        <v>790</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>805</v>
+        <v>791</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>806</v>
+        <v>792</v>
       </c>
       <c r="E307" s="2">
-        <v>10.82</v>
+        <v>290.57</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>807</v>
+        <v>793</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>808</v>
+        <v>794</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>809</v>
+        <v>795</v>
       </c>
       <c r="E308" s="2">
-        <v>848.31</v>
+        <v>672.47</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>810</v>
+        <v>796</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>811</v>
+        <v>797</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>812</v>
+        <v>798</v>
       </c>
       <c r="E309" s="2">
-        <v>863.82</v>
+        <v>2101.83</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>813</v>
+        <v>799</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>811</v>
+        <v>800</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>814</v>
+        <v>801</v>
       </c>
       <c r="E310" s="2">
-        <v>14332.26</v>
+        <v>4949.75</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>815</v>
+        <v>802</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>816</v>
+        <v>803</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>255</v>
+        <v>804</v>
       </c>
       <c r="E311" s="2">
-        <v>14.19</v>
+        <v>651.52</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>817</v>
+        <v>805</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>816</v>
+        <v>806</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>255</v>
+        <v>807</v>
       </c>
       <c r="E312" s="2">
-        <v>61.46</v>
+        <v>53.76</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>818</v>
+        <v>808</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>816</v>
+        <v>809</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>255</v>
+        <v>810</v>
       </c>
       <c r="E313" s="2">
-        <v>17.98</v>
+        <v>6123.27</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>819</v>
+        <v>811</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>255</v>
+        <v>813</v>
       </c>
       <c r="E314" s="2">
-        <v>30.25</v>
+        <v>30.63</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>820</v>
+        <v>814</v>
       </c>
       <c r="B315" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="C315" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D315" s="0" t="s">
         <v>816</v>
       </c>
-      <c r="C315" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E315" s="2">
-        <v>16.08</v>
+        <v>206.46</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D316" s="0" t="s">
-        <v>255</v>
+        <v>819</v>
       </c>
       <c r="E316" s="2">
-        <v>18.88</v>
+        <v>3891.54</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>824</v>
+        <v>178</v>
       </c>
       <c r="E317" s="2">
-        <v>88.86</v>
+        <v>0.55</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="E318" s="2">
-        <v>158.73</v>
+        <v>2.54</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D319" s="0" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="E319" s="2">
-        <v>6860.69</v>
+        <v>6702.51</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>832</v>
+        <v>826</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>833</v>
+        <v>68</v>
       </c>
       <c r="E320" s="2">
-        <v>340.54</v>
+        <v>1175.74</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>834</v>
+        <v>829</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>835</v>
+        <v>830</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>836</v>
+        <v>831</v>
       </c>
       <c r="E321" s="2">
-        <v>123.58</v>
+        <v>77.25</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>837</v>
+        <v>832</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>838</v>
+        <v>830</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>839</v>
+        <v>831</v>
       </c>
       <c r="E322" s="2">
-        <v>184.74</v>
+        <v>206.75</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>840</v>
+        <v>833</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>841</v>
+        <v>834</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>842</v>
+        <v>835</v>
       </c>
       <c r="E323" s="2">
-        <v>184.74</v>
+        <v>44.78</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>843</v>
+        <v>836</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>844</v>
+        <v>837</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>845</v>
+        <v>838</v>
       </c>
       <c r="E324" s="2">
-        <v>184.74</v>
+        <v>979.19</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>846</v>
+        <v>839</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>847</v>
+        <v>837</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>848</v>
+        <v>840</v>
       </c>
       <c r="E325" s="2">
-        <v>184.74</v>
+        <v>108.21</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>849</v>
+        <v>841</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>850</v>
+        <v>842</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>851</v>
+        <v>840</v>
       </c>
       <c r="E326" s="2">
-        <v>4050.01</v>
+        <v>0.6</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>852</v>
+        <v>843</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>853</v>
+        <v>844</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>854</v>
+        <v>68</v>
       </c>
       <c r="E327" s="2">
-        <v>742.57</v>
+        <v>37.43</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>855</v>
+        <v>845</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
       <c r="E328" s="2">
-        <v>166.27</v>
+        <v>1.85</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>858</v>
+        <v>848</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>859</v>
+        <v>849</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>860</v>
+        <v>850</v>
       </c>
       <c r="E329" s="2">
-        <v>138.4</v>
+        <v>54.87</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>861</v>
+        <v>851</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>859</v>
+        <v>852</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>862</v>
+        <v>68</v>
       </c>
       <c r="E330" s="2">
-        <v>15323.98</v>
+        <v>0.12</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>863</v>
+        <v>853</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>864</v>
+        <v>854</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>865</v>
+        <v>855</v>
       </c>
       <c r="E331" s="2">
-        <v>961.32</v>
+        <v>13.35</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>866</v>
+        <v>856</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>867</v>
+        <v>857</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D332" s="0" t="s">
-        <v>868</v>
+        <v>858</v>
       </c>
       <c r="E332" s="2">
-        <v>207.9</v>
+        <v>356.62</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>869</v>
+        <v>859</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>870</v>
+        <v>857</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>871</v>
+        <v>860</v>
       </c>
       <c r="E333" s="2">
-        <v>184.74</v>
+        <v>315.29</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>872</v>
+        <v>861</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>873</v>
+        <v>572</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>874</v>
+        <v>178</v>
       </c>
       <c r="E334" s="2">
-        <v>56.53</v>
+        <v>33.6</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>875</v>
+        <v>862</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>873</v>
+        <v>863</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D335" s="0" t="s">
-        <v>575</v>
+        <v>840</v>
       </c>
       <c r="E335" s="2">
-        <v>56.41</v>
+        <v>63.06</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>876</v>
+        <v>864</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>873</v>
+        <v>572</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>877</v>
+        <v>178</v>
       </c>
       <c r="E336" s="2">
-        <v>288.72</v>
+        <v>50.81</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>878</v>
+        <v>865</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>859</v>
+        <v>572</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>879</v>
+        <v>178</v>
       </c>
       <c r="E337" s="2">
-        <v>71.97</v>
+        <v>27.2</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>880</v>
+        <v>866</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>881</v>
+        <v>572</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D338" s="0" t="s">
-        <v>882</v>
+        <v>178</v>
       </c>
       <c r="E338" s="2">
-        <v>368.48</v>
+        <v>8.21</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>883</v>
+        <v>867</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>884</v>
+        <v>572</v>
       </c>
       <c r="C339" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>885</v>
+        <v>178</v>
       </c>
       <c r="E339" s="2">
-        <v>369.48</v>
+        <v>13.62</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>886</v>
+        <v>868</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>887</v>
+        <v>869</v>
       </c>
       <c r="C340" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>888</v>
+        <v>178</v>
       </c>
       <c r="E340" s="2">
-        <v>0.06</v>
+        <v>21.54</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>889</v>
+        <v>870</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>890</v>
+        <v>869</v>
       </c>
       <c r="C341" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>891</v>
+        <v>178</v>
       </c>
       <c r="E341" s="2">
-        <v>4.97</v>
+        <v>23.43</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>892</v>
+        <v>871</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>893</v>
+        <v>872</v>
       </c>
       <c r="C342" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>894</v>
+        <v>873</v>
       </c>
       <c r="E342" s="2">
-        <v>160.12</v>
+        <v>59.46</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>895</v>
+        <v>874</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>896</v>
+        <v>857</v>
       </c>
       <c r="C343" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>897</v>
+        <v>858</v>
       </c>
       <c r="E343" s="2">
-        <v>369.48</v>
+        <v>321.85</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>898</v>
+        <v>875</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>899</v>
+        <v>876</v>
       </c>
       <c r="C344" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>900</v>
+        <v>835</v>
       </c>
       <c r="E344" s="2">
-        <v>3551.57</v>
+        <v>1067.05</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>901</v>
+        <v>877</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>902</v>
+        <v>878</v>
       </c>
       <c r="C345" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>903</v>
+        <v>879</v>
       </c>
       <c r="E345" s="2">
-        <v>184.74</v>
+        <v>984.04</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>904</v>
+        <v>880</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>905</v>
+        <v>881</v>
       </c>
       <c r="C346" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>906</v>
+        <v>882</v>
       </c>
       <c r="E346" s="2">
-        <v>3609.05</v>
+        <v>1607</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>907</v>
+        <v>883</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>908</v>
+        <v>884</v>
       </c>
       <c r="C347" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>909</v>
+        <v>885</v>
       </c>
       <c r="E347" s="2">
-        <v>3723.44</v>
+        <v>59.13</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>910</v>
+        <v>886</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>911</v>
+        <v>887</v>
       </c>
       <c r="C348" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>912</v>
+        <v>888</v>
       </c>
       <c r="E348" s="2">
-        <v>369.48</v>
+        <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>913</v>
+        <v>889</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>914</v>
+        <v>890</v>
       </c>
       <c r="C349" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>915</v>
+        <v>891</v>
       </c>
       <c r="E349" s="2">
-        <v>184.74</v>
+        <v>1411.18</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>916</v>
+        <v>892</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>917</v>
+        <v>893</v>
       </c>
       <c r="C350" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D350" s="0" t="s">
-        <v>918</v>
+        <v>894</v>
       </c>
       <c r="E350" s="2">
-        <v>369.48</v>
+        <v>753.01</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>920</v>
+        <v>896</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>921</v>
+        <v>897</v>
       </c>
       <c r="E351" s="2">
-        <v>328.6</v>
+        <v>37.27</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>922</v>
+        <v>898</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>923</v>
+        <v>899</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>924</v>
+        <v>840</v>
       </c>
       <c r="E352" s="2">
-        <v>0.12</v>
+        <v>215.67</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>925</v>
+        <v>900</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>926</v>
+        <v>901</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>927</v>
+        <v>902</v>
       </c>
       <c r="E353" s="2">
-        <v>12644.53</v>
+        <v>146.76</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>928</v>
+        <v>903</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>929</v>
+        <v>904</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>930</v>
+        <v>905</v>
       </c>
       <c r="E354" s="2">
-        <v>30301.35</v>
+        <v>25.52</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>931</v>
+        <v>906</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>932</v>
+        <v>907</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>933</v>
+        <v>908</v>
       </c>
       <c r="E355" s="2">
-        <v>369.48</v>
+        <v>1712.36</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>934</v>
+        <v>909</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>926</v>
+        <v>910</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D356" s="0" t="s">
-        <v>935</v>
+        <v>911</v>
       </c>
       <c r="E356" s="2">
-        <v>4828.76</v>
+        <v>23.58</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>936</v>
+        <v>912</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>929</v>
+        <v>904</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>935</v>
+        <v>913</v>
       </c>
       <c r="E357" s="2">
-        <v>885.98</v>
+        <v>729.99</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>937</v>
+        <v>914</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>893</v>
+        <v>910</v>
       </c>
       <c r="C358" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>938</v>
+        <v>911</v>
       </c>
       <c r="E358" s="2">
-        <v>33.24</v>
+        <v>60.5</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>939</v>
+        <v>915</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>940</v>
+        <v>916</v>
       </c>
       <c r="C359" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>941</v>
+        <v>917</v>
       </c>
       <c r="E359" s="2">
-        <v>976.82</v>
+        <v>1458.16</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>942</v>
+        <v>918</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>940</v>
+        <v>919</v>
       </c>
       <c r="C360" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>943</v>
+        <v>178</v>
       </c>
       <c r="E360" s="2">
-        <v>1.93</v>
+        <v>6.12</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>944</v>
+        <v>920</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>945</v>
+        <v>921</v>
       </c>
       <c r="C361" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>946</v>
+        <v>178</v>
       </c>
       <c r="E361" s="2">
-        <v>2893.89</v>
+        <v>595.96</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>947</v>
+        <v>922</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>948</v>
+        <v>923</v>
       </c>
       <c r="C362" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>949</v>
+        <v>924</v>
       </c>
       <c r="E362" s="2">
-        <v>2946.28</v>
+        <v>74.45</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>950</v>
+        <v>925</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>951</v>
+        <v>926</v>
       </c>
       <c r="C363" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>909</v>
+        <v>927</v>
       </c>
       <c r="E363" s="2">
-        <v>298.06</v>
+        <v>3394.01</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>952</v>
+        <v>928</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>953</v>
+        <v>904</v>
       </c>
       <c r="C364" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D364" s="0" t="s">
-        <v>954</v>
+        <v>929</v>
       </c>
       <c r="E364" s="2">
-        <v>224.4</v>
+        <v>275.21</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>955</v>
+        <v>930</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>956</v>
+        <v>931</v>
       </c>
       <c r="C365" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D365" s="0" t="s">
-        <v>957</v>
+        <v>932</v>
       </c>
       <c r="E365" s="2">
-        <v>6583.31</v>
+        <v>393.33</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>958</v>
+        <v>933</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>959</v>
+        <v>934</v>
       </c>
       <c r="C366" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D366" s="0" t="s">
-        <v>960</v>
+        <v>908</v>
       </c>
       <c r="E366" s="2">
-        <v>62.5</v>
+        <v>2.75</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>961</v>
+        <v>935</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>643</v>
+        <v>936</v>
       </c>
       <c r="C367" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D367" s="0" t="s">
-        <v>962</v>
+        <v>937</v>
       </c>
       <c r="E367" s="2">
-        <v>2105.57</v>
+        <v>1498.18</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>963</v>
+        <v>938</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>964</v>
+        <v>939</v>
       </c>
       <c r="C368" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>965</v>
+        <v>98</v>
       </c>
       <c r="E368" s="2">
-        <v>365.17</v>
+        <v>109.69</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>966</v>
+        <v>940</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>967</v>
+        <v>939</v>
       </c>
       <c r="C369" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D369" s="0" t="s">
-        <v>255</v>
+        <v>941</v>
       </c>
       <c r="E369" s="2">
-        <v>0.43</v>
+        <v>352.23</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>10</v>
-[...3678 lines deleted...]
-      <c r="F553" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -15721,216 +10667,32 @@
     <hyperlink ref="F345" r:id="rId345"/>
     <hyperlink ref="F346" r:id="rId346"/>
     <hyperlink ref="F347" r:id="rId347"/>
     <hyperlink ref="F348" r:id="rId348"/>
     <hyperlink ref="F349" r:id="rId349"/>
     <hyperlink ref="F350" r:id="rId350"/>
     <hyperlink ref="F351" r:id="rId351"/>
     <hyperlink ref="F352" r:id="rId352"/>
     <hyperlink ref="F353" r:id="rId353"/>
     <hyperlink ref="F354" r:id="rId354"/>
     <hyperlink ref="F355" r:id="rId355"/>
     <hyperlink ref="F356" r:id="rId356"/>
     <hyperlink ref="F357" r:id="rId357"/>
     <hyperlink ref="F358" r:id="rId358"/>
     <hyperlink ref="F359" r:id="rId359"/>
     <hyperlink ref="F360" r:id="rId360"/>
     <hyperlink ref="F361" r:id="rId361"/>
     <hyperlink ref="F362" r:id="rId362"/>
     <hyperlink ref="F363" r:id="rId363"/>
     <hyperlink ref="F364" r:id="rId364"/>
     <hyperlink ref="F365" r:id="rId365"/>
     <hyperlink ref="F366" r:id="rId366"/>
     <hyperlink ref="F367" r:id="rId367"/>
     <hyperlink ref="F368" r:id="rId368"/>
     <hyperlink ref="F369" r:id="rId369"/>
-    <hyperlink ref="F370" r:id="rId370"/>
-[...182 lines deleted...]
-    <hyperlink ref="F553" r:id="rId553"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>