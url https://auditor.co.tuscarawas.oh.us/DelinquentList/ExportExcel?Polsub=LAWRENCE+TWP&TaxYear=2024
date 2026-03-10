--- v0 (2025-11-03)
+++ v1 (2026-03-10)
@@ -5,284 +5,854 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="268">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
+    <t>35-00025-000</t>
+  </si>
+  <si>
+    <t>TAUSCH JASON B</t>
+  </si>
+  <si>
+    <t>STRASBURG-FRANK SD</t>
+  </si>
+  <si>
+    <t>7949 NW FORT LAURENS RD</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
+    <t>34-00101-009</t>
+  </si>
+  <si>
+    <t>BURKERT SHAUN WILLIAM &amp; KATRINA MARIE</t>
+  </si>
+  <si>
+    <t>TUSC VALLEY SD</t>
+  </si>
+  <si>
+    <t>8828 NW REED RD</t>
+  </si>
+  <si>
     <t>34-00101-017</t>
   </si>
   <si>
     <t>GLICK REAL ESTATE LTD</t>
   </si>
   <si>
-    <t>TUSC VALLEY SD</t>
-[...1 lines deleted...]
-  <si>
     <t>NW REED RD</t>
   </si>
   <si>
-    <t>View</t>
-[...1 lines deleted...]
-  <si>
     <t>34-00101-019</t>
   </si>
   <si>
+    <t>34-00109-000</t>
+  </si>
+  <si>
+    <t>HERRON KOREY W</t>
+  </si>
+  <si>
+    <t>9813 NW FORT LAURENS RD</t>
+  </si>
+  <si>
+    <t>34-00122-002</t>
+  </si>
+  <si>
+    <t>TATE WILLIAM E III &amp; NICOLE MARIE</t>
+  </si>
+  <si>
+    <t>8533 NW FRENCH HILL RD</t>
+  </si>
+  <si>
+    <t>34-00134-003</t>
+  </si>
+  <si>
+    <t>IMMEL CINDY L</t>
+  </si>
+  <si>
+    <t>7650 NW EBERHART RD</t>
+  </si>
+  <si>
+    <t>34-00134-011</t>
+  </si>
+  <si>
+    <t>YODER JARED &amp; EMILY</t>
+  </si>
+  <si>
+    <t>7623 NW EBERHART RD</t>
+  </si>
+  <si>
+    <t>34-00134-013</t>
+  </si>
+  <si>
+    <t>LORENZ II ERIC A</t>
+  </si>
+  <si>
+    <t>7674 NW EBERHART RD</t>
+  </si>
+  <si>
     <t>3400135</t>
   </si>
   <si>
     <t>RUNYON DAVID R &amp; JANET L</t>
   </si>
   <si>
     <t>8588 NW REED RD</t>
   </si>
   <si>
-    <t>34-00453-000</t>
-[...5 lines deleted...]
-    <t>689 NW A STATE ROUTE 212</t>
+    <t>34-00140-003</t>
+  </si>
+  <si>
+    <t>ZOBENICA DERRICK A &amp; JOANN M</t>
+  </si>
+  <si>
+    <t>8752 FRENCH HILL RD NW</t>
+  </si>
+  <si>
+    <t>34-00271-003</t>
+  </si>
+  <si>
+    <t>MANLY CRAIG S &amp; ALICIA L</t>
+  </si>
+  <si>
+    <t>930 ZUTAVERN CHURCH RD NW</t>
+  </si>
+  <si>
+    <t>34-00312-000</t>
+  </si>
+  <si>
+    <t>KENNISON CHERYL R &amp; CHESTER L</t>
+  </si>
+  <si>
+    <t>8756 NE EBERHART RD</t>
+  </si>
+  <si>
+    <t>34-00390-003</t>
+  </si>
+  <si>
+    <t>MILLER SHIRLEY C ETAL</t>
+  </si>
+  <si>
+    <t>FRENCH HILL RD</t>
+  </si>
+  <si>
+    <t>34-00463-000</t>
+  </si>
+  <si>
+    <t>SWINFORD MICHAEL J</t>
+  </si>
+  <si>
+    <t>DOVER ZOAR RD</t>
+  </si>
+  <si>
+    <t>34-00470-000</t>
+  </si>
+  <si>
+    <t>LEVENGOOD THOMAS &amp; DENA</t>
+  </si>
+  <si>
+    <t>9943 NW FRENCH HILL RD</t>
+  </si>
+  <si>
+    <t>34-00481-000</t>
+  </si>
+  <si>
+    <t>HIPLE JASON J &amp; TERRA A</t>
+  </si>
+  <si>
+    <t>NW STRASBURG BOLIVAR RD</t>
+  </si>
+  <si>
+    <t>34-00482-006</t>
+  </si>
+  <si>
+    <t>VAZQUEZ JORGE</t>
+  </si>
+  <si>
+    <t>34-00484-003</t>
+  </si>
+  <si>
+    <t>MILLER FRANKLIN D &amp; BRITTANY N</t>
+  </si>
+  <si>
+    <t>8212 NE EBERHART RD</t>
+  </si>
+  <si>
+    <t>34-00493-001</t>
+  </si>
+  <si>
+    <t>CRIHFIELD CHRISTINA M</t>
+  </si>
+  <si>
+    <t>329 OLDE ORCHARD DR NE</t>
   </si>
   <si>
     <t>34-00496-009</t>
   </si>
   <si>
     <t>MB OPERATING CO., INC</t>
   </si>
   <si>
-    <t>NW STRASBURG BOLIVAR RD</t>
+    <t>34-00598-000</t>
+  </si>
+  <si>
+    <t>34-00608-000</t>
+  </si>
+  <si>
+    <t>SHAFER EDWARD H &amp; JULIE A</t>
+  </si>
+  <si>
+    <t>1560 NW STATE ROUTE 212</t>
+  </si>
+  <si>
+    <t>34-00703-002</t>
+  </si>
+  <si>
+    <t>HELWIG LOUIS B III</t>
+  </si>
+  <si>
+    <t>7201 NW ST PETERS CHURCH RD</t>
+  </si>
+  <si>
+    <t>34-00703-007</t>
+  </si>
+  <si>
+    <t>GEISSINGER ANTHONY N &amp; NICOLE M GEISSENGER</t>
+  </si>
+  <si>
+    <t>7017 NW ST PETERS CHURCH RD</t>
+  </si>
+  <si>
+    <t>34-00724-001</t>
+  </si>
+  <si>
+    <t>CLINE SCOTT A &amp; TERRI R</t>
+  </si>
+  <si>
+    <t>8946 NE MIDDLE RUN RD</t>
   </si>
   <si>
     <t>34-00736-009</t>
   </si>
   <si>
     <t>THOMAS TAMIE</t>
   </si>
   <si>
     <t>8878 NW REED RD</t>
   </si>
   <si>
+    <t>34-00740-011</t>
+  </si>
+  <si>
+    <t>SPARREN JAMES JR</t>
+  </si>
+  <si>
+    <t>1918 ZUTAVERN CHURCH RD NW</t>
+  </si>
+  <si>
+    <t>34-00740-015</t>
+  </si>
+  <si>
+    <t>KRANTZ JESSE S &amp; LENAY R KRANTZ ETAL</t>
+  </si>
+  <si>
+    <t>1791 NW ZUTAVERN CHURCH RD</t>
+  </si>
+  <si>
     <t>34-00995-000</t>
   </si>
   <si>
     <t>CAMPAGNA-MCGUFFIN ANGELA &amp; ROBERT MCGUFFIN</t>
   </si>
   <si>
     <t>NOTTINGHAM SQ</t>
   </si>
   <si>
-    <t>34-02022-000</t>
-[...5 lines deleted...]
-    <t>551 NE NORTH ORCHARD RD</t>
+    <t>34-01080-000</t>
+  </si>
+  <si>
+    <t>WASEM ANDREW W</t>
+  </si>
+  <si>
+    <t>1793 NW RIDGE RD</t>
+  </si>
+  <si>
+    <t>34-02146-000</t>
+  </si>
+  <si>
+    <t>YODER JONATHAN P &amp; BETHANY L</t>
+  </si>
+  <si>
+    <t>8548 NW ST PETERS CHURCH RD</t>
+  </si>
+  <si>
+    <t>34-02194-001</t>
+  </si>
+  <si>
+    <t>MAUS SHANE</t>
+  </si>
+  <si>
+    <t>1998 NE DOVER ZOAR RD</t>
+  </si>
+  <si>
+    <t>34-02292-000</t>
+  </si>
+  <si>
+    <t>SWINFORD MICHAEL J ETAL</t>
+  </si>
+  <si>
+    <t>7890 NE DOVER ZOAR RD</t>
   </si>
   <si>
     <t>34-02371-000</t>
   </si>
   <si>
     <t>MILLER CHARLES B &amp; 2 OTHERS</t>
   </si>
   <si>
     <t>NE SHERMAN CHURCH RD RD</t>
   </si>
   <si>
+    <t>34-02388-000</t>
+  </si>
+  <si>
+    <t>RIVERBLUFF LTD</t>
+  </si>
+  <si>
+    <t>776 NE GARBERDALE SQ</t>
+  </si>
+  <si>
+    <t>34-02390-000</t>
+  </si>
+  <si>
+    <t>780 NE GARBERDALE SQ</t>
+  </si>
+  <si>
+    <t>34-02616-003</t>
+  </si>
+  <si>
+    <t>MAYLE DALE B JR</t>
+  </si>
+  <si>
+    <t>8412 NE CANAL RD</t>
+  </si>
+  <si>
+    <t>34-02784-000</t>
+  </si>
+  <si>
+    <t>DIETZ RANDY L &amp; BRENDA J</t>
+  </si>
+  <si>
+    <t>12121 NE SHERMAN CHURCH RD</t>
+  </si>
+  <si>
+    <t>34-03013-005</t>
+  </si>
+  <si>
+    <t>OLIVER RICHARD A &amp; SHARON L</t>
+  </si>
+  <si>
+    <t>ZUTAVERN CHURCH RD</t>
+  </si>
+  <si>
+    <t>34-03067-000</t>
+  </si>
+  <si>
+    <t>SHANE JOSEPH M</t>
+  </si>
+  <si>
+    <t>9762 NE LAWNRIDGE ST</t>
+  </si>
+  <si>
+    <t>34-03091-000</t>
+  </si>
+  <si>
+    <t>1065 NE SOUTH HALLMARK DR</t>
+  </si>
+  <si>
     <t>34-03098-000</t>
   </si>
   <si>
     <t>STUMP AARON J &amp; CHRISTINE A</t>
   </si>
   <si>
     <t>NE NORTHWOOD AVE REAR</t>
   </si>
   <si>
+    <t>34-03101-000</t>
+  </si>
+  <si>
+    <t>HADDEN BRADLEY A &amp; RONNI S</t>
+  </si>
+  <si>
+    <t>9622 NE WELTON RD</t>
+  </si>
+  <si>
+    <t>34-03171-000</t>
+  </si>
+  <si>
+    <t>ABRAMS MICHAEL J &amp; PEGGY A ABRAMS ETAL</t>
+  </si>
+  <si>
+    <t>1395 NE OLD DRUM RD</t>
+  </si>
+  <si>
     <t>34-03202-000</t>
   </si>
   <si>
     <t>TRUSTEES ASSEMBLEY OF GOD CHURCH</t>
   </si>
   <si>
     <t>NW ST PETERS CHURCH RD</t>
   </si>
   <si>
+    <t>34-03333-001</t>
+  </si>
+  <si>
+    <t>AULTMAN HEALTH FOUNDATION</t>
+  </si>
+  <si>
+    <t>10724 NE STATE ROUTE 212</t>
+  </si>
+  <si>
     <t>34-03400-000</t>
   </si>
   <si>
     <t>HANEY ROGER &amp; TRACY</t>
   </si>
   <si>
     <t>NE WELTON RD REAR</t>
   </si>
   <si>
+    <t>34-03446-000</t>
+  </si>
+  <si>
+    <t>ICKES DOUGLAS A &amp; VICKY J</t>
+  </si>
+  <si>
+    <t>10758 NE NORTH LAURENS SQ</t>
+  </si>
+  <si>
     <t>34-03449-000</t>
   </si>
   <si>
     <t>KARAM JOSEPH L &amp; FRANK A PAULY</t>
   </si>
   <si>
     <t>NE KERNS SQ</t>
   </si>
   <si>
+    <t>34-03450-000</t>
+  </si>
+  <si>
+    <t>OLIVER RICHARD O &amp; SHARON L</t>
+  </si>
+  <si>
+    <t>1036 NE KERNS DR</t>
+  </si>
+  <si>
+    <t>34-03469-000</t>
+  </si>
+  <si>
+    <t>WALLACE RODNEY P &amp; RICHARD A OLIVER</t>
+  </si>
+  <si>
+    <t>1077 NE KERNS DR</t>
+  </si>
+  <si>
     <t>34-03476-000</t>
   </si>
   <si>
     <t>ROG WIN INC</t>
   </si>
   <si>
     <t>NE BUEHLER RD</t>
   </si>
   <si>
-    <t>34-03748-004</t>
-[...5 lines deleted...]
-    <t>7376 NW FRENCH HILL RD</t>
+    <t>34-03567-008</t>
+  </si>
+  <si>
+    <t>WELKER TIMOTHY L &amp; GAY E ETAL</t>
+  </si>
+  <si>
+    <t>10840 NE NORTH LAURENS SQ</t>
+  </si>
+  <si>
+    <t>34-03576-000</t>
+  </si>
+  <si>
+    <t>SHANE MICHAEL J</t>
+  </si>
+  <si>
+    <t>9908 NE BIMELER ST</t>
+  </si>
+  <si>
+    <t>34-03657-000</t>
+  </si>
+  <si>
+    <t>WILLIAMS TAWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NW WATER ST  EXT</t>
+  </si>
+  <si>
+    <t>34-03742-000</t>
+  </si>
+  <si>
+    <t>SCHROCK DEVELOPMENT COMPANY LLC</t>
+  </si>
+  <si>
+    <t>WILKSHIRE BLVD</t>
+  </si>
+  <si>
+    <t>34-03743-000</t>
+  </si>
+  <si>
+    <t>GARBERDALE SQ</t>
+  </si>
+  <si>
+    <t>34-03743-001</t>
+  </si>
+  <si>
+    <t>VEARD-BOLIVAR LIMITED PARTNERSHIP</t>
+  </si>
+  <si>
+    <t>752 NE GARBERDALE SQ</t>
+  </si>
+  <si>
+    <t>34-03748-006</t>
+  </si>
+  <si>
+    <t>MCKNIGHT JOEY R &amp; CYNTHIA J</t>
+  </si>
+  <si>
+    <t>7493 NW FRENCH HILL RD</t>
+  </si>
+  <si>
+    <t>34-03756-001</t>
+  </si>
+  <si>
+    <t>MBJ PROPERTY DEVELOPMENT LLC</t>
+  </si>
+  <si>
+    <t>298 NE EDGEBROOK RD</t>
+  </si>
+  <si>
+    <t>34-03756-003</t>
+  </si>
+  <si>
+    <t>NAMDAR DG REALTY LLC</t>
+  </si>
+  <si>
+    <t>10787 NE ENSLEY SQ</t>
   </si>
   <si>
     <t>34-03805-013</t>
   </si>
   <si>
     <t>HOLLAND LISA A</t>
   </si>
   <si>
     <t>9556 B WILKSHIRE BLVD</t>
   </si>
   <si>
+    <t>34-03822-000</t>
+  </si>
+  <si>
+    <t>JOHNSON MATTHEW K &amp; KIEVE ANN</t>
+  </si>
+  <si>
+    <t>MICHAEL LN</t>
+  </si>
+  <si>
+    <t>34-03920-000</t>
+  </si>
+  <si>
+    <t>HABRUN TODD ALLEN &amp; CYNTHIA MARIE</t>
+  </si>
+  <si>
+    <t>9700 NE BIMELER ST</t>
+  </si>
+  <si>
+    <t>37-00026-000</t>
+  </si>
+  <si>
+    <t>SHIPLEY GERALD J</t>
+  </si>
+  <si>
+    <t>110 SW BRACE ST</t>
+  </si>
+  <si>
     <t>37-00071-000</t>
   </si>
   <si>
     <t>BURKHART PAUL JOSEPH</t>
   </si>
   <si>
     <t>557 NE CANAL ST</t>
   </si>
   <si>
     <t>37-00100-000</t>
   </si>
   <si>
     <t>OLIVER RICHARD A</t>
   </si>
   <si>
     <t>533 NE PARK AVE</t>
   </si>
   <si>
+    <t>37-00117-000</t>
+  </si>
+  <si>
+    <t>LANG TIMOTHY P</t>
+  </si>
+  <si>
+    <t>217 SE PARK AVE</t>
+  </si>
+  <si>
+    <t>37-00140-000</t>
+  </si>
+  <si>
+    <t>WOODS-WESTON ZACHARY A</t>
+  </si>
+  <si>
+    <t>NE CANAL ST</t>
+  </si>
+  <si>
+    <t>37-00141-000</t>
+  </si>
+  <si>
+    <t>408 NE CANAL ST</t>
+  </si>
+  <si>
+    <t>37-00204-000</t>
+  </si>
+  <si>
+    <t>ADY CARL SR</t>
+  </si>
+  <si>
+    <t>NW BEUCLER AVE</t>
+  </si>
+  <si>
+    <t>37-00234-000</t>
+  </si>
+  <si>
+    <t>SIRGO MARK J &amp; TRACY A</t>
+  </si>
+  <si>
+    <t>239 NW FAIRVIEW ST</t>
+  </si>
+  <si>
+    <t>37-00249-000</t>
+  </si>
+  <si>
+    <t>WALSH LISA K</t>
+  </si>
+  <si>
+    <t>525 NW LADYNE AVE</t>
+  </si>
+  <si>
+    <t>37-00276-000</t>
+  </si>
+  <si>
+    <t>KAHLER CODY L</t>
+  </si>
+  <si>
+    <t>109 S PARK AVE</t>
+  </si>
+  <si>
     <t>37-00293-000</t>
   </si>
   <si>
     <t>KING JOSEPH C</t>
   </si>
   <si>
     <t>224 SW POPLAR ST</t>
   </si>
   <si>
     <t>37-00298-000</t>
   </si>
   <si>
     <t>CONVST, LLC</t>
   </si>
   <si>
     <t>357 SE CANAL ST</t>
   </si>
   <si>
     <t>37-00320-000</t>
   </si>
   <si>
     <t>LASH JOHN</t>
   </si>
   <si>
-    <t>NE CANAL ST</t>
+    <t>37-00436-000</t>
+  </si>
+  <si>
+    <t>OLIVER RICHARD &amp; SHARON</t>
+  </si>
+  <si>
+    <t>540 NW PARK AVE</t>
+  </si>
+  <si>
+    <t>37-00446-000</t>
+  </si>
+  <si>
+    <t>MEESE JULIA</t>
+  </si>
+  <si>
+    <t>449 NW WILSON ST</t>
+  </si>
+  <si>
+    <t>37-00489-000</t>
+  </si>
+  <si>
+    <t>509 NE PARK AVE</t>
   </si>
   <si>
     <t>37-00541-000</t>
   </si>
   <si>
     <t>DEVORE MARY LOU</t>
   </si>
   <si>
     <t>216 NW BOLIVAR ST</t>
   </si>
   <si>
-    <t>37-00671-000</t>
-[...5 lines deleted...]
-    <t>338 NW GRAND AVE</t>
+    <t>37-00547-000</t>
+  </si>
+  <si>
+    <t>CJRP, LLC</t>
+  </si>
+  <si>
+    <t>141 SW WATER ST</t>
+  </si>
+  <si>
+    <t>37-00592-000</t>
+  </si>
+  <si>
+    <t>MILLIKEN JEREMY R</t>
+  </si>
+  <si>
+    <t>NW LADYNE AVE</t>
+  </si>
+  <si>
+    <t>37-00619-000</t>
+  </si>
+  <si>
+    <t>SW WATER ST</t>
+  </si>
+  <si>
+    <t>37-00660-000</t>
+  </si>
+  <si>
+    <t>PEDERSEN EMILY KAY</t>
+  </si>
+  <si>
+    <t>BEUCLER AVE</t>
+  </si>
+  <si>
+    <t>37-00711-001</t>
+  </si>
+  <si>
+    <t>556 SW PARK AVE</t>
+  </si>
+  <si>
+    <t>38-00016-000</t>
+  </si>
+  <si>
+    <t>LOWERY JAMES &amp; KAELA</t>
+  </si>
+  <si>
+    <t>245 E THIRD ST</t>
+  </si>
+  <si>
+    <t>38-00079-000</t>
+  </si>
+  <si>
+    <t>GLEATON MICHAEL J</t>
+  </si>
+  <si>
+    <t>596 MICHAEL LN</t>
   </si>
   <si>
     <t>38-00308-000</t>
   </si>
   <si>
     <t>M &amp; M ENTERPRISES LIMITED LIABILITY CO</t>
   </si>
   <si>
     <t>WEST OF ZOAR</t>
+  </si>
+  <si>
+    <t>38-00311-002</t>
+  </si>
+  <si>
+    <t>BOKER CAROL J &amp; TONYA R &amp; MELINDA L</t>
+  </si>
+  <si>
+    <t>W SEVENTH ST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -292,591 +862,1998 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F25" headerRowCount="1">
-  <autoFilter ref="A1:F25"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F92" headerRowCount="1">
+  <autoFilter ref="A1:F92"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25234&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25587&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25911&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26941&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28078&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28103&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28307&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28422&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28649&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24834&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24894&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24902&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24904&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25250&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25550&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25587&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26351&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26532&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26656&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26941&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27002&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27194&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27465&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27936&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27998&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28035&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28059&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28078&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28103&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28215&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28307&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28314&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28489&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28649&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28653&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F25"/>
+  <dimension ref="A1:F92"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="49.701377868652344" customWidth="1"/>
-    <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
-    <col min="4" max="4" width="27.405717849731445" customWidth="1"/>
+    <col min="3" max="3" width="21.3532657623291" customWidth="1"/>
+    <col min="4" max="4" width="30.637582778930664" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>218.23</v>
+        <v>62.5</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E3" s="2">
-        <v>188.82</v>
+        <v>62.5</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E4" s="2">
-        <v>7376.65</v>
+        <v>226.43</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="E5" s="2">
-        <v>2601.01</v>
+        <v>193.85</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E6" s="2">
-        <v>36.6</v>
+        <v>62.5</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E7" s="2">
-        <v>2056.58</v>
+        <v>62.5</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E8" s="2">
-        <v>97.78</v>
+        <v>62.5</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E9" s="2">
-        <v>5040.78</v>
+        <v>62.5</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E10" s="2">
-        <v>4105.86</v>
+        <v>62.5</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E11" s="2">
-        <v>0.67</v>
+        <v>8071.4</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E12" s="2">
-        <v>733.3</v>
+        <v>2387.35</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E13" s="2">
-        <v>167.45</v>
+        <v>62.5</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E14" s="2">
-        <v>218.08</v>
+        <v>29.4</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E15" s="2">
-        <v>6081.21</v>
+        <v>0.37</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E16" s="2">
-        <v>323.29</v>
+        <v>6696.25</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E17" s="2">
-        <v>1241.57</v>
+        <v>62.5</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E18" s="2">
-        <v>1536.51</v>
+        <v>714.29</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" s="2">
-        <v>37.98</v>
+        <v>0.61</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="2">
-        <v>7551.88</v>
+        <v>62.5</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="2">
-        <v>17.13</v>
+        <v>62.5</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="E22" s="2">
-        <v>9314.47</v>
+        <v>48.31</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="E23" s="2">
-        <v>3748.33</v>
+        <v>1271.4</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="E24" s="2">
-        <v>562.67</v>
+        <v>3040.72</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="E25" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B25" s="0" t="s">
+      <c r="B26" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D25" s="0" t="s">
+      <c r="C26" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="E25" s="2">
-[...2 lines deleted...]
-      <c r="F25" s="1" t="s">
+      <c r="E26" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="E27" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="E28" s="2">
+        <v>3074.89</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="E29" s="2">
+        <v>0.62</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="E30" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="E31" s="2">
+        <v>295.31</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="E32" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="E33" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="E34" s="2">
+        <v>77.66</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="E35" s="2">
+        <v>4346.11</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="E36" s="2">
+        <v>4279.79</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="E37" s="2">
+        <v>1880.64</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="E38" s="2">
+        <v>13.29</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="E39" s="2">
+        <v>2192.63</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="E40" s="2">
+        <v>1.13</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="E41" s="2">
+        <v>937.33</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="E42" s="2">
+        <v>1602.82</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="E43" s="2">
+        <v>1203.29</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="E44" s="2">
+        <v>14.06</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="E45" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="E46" s="2">
+        <v>0.97</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="E47" s="2">
+        <v>752.84</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="E48" s="2">
+        <v>593.99</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="E49" s="2">
+        <v>486.46</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="E50" s="2">
+        <v>0.02</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="E51" s="2">
+        <v>227.52</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="E52" s="2">
+        <v>1256.65</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="E53" s="2">
+        <v>1071.12</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="E54" s="2">
+        <v>6480.12</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="E55" s="2">
+        <v>0.01</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="E56" s="2">
+        <v>3247.01</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="E57" s="2">
+        <v>102.67</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="E58" s="2">
+        <v>19.4</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="E59" s="2">
+        <v>5.4</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="E60" s="2">
+        <v>3335.22</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="E61" s="2">
+        <v>698.89</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="E62" s="2">
+        <v>1725.54</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="E63" s="2">
+        <v>650</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="E64" s="2">
+        <v>3749.52</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="E65" s="2">
+        <v>119.61</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="E66" s="2">
+        <v>2470.36</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="E67" s="2">
+        <v>383.37</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="E68" s="2">
+        <v>2830.69</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="E69" s="2">
+        <v>1480.11</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="E70" s="2">
+        <v>217.61</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="E71" s="2">
+        <v>560.29</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="E72" s="2">
+        <v>235.82</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="E73" s="2">
+        <v>0.68</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="E74" s="2">
+        <v>161.41</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="E75" s="2">
+        <v>351.14</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="E76" s="2">
+        <v>109.86</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="E77" s="2">
+        <v>10929.16</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="E78" s="2">
+        <v>3178.64</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="E79" s="2">
+        <v>9634.64</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="E80" s="2">
+        <v>649.14</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="E81" s="2">
+        <v>148.98</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="E82" s="2">
+        <v>486.05</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="E83" s="2">
+        <v>7585.16</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="E84" s="2">
+        <v>2863.45</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="E85" s="2">
+        <v>6.51</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="E86" s="2">
+        <v>332.82</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="E87" s="2">
+        <v>1</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D88" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="E88" s="2">
+        <v>6780.37</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="E89" s="2">
+        <v>1963.66</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="E90" s="2">
+        <v>1945.65</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="E91" s="2">
+        <v>1580.1</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="E92" s="2">
+        <v>1.03</v>
+      </c>
+      <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
+    <hyperlink ref="F26" r:id="rId26"/>
+    <hyperlink ref="F27" r:id="rId27"/>
+    <hyperlink ref="F28" r:id="rId28"/>
+    <hyperlink ref="F29" r:id="rId29"/>
+    <hyperlink ref="F30" r:id="rId30"/>
+    <hyperlink ref="F31" r:id="rId31"/>
+    <hyperlink ref="F32" r:id="rId32"/>
+    <hyperlink ref="F33" r:id="rId33"/>
+    <hyperlink ref="F34" r:id="rId34"/>
+    <hyperlink ref="F35" r:id="rId35"/>
+    <hyperlink ref="F36" r:id="rId36"/>
+    <hyperlink ref="F37" r:id="rId37"/>
+    <hyperlink ref="F38" r:id="rId38"/>
+    <hyperlink ref="F39" r:id="rId39"/>
+    <hyperlink ref="F40" r:id="rId40"/>
+    <hyperlink ref="F41" r:id="rId41"/>
+    <hyperlink ref="F42" r:id="rId42"/>
+    <hyperlink ref="F43" r:id="rId43"/>
+    <hyperlink ref="F44" r:id="rId44"/>
+    <hyperlink ref="F45" r:id="rId45"/>
+    <hyperlink ref="F46" r:id="rId46"/>
+    <hyperlink ref="F47" r:id="rId47"/>
+    <hyperlink ref="F48" r:id="rId48"/>
+    <hyperlink ref="F49" r:id="rId49"/>
+    <hyperlink ref="F50" r:id="rId50"/>
+    <hyperlink ref="F51" r:id="rId51"/>
+    <hyperlink ref="F52" r:id="rId52"/>
+    <hyperlink ref="F53" r:id="rId53"/>
+    <hyperlink ref="F54" r:id="rId54"/>
+    <hyperlink ref="F55" r:id="rId55"/>
+    <hyperlink ref="F56" r:id="rId56"/>
+    <hyperlink ref="F57" r:id="rId57"/>
+    <hyperlink ref="F58" r:id="rId58"/>
+    <hyperlink ref="F59" r:id="rId59"/>
+    <hyperlink ref="F60" r:id="rId60"/>
+    <hyperlink ref="F61" r:id="rId61"/>
+    <hyperlink ref="F62" r:id="rId62"/>
+    <hyperlink ref="F63" r:id="rId63"/>
+    <hyperlink ref="F64" r:id="rId64"/>
+    <hyperlink ref="F65" r:id="rId65"/>
+    <hyperlink ref="F66" r:id="rId66"/>
+    <hyperlink ref="F67" r:id="rId67"/>
+    <hyperlink ref="F68" r:id="rId68"/>
+    <hyperlink ref="F69" r:id="rId69"/>
+    <hyperlink ref="F70" r:id="rId70"/>
+    <hyperlink ref="F71" r:id="rId71"/>
+    <hyperlink ref="F72" r:id="rId72"/>
+    <hyperlink ref="F73" r:id="rId73"/>
+    <hyperlink ref="F74" r:id="rId74"/>
+    <hyperlink ref="F75" r:id="rId75"/>
+    <hyperlink ref="F76" r:id="rId76"/>
+    <hyperlink ref="F77" r:id="rId77"/>
+    <hyperlink ref="F78" r:id="rId78"/>
+    <hyperlink ref="F79" r:id="rId79"/>
+    <hyperlink ref="F80" r:id="rId80"/>
+    <hyperlink ref="F81" r:id="rId81"/>
+    <hyperlink ref="F82" r:id="rId82"/>
+    <hyperlink ref="F83" r:id="rId83"/>
+    <hyperlink ref="F84" r:id="rId84"/>
+    <hyperlink ref="F85" r:id="rId85"/>
+    <hyperlink ref="F86" r:id="rId86"/>
+    <hyperlink ref="F87" r:id="rId87"/>
+    <hyperlink ref="F88" r:id="rId88"/>
+    <hyperlink ref="F89" r:id="rId89"/>
+    <hyperlink ref="F90" r:id="rId90"/>
+    <hyperlink ref="F91" r:id="rId91"/>
+    <hyperlink ref="F92" r:id="rId92"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>