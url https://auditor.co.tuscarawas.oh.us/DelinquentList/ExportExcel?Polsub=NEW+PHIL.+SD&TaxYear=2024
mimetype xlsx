--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="335" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="285">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>0205616</t>
   </si>
   <si>
     <t>TRIMBLE PHILLIP R</t>
   </si>
   <si>
@@ -109,68 +109,50 @@
   <si>
     <t>DAVIES LAURA P</t>
   </si>
   <si>
     <t>315 6TH ST LOT EXT</t>
   </si>
   <si>
     <t>2500676</t>
   </si>
   <si>
     <t>SMITLEY CLARENCE R</t>
   </si>
   <si>
     <t>2425 SE POSSUM HOLLOW RD</t>
   </si>
   <si>
     <t>25-00725-000</t>
   </si>
   <si>
     <t>STECKMAN'S MEMORIALS, INC</t>
   </si>
   <si>
     <t>E HIGH AVE REAR</t>
   </si>
   <si>
-    <t>25-00752-000</t>
-[...16 lines deleted...]
-  <si>
     <t>2501140</t>
   </si>
   <si>
     <t>ESPENSCHIED HAROLD E</t>
   </si>
   <si>
     <t>617 NW STEELE HILL RD</t>
   </si>
   <si>
     <t>25-01140-002</t>
   </si>
   <si>
     <t>SALISBURY ROBERT K</t>
   </si>
   <si>
     <t>NE UNIVERSITY DR</t>
   </si>
   <si>
     <t>25-01245-000</t>
   </si>
   <si>
     <t>UNKEFER HUGH &amp; PEARL</t>
   </si>
   <si>
     <t>25-01621-000</t>
@@ -178,68 +160,50 @@
   <si>
     <t>CLARK WILLIAM C</t>
   </si>
   <si>
     <t>3641 NE UNIVERSITY DR</t>
   </si>
   <si>
     <t>2502029</t>
   </si>
   <si>
     <t>BURRIER ROLAND L</t>
   </si>
   <si>
     <t>907 SE STATE ROUTE 416</t>
   </si>
   <si>
     <t>25-02150-000</t>
   </si>
   <si>
     <t>CITY OF NEW PHILADELPHIA OHIO</t>
   </si>
   <si>
     <t>RIDGE RD REAR</t>
   </si>
   <si>
-    <t>25-02285-000</t>
-[...16 lines deleted...]
-  <si>
     <t>2502845</t>
   </si>
   <si>
     <t>WILSON FRANCIS E</t>
   </si>
   <si>
     <t>1825 E HIGH AVE LOT 3</t>
   </si>
   <si>
     <t>2505587</t>
   </si>
   <si>
     <t>NALLEY WILLIAM R JR</t>
   </si>
   <si>
     <t>12936 SE GILMORE RD</t>
   </si>
   <si>
     <t>2507272</t>
   </si>
   <si>
     <t>GREEN THOMAS E</t>
   </si>
   <si>
     <t>4117 SE ROYAL LN</t>
@@ -346,113 +310,86 @@
   <si>
     <t>WINTERS STEVEN D</t>
   </si>
   <si>
     <t>641 NW CEDAR LN</t>
   </si>
   <si>
     <t>4300472</t>
   </si>
   <si>
     <t>RENNICKER BRIAN A &amp; CHANCE A</t>
   </si>
   <si>
     <t>604 NW PATRICIA AVE</t>
   </si>
   <si>
     <t>4300527</t>
   </si>
   <si>
     <t>ROBERSON JIMMIE L</t>
   </si>
   <si>
     <t>126 SE DOLPHIN DR</t>
   </si>
   <si>
-    <t>43-00536-000</t>
-[...16 lines deleted...]
-  <si>
     <t>4300550</t>
   </si>
   <si>
     <t>ROYCE KAREN S</t>
   </si>
   <si>
     <t>201 SE SHEL MAR DR</t>
   </si>
   <si>
     <t>43-00575-000</t>
   </si>
   <si>
     <t>BREEHL BETTY E</t>
   </si>
   <si>
     <t>SE BANK LN</t>
   </si>
   <si>
     <t>4300626</t>
   </si>
   <si>
     <t>THRONE WESLEY</t>
   </si>
   <si>
     <t>610 NW KAREN AVE</t>
   </si>
   <si>
     <t>4300709</t>
   </si>
   <si>
     <t>KNEPPELT ETHAN J</t>
   </si>
   <si>
     <t>225 SE SHEL MAR DR</t>
   </si>
   <si>
-    <t>43-00792-000</t>
-[...7 lines deleted...]
-  <si>
     <t>43-00927-000</t>
   </si>
   <si>
     <t>MATHIAS OTIS D &amp; ALICE K</t>
   </si>
   <si>
     <t>408 SW FRONT AVE</t>
   </si>
   <si>
     <t>43-00931-000</t>
   </si>
   <si>
     <t>COLLINSWORTH SHERRY LEE</t>
   </si>
   <si>
     <t>212 NE BEAVER AVE</t>
   </si>
   <si>
     <t>4301070</t>
   </si>
   <si>
     <t>CARTER JOHN SR</t>
   </si>
   <si>
     <t>300 NW 11TH ST LOT 28</t>
@@ -472,476 +409,398 @@
   <si>
     <t>LESLIE BRIAN &amp; TINA</t>
   </si>
   <si>
     <t>212 SE MARLIN LN</t>
   </si>
   <si>
     <t>4301665</t>
   </si>
   <si>
     <t>HOWARD KAYLA N</t>
   </si>
   <si>
     <t>300 NW 11TH ST LOT 33</t>
   </si>
   <si>
     <t>4301850</t>
   </si>
   <si>
     <t>COLE MARLA</t>
   </si>
   <si>
     <t>803 NW ZELLA AVE</t>
   </si>
   <si>
-    <t>43-01876-000</t>
-[...8 lines deleted...]
-    <t>43-01877-000</t>
+    <t>4301899</t>
+  </si>
+  <si>
+    <t>BELL RODNEY E</t>
+  </si>
+  <si>
+    <t>119 SE BIMINI LN</t>
+  </si>
+  <si>
+    <t>43-01910-000</t>
+  </si>
+  <si>
+    <t>NEWTOWNE MALL ASSOCIATES AN OHIO LIMITED PARTNERSHIP</t>
+  </si>
+  <si>
+    <t>SE GRAFF RD</t>
+  </si>
+  <si>
+    <t>43-02206-000</t>
+  </si>
+  <si>
+    <t>TALLEY TATIJANA</t>
+  </si>
+  <si>
+    <t>310 NW FAIR AVE</t>
+  </si>
+  <si>
+    <t>4302219</t>
+  </si>
+  <si>
+    <t>STIEBER DAVID</t>
+  </si>
+  <si>
+    <t>121 SE HOLLY ST</t>
+  </si>
+  <si>
+    <t>4302283</t>
+  </si>
+  <si>
+    <t>KURZIMSKI STEVE &amp; CAROL</t>
+  </si>
+  <si>
+    <t>211 SE SHEL MAR DR</t>
+  </si>
+  <si>
+    <t>4302314</t>
+  </si>
+  <si>
+    <t>GRAY REBECCA E</t>
+  </si>
+  <si>
+    <t>819 NW ZELLA AVE</t>
+  </si>
+  <si>
+    <t>4302512</t>
+  </si>
+  <si>
+    <t>MCMORROW DIANA L</t>
+  </si>
+  <si>
+    <t>691 SE BALTZLEY VALLEY RD</t>
+  </si>
+  <si>
+    <t>43-02534-000</t>
+  </si>
+  <si>
+    <t>DAUGHERTY AMY L</t>
+  </si>
+  <si>
+    <t>203 NE BEAVER AVE</t>
+  </si>
+  <si>
+    <t>43-02641-000</t>
+  </si>
+  <si>
+    <t>NEIDIG KEVIN H &amp; MARY J</t>
+  </si>
+  <si>
+    <t>152 NE RAY AVE</t>
+  </si>
+  <si>
+    <t>4302754</t>
+  </si>
+  <si>
+    <t>ATKINS RUTH</t>
+  </si>
+  <si>
+    <t>211 SE CORAL KEY</t>
+  </si>
+  <si>
+    <t>4303278</t>
+  </si>
+  <si>
+    <t>KENNEDY RHONDA L</t>
+  </si>
+  <si>
+    <t>142 SE PORT LN</t>
+  </si>
+  <si>
+    <t>43-03446-002</t>
+  </si>
+  <si>
+    <t>WILLIAMS MICHAEL G</t>
+  </si>
+  <si>
+    <t>NE 2ND ST</t>
+  </si>
+  <si>
+    <t>43-03473-000</t>
+  </si>
+  <si>
+    <t>BAYS SUE ELLEN</t>
+  </si>
+  <si>
+    <t>936 NW GRANT AVE</t>
+  </si>
+  <si>
+    <t>4303540</t>
+  </si>
+  <si>
+    <t>DOMBROWSKI CODY M</t>
+  </si>
+  <si>
+    <t>603 SE SANDPIPER LN</t>
+  </si>
+  <si>
+    <t>4303699</t>
+  </si>
+  <si>
+    <t>REIGLE LARRY W II</t>
+  </si>
+  <si>
+    <t>300 NW 11TH ST LOT 23</t>
+  </si>
+  <si>
+    <t>4303785</t>
+  </si>
+  <si>
+    <t>STINGEL DEBRA J</t>
+  </si>
+  <si>
+    <t>128 SE CORAL KEY</t>
+  </si>
+  <si>
+    <t>4304065</t>
+  </si>
+  <si>
+    <t>HAGUE WENDI S</t>
+  </si>
+  <si>
+    <t>329 SE SEA GULL LN</t>
+  </si>
+  <si>
+    <t>4304082</t>
+  </si>
+  <si>
+    <t>JULIAN MELANIE &amp; JARED</t>
+  </si>
+  <si>
+    <t>402 SE COMPASS CIR</t>
+  </si>
+  <si>
+    <t>43-04397-001</t>
+  </si>
+  <si>
+    <t>MCCARTNEY EDITH JOAN</t>
+  </si>
+  <si>
+    <t>SE SECOND ST</t>
+  </si>
+  <si>
+    <t>4304627</t>
+  </si>
+  <si>
+    <t>MILLER CAMERON J</t>
+  </si>
+  <si>
+    <t>400 SE COMPASS CIR</t>
+  </si>
+  <si>
+    <t>4304788</t>
+  </si>
+  <si>
+    <t>FRY EDWARD A</t>
+  </si>
+  <si>
+    <t>119 SE GULF STREAM LN</t>
+  </si>
+  <si>
+    <t>4304986</t>
+  </si>
+  <si>
+    <t>BERKSHIRE WAYNE D</t>
+  </si>
+  <si>
+    <t>114 SE BIMINI LN</t>
+  </si>
+  <si>
+    <t>43-05016-000</t>
+  </si>
+  <si>
+    <t>CRAIG VIRGINIA L</t>
+  </si>
+  <si>
+    <t>743 NW RAY AVE</t>
+  </si>
+  <si>
+    <t>4305109</t>
+  </si>
+  <si>
+    <t>KERNS ANNETTE M</t>
+  </si>
+  <si>
+    <t>215 SE CORAL KEY</t>
+  </si>
+  <si>
+    <t>4305249</t>
+  </si>
+  <si>
+    <t>HAGUE EMILY</t>
+  </si>
+  <si>
+    <t>124 SE MAKO CIR</t>
+  </si>
+  <si>
+    <t>4305268</t>
+  </si>
+  <si>
+    <t>BRANIGER SUSAN E</t>
+  </si>
+  <si>
+    <t>134 SE BIMINI LN</t>
+  </si>
+  <si>
+    <t>4305293</t>
+  </si>
+  <si>
+    <t>SANCHEZ RAUL</t>
+  </si>
+  <si>
+    <t>607 SE SANDPIPER LN</t>
+  </si>
+  <si>
+    <t>43-05403-000</t>
+  </si>
+  <si>
+    <t>743 NW RAY AVE REAR</t>
+  </si>
+  <si>
+    <t>43-05405-000</t>
+  </si>
+  <si>
+    <t>VON KAENEL RONALD R &amp; GERALD P VON KAENEL ETAL</t>
+  </si>
+  <si>
+    <t>7 MILE DR</t>
+  </si>
+  <si>
+    <t>43-05561-000</t>
+  </si>
+  <si>
+    <t>WEBSTER EUGENE H JR &amp; SUSAN E</t>
+  </si>
+  <si>
+    <t>415 SE PROVIDENCE AVE</t>
+  </si>
+  <si>
+    <t>43-05733-000</t>
+  </si>
+  <si>
+    <t>PRITZ AMY J</t>
+  </si>
+  <si>
+    <t>717 NW 4TH ST</t>
+  </si>
+  <si>
+    <t>43-05793-000</t>
+  </si>
+  <si>
+    <t>PATTERSON SHAWN M</t>
+  </si>
+  <si>
+    <t>754 NW RAY AVE</t>
+  </si>
+  <si>
+    <t>4306824</t>
+  </si>
+  <si>
+    <t>MOORE JAMES</t>
+  </si>
+  <si>
+    <t>612 NW KAREN AVE</t>
+  </si>
+  <si>
+    <t>4307060</t>
+  </si>
+  <si>
+    <t>STEIN KENNETH W &amp; PATRICIA A</t>
+  </si>
+  <si>
+    <t>114 SE HOLLY ST</t>
+  </si>
+  <si>
+    <t>4307156</t>
+  </si>
+  <si>
+    <t>MOSS CRAIG E &amp; MELODY L ADAMS</t>
+  </si>
+  <si>
+    <t>613 NW PATRICIA AVE</t>
+  </si>
+  <si>
+    <t>43-07744-000</t>
+  </si>
+  <si>
+    <t>SCHOENBRUNN ESTATES INC</t>
+  </si>
+  <si>
+    <t>NE 18TH ST</t>
+  </si>
+  <si>
+    <t>43-07926-000</t>
+  </si>
+  <si>
+    <t>WATSON BROTHERS CONSTRUCTION INC</t>
   </si>
   <si>
     <t>SE 3RD ST</t>
   </si>
   <si>
-    <t>4301899</t>
-[...382 lines deleted...]
-  <si>
     <t>4307984</t>
   </si>
   <si>
     <t>MECHELKE BRIAN &amp; LOUISE</t>
   </si>
   <si>
     <t>110 SE STINGRAY DR</t>
   </si>
   <si>
     <t>4308056</t>
   </si>
   <si>
     <t>BLUNT CHARLOTTE R</t>
   </si>
   <si>
     <t>113 SE MULBERRY ST</t>
   </si>
   <si>
-    <t>43-08211-000</t>
-[...7 lines deleted...]
-  <si>
     <t>43-08239-000</t>
   </si>
   <si>
     <t>STATE OF OHIO</t>
   </si>
   <si>
     <t>2201 SE REISER AVE</t>
   </si>
   <si>
     <t>43-08365-000</t>
   </si>
   <si>
     <t>HALL RICHARD</t>
   </si>
   <si>
     <t>SW 4TH ST</t>
   </si>
   <si>
     <t>4308680</t>
   </si>
   <si>
     <t>FOX KAYCEE</t>
   </si>
   <si>
     <t>206 SE DRIFTWOOD LN</t>
@@ -1001,59 +860,50 @@
     <t>SW MATHIAS RACEWAY RD</t>
   </si>
   <si>
     <t>71-01769-000</t>
   </si>
   <si>
     <t>MEYERS JEFF</t>
   </si>
   <si>
     <t>71-01818-000</t>
   </si>
   <si>
     <t>THE MARY E WELLING TRUST</t>
   </si>
   <si>
     <t>HUMMEL VALLEY RD</t>
   </si>
   <si>
     <t>7104809</t>
   </si>
   <si>
     <t>DITTO KAREN L</t>
   </si>
   <si>
     <t>3279 SW YORKVIEW RD</t>
-  </si>
-[...7 lines deleted...]
-    <t>3469 SW OLDTOWN VALLEY RD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1063,2340 +913,1980 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F113" headerRowCount="1">
-  <autoFilter ref="A1:F113"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F95" headerRowCount="1">
+  <autoFilter ref="A1:F95"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72578&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35708&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73252&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35938&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36977&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36978&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73495&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40211&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40770&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=77164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72568&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72578&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73252&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73495&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40770&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=77164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75363&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F113"/>
+  <dimension ref="A1:F95"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="58.517127990722656" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
-    <col min="4" max="4" width="29.003747940063477" customWidth="1"/>
+    <col min="4" max="4" width="27.978635787963867" customWidth="1"/>
     <col min="5" max="5" width="11.245378494262695" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>78.34</v>
+        <v>80.43</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>1107.43</v>
+        <v>1136.96</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>40.49</v>
+        <v>41.57</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="2">
-        <v>14.31</v>
+        <v>14.69</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2">
-        <v>9.02</v>
+        <v>9.26</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="2">
-        <v>3.05</v>
+        <v>3.13</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2">
-        <v>667.69</v>
+        <v>685.5</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="2">
-        <v>139.17</v>
+        <v>142.88</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="2">
-        <v>1.08</v>
+        <v>1.11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="2">
-        <v>1671.93</v>
+        <v>153.69</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="2">
-        <v>3701.25</v>
+        <v>6.68</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="E13" s="2">
-        <v>149.7</v>
+        <v>561.05</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="2">
-        <v>6.51</v>
+        <v>1824.03</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="C15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="2">
-        <v>546.47</v>
+        <v>73.61</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="2">
-        <v>1776.65</v>
+        <v>659.16</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="2">
-        <v>71.7</v>
+        <v>3391.62</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="2">
-        <v>642.04</v>
+        <v>2217.26</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="2">
-        <v>1248.29</v>
+        <v>4020.11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="2">
-        <v>799.41</v>
+        <v>20922.04</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="2">
-        <v>3303.53</v>
+        <v>247.69</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="2">
-        <v>2159.66</v>
+        <v>1661.29</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E23" s="2">
-        <v>3915.69</v>
+        <v>468.4</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="E24" s="2">
-        <v>20378.6</v>
+        <v>549.43</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="E25" s="2">
-        <v>241.26</v>
+        <v>11579.79</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="E26" s="2">
-        <v>1618.15</v>
+        <v>333.9</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B27" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="2">
-        <v>456.24</v>
+        <v>404.31</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>535.17</v>
+        <v>1626.93</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="2">
-        <v>11279.01</v>
+        <v>435.82</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="2">
-        <v>325.25</v>
+        <v>2575.84</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="2">
-        <v>393.81</v>
+        <v>468.79</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="2">
-        <v>1584.65</v>
+        <v>103.13</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="2">
-        <v>424.5</v>
+        <v>137.35</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="2">
-        <v>2508.92</v>
+        <v>2540.73</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="2">
-        <v>456.61</v>
+        <v>178.37</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="2">
-        <v>100.45</v>
+        <v>32.29</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E37" s="2">
-        <v>133.79</v>
+        <v>116.9</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>115</v>
       </c>
       <c r="E38" s="2">
-        <v>2786.79</v>
+        <v>15370.28</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E39" s="2">
-        <v>3917.22</v>
+        <v>16003.23</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E40" s="2">
-        <v>2474.74</v>
+        <v>489.73</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E41" s="2">
-        <v>173.74</v>
+        <v>325.82</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E42" s="2">
-        <v>31.45</v>
+        <v>41.86</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E43" s="2">
-        <v>113.86</v>
+        <v>1.24</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E44" s="2">
-        <v>816.46</v>
+        <v>82.63</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>136</v>
       </c>
       <c r="E45" s="2">
-        <v>14971.06</v>
+        <v>178.84</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>139</v>
       </c>
       <c r="E46" s="2">
-        <v>15587.53</v>
+        <v>3.8</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E47" s="2">
-        <v>477</v>
+        <v>8386.48</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>145</v>
       </c>
       <c r="E48" s="2">
-        <v>317.35</v>
+        <v>570.22</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E49" s="2">
-        <v>40.77</v>
+        <v>46.79</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>151</v>
       </c>
       <c r="E50" s="2">
-        <v>1.21</v>
+        <v>349.39</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>154</v>
       </c>
       <c r="E51" s="2">
-        <v>80.48</v>
+        <v>240.3</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>157</v>
       </c>
       <c r="E52" s="2">
-        <v>2301.16</v>
+        <v>1393.96</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E53" s="2">
-        <v>45.25</v>
+        <v>355.1</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E54" s="2">
-        <v>174.19</v>
+        <v>0.12</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E55" s="2">
-        <v>3.7</v>
+        <v>310.55</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E56" s="2">
-        <v>8168.64</v>
+        <v>5.19</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E57" s="2">
-        <v>555.41</v>
+        <v>1456.4</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E58" s="2">
-        <v>45.57</v>
+        <v>32.98</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E59" s="2">
-        <v>548.72</v>
+        <v>58.11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E60" s="2">
-        <v>234.07</v>
+        <v>902.21</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E61" s="2">
-        <v>1357.75</v>
+        <v>1149.25</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E62" s="2">
-        <v>345.88</v>
+        <v>228.8</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E63" s="2">
-        <v>0.12</v>
+        <v>459.94</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E64" s="2">
-        <v>302.48</v>
+        <v>124.82</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E65" s="2">
-        <v>2157.83</v>
+        <v>2007</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E66" s="2">
-        <v>5.06</v>
+        <v>1446.79</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E67" s="2">
-        <v>1418.56</v>
+        <v>7256.06</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E68" s="2">
-        <v>32.12</v>
+        <v>706.43</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E69" s="2">
-        <v>1257.63</v>
+        <v>3961.28</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E70" s="2">
-        <v>139.42</v>
+        <v>623.44</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E71" s="2">
-        <v>56.59</v>
+        <v>275.55</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>214</v>
+        <v>201</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E72" s="2">
-        <v>878.78</v>
+        <v>251.49</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E73" s="2">
-        <v>1119.39</v>
+        <v>1517.66</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E74" s="2">
-        <v>222.86</v>
+        <v>2162.19</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E75" s="2">
-        <v>448.02</v>
+        <v>4252.5</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E76" s="2">
-        <v>121.58</v>
+        <v>999.42</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E77" s="2">
-        <v>1954.89</v>
+        <v>384.91</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E78" s="2">
-        <v>1409.21</v>
+        <v>35.48</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E79" s="2">
-        <v>7067.6</v>
+        <v>103.97</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E80" s="2">
-        <v>688.08</v>
+        <v>1176.39</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E81" s="2">
-        <v>1100.76</v>
+        <v>224.05</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E82" s="2">
-        <v>41.26</v>
+        <v>10703.41</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E83" s="2">
-        <v>3858.38</v>
+        <v>183.72</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E84" s="2">
-        <v>607.24</v>
+        <v>424949.82</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E85" s="2">
-        <v>268.39</v>
+        <v>224.05</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>235</v>
+        <v>257</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E86" s="2">
-        <v>244.95</v>
+        <v>1313.75</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="E87" s="2">
-        <v>1478.25</v>
+        <v>665.44</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E88" s="2">
-        <v>2398.24</v>
+        <v>1070.76</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="E89" s="2">
-        <v>4142.05</v>
+        <v>43.13</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="E90" s="2">
-        <v>1269.56</v>
+        <v>19021.69</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="E91" s="2">
-        <v>374.9</v>
+        <v>2.58</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="E92" s="2">
-        <v>12.14</v>
+        <v>239.62</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>277</v>
+        <v>24</v>
       </c>
       <c r="E93" s="2">
-        <v>34.56</v>
+        <v>0.28</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E94" s="2">
-        <v>101.27</v>
+        <v>2.58</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>244</v>
+        <v>283</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="E95" s="2">
-        <v>135.27</v>
+        <v>146.2</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>10</v>
-[...358 lines deleted...]
-      <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3452,50 +2942,32 @@
     <hyperlink ref="F71" r:id="rId71"/>
     <hyperlink ref="F72" r:id="rId72"/>
     <hyperlink ref="F73" r:id="rId73"/>
     <hyperlink ref="F74" r:id="rId74"/>
     <hyperlink ref="F75" r:id="rId75"/>
     <hyperlink ref="F76" r:id="rId76"/>
     <hyperlink ref="F77" r:id="rId77"/>
     <hyperlink ref="F78" r:id="rId78"/>
     <hyperlink ref="F79" r:id="rId79"/>
     <hyperlink ref="F80" r:id="rId80"/>
     <hyperlink ref="F81" r:id="rId81"/>
     <hyperlink ref="F82" r:id="rId82"/>
     <hyperlink ref="F83" r:id="rId83"/>
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
     <hyperlink ref="F86" r:id="rId86"/>
     <hyperlink ref="F87" r:id="rId87"/>
     <hyperlink ref="F88" r:id="rId88"/>
     <hyperlink ref="F89" r:id="rId89"/>
     <hyperlink ref="F90" r:id="rId90"/>
     <hyperlink ref="F91" r:id="rId91"/>
     <hyperlink ref="F92" r:id="rId92"/>
     <hyperlink ref="F93" r:id="rId93"/>
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
-    <hyperlink ref="F96" r:id="rId96"/>
-[...16 lines deleted...]
-    <hyperlink ref="F113" r:id="rId113"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>