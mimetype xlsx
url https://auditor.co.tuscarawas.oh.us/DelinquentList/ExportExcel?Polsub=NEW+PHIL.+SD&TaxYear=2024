--- v1 (2025-12-18)
+++ v2 (2026-03-03)
@@ -5,881 +5,2675 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="883" uniqueCount="883">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>0205616</t>
   </si>
   <si>
     <t>TRIMBLE PHILLIP R</t>
   </si>
   <si>
     <t>NEW PHIL. SD</t>
   </si>
   <si>
     <t>6124 SW ROCKY RIDGE RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
+    <t>12-00040-000</t>
+  </si>
+  <si>
+    <t>SEFERT PROPERTIES LLC &amp; JOSHUA W SEFERT ETAL</t>
+  </si>
+  <si>
+    <t>NW CROOKED RUN RD</t>
+  </si>
+  <si>
+    <t>12-00067-000</t>
+  </si>
+  <si>
+    <t>12-00103-000</t>
+  </si>
+  <si>
+    <t>HORN ROBERT A &amp; JUDITH LYNNE</t>
+  </si>
+  <si>
+    <t>2735 NW CROOKED RUN RD</t>
+  </si>
+  <si>
+    <t>12-00180-000</t>
+  </si>
+  <si>
+    <t>12-00181-000</t>
+  </si>
+  <si>
+    <t>2244 NW CROOKED RUN RD</t>
+  </si>
+  <si>
     <t>12-00254-000</t>
   </si>
   <si>
     <t>SMART FAMILY LLC</t>
   </si>
   <si>
     <t>1587 NW STEELE HILL RD</t>
   </si>
   <si>
+    <t>12-00369-000</t>
+  </si>
+  <si>
+    <t>BEACHY MATTHIAS &amp; ANDREA</t>
+  </si>
+  <si>
+    <t>4137 NW CROOKED RUN RD</t>
+  </si>
+  <si>
     <t>1203623</t>
   </si>
   <si>
     <t>ESTATE OF OSCAR C SMART</t>
   </si>
   <si>
     <t>1579 NW STEELE HILL RD</t>
   </si>
   <si>
     <t>1204820</t>
   </si>
   <si>
     <t>KYLE IRENE</t>
   </si>
   <si>
+    <t>1502761</t>
+  </si>
+  <si>
+    <t>WEBER VIVIAN</t>
+  </si>
+  <si>
+    <t>340 SE SEA GULL LN</t>
+  </si>
+  <si>
+    <t>18-00003-000</t>
+  </si>
+  <si>
+    <t>LORENZ JASON E</t>
+  </si>
+  <si>
+    <t>2168 NE SUNSET DR</t>
+  </si>
+  <si>
+    <t>18-01089-010</t>
+  </si>
+  <si>
+    <t>HENDERSHOT RONALD D</t>
+  </si>
+  <si>
+    <t>4056 NE BOY SCOUT RD</t>
+  </si>
+  <si>
+    <t>18-01090-000</t>
+  </si>
+  <si>
+    <t>ANGEL GUNNAR A &amp; JORDYN L</t>
+  </si>
+  <si>
+    <t>3804 NE BOY SCOUT RD</t>
+  </si>
+  <si>
+    <t>25-00082-000</t>
+  </si>
+  <si>
+    <t>IXCOY ERNESTO &amp; ALEJANDRA LOPEZ HERRARA</t>
+  </si>
+  <si>
+    <t>1585 HILLANDALE RD NE</t>
+  </si>
+  <si>
+    <t>25-00093-000</t>
+  </si>
+  <si>
+    <t>DISABATO GEORGE &amp; JUDITH</t>
+  </si>
+  <si>
+    <t>1438 A SEVEN MILE DR</t>
+  </si>
+  <si>
     <t>25-00128-000</t>
   </si>
   <si>
     <t>NEW TOWNE MALL ASSOCIATES AN OHIO LIMITED PARTNERSHIP</t>
   </si>
   <si>
     <t>GRAFF RD</t>
   </si>
   <si>
+    <t>25-00193-000</t>
+  </si>
+  <si>
+    <t>MARTIO LLC</t>
+  </si>
+  <si>
+    <t>938 SE STATE ROUTE 416</t>
+  </si>
+  <si>
+    <t>25-00221-000</t>
+  </si>
+  <si>
+    <t>ZONTINI TREVA J &amp; TIMOTHY A IRWIN</t>
+  </si>
+  <si>
+    <t>1559 SEVEN MILE DR</t>
+  </si>
+  <si>
+    <t>25-00287-000</t>
+  </si>
+  <si>
+    <t>DERAMO GARY V &amp; JEANNINE E</t>
+  </si>
+  <si>
+    <t>1741 NE HILLANDALE RD</t>
+  </si>
+  <si>
     <t>25-00435-000</t>
   </si>
   <si>
     <t>DINKENS DIANE RAE, AND FOUR OTHERS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
+    <t>25-00446-000</t>
+  </si>
+  <si>
+    <t>PERSONAL AND FAMILY COUNSELING SERVICES</t>
+  </si>
+  <si>
+    <t>2123 E HIGH AVE</t>
+  </si>
+  <si>
     <t>2500455</t>
   </si>
   <si>
     <t>DAVIES LAURA P</t>
   </si>
   <si>
     <t>315 6TH ST LOT EXT</t>
   </si>
   <si>
     <t>2500676</t>
   </si>
   <si>
     <t>SMITLEY CLARENCE R</t>
   </si>
   <si>
     <t>2425 SE POSSUM HOLLOW RD</t>
   </si>
   <si>
     <t>25-00725-000</t>
   </si>
   <si>
     <t>STECKMAN'S MEMORIALS, INC</t>
   </si>
   <si>
     <t>E HIGH AVE REAR</t>
   </si>
   <si>
+    <t>25-00770-000</t>
+  </si>
+  <si>
+    <t>MCCARTHY TIMOTHY E</t>
+  </si>
+  <si>
+    <t>2145 E HIGH AVE</t>
+  </si>
+  <si>
+    <t>25-00830-000</t>
+  </si>
+  <si>
+    <t>CRUZ MARLENY &amp; SABY CAROLINA CRUZ ORELLANA</t>
+  </si>
+  <si>
+    <t>1532 NE STATE ROUTE 39</t>
+  </si>
+  <si>
+    <t>25-00963-000</t>
+  </si>
+  <si>
+    <t>TINA L NUSMAN-WILLIS</t>
+  </si>
+  <si>
+    <t>2002 E HIGH AVE</t>
+  </si>
+  <si>
+    <t>25-00963-001</t>
+  </si>
+  <si>
+    <t>NUSMAN WILLIS TINA L</t>
+  </si>
+  <si>
+    <t>107 SE 20TH DR</t>
+  </si>
+  <si>
+    <t>25-01014-001</t>
+  </si>
+  <si>
+    <t>BOY SCOUT RD</t>
+  </si>
+  <si>
+    <t>25-01090-000</t>
+  </si>
+  <si>
+    <t>RICHWINE TIMOTHY JOHN</t>
+  </si>
+  <si>
+    <t>1549 SE OLDTOWN VALLEY RD</t>
+  </si>
+  <si>
+    <t>25-01092-000</t>
+  </si>
+  <si>
+    <t>WARNE VINCENT A</t>
+  </si>
+  <si>
+    <t>1620 NE JOHNSTOWN RD</t>
+  </si>
+  <si>
     <t>2501140</t>
   </si>
   <si>
     <t>ESPENSCHIED HAROLD E</t>
   </si>
   <si>
     <t>617 NW STEELE HILL RD</t>
   </si>
   <si>
     <t>25-01140-002</t>
   </si>
   <si>
     <t>SALISBURY ROBERT K</t>
   </si>
   <si>
     <t>NE UNIVERSITY DR</t>
   </si>
   <si>
+    <t>25-01215-000</t>
+  </si>
+  <si>
+    <t>KERR KRISTI K</t>
+  </si>
+  <si>
+    <t>1479 SE BALTZLEY VALLEY RD</t>
+  </si>
+  <si>
     <t>25-01245-000</t>
   </si>
   <si>
     <t>UNKEFER HUGH &amp; PEARL</t>
   </si>
   <si>
+    <t>25-01536-000</t>
+  </si>
+  <si>
+    <t>SCHUBERT MARK W &amp; KERRY E</t>
+  </si>
+  <si>
+    <t>124 SE 23RD ST</t>
+  </si>
+  <si>
     <t>25-01621-000</t>
   </si>
   <si>
     <t>CLARK WILLIAM C</t>
   </si>
   <si>
     <t>3641 NE UNIVERSITY DR</t>
   </si>
   <si>
+    <t>25-01624-000</t>
+  </si>
+  <si>
+    <t>LIEDTKE DONALD J - TRUSTEE DJ &amp; NJ LIEDTKE TRUST</t>
+  </si>
+  <si>
+    <t>SE POSSUM HOLLOW RD</t>
+  </si>
+  <si>
+    <t>25-01703-005</t>
+  </si>
+  <si>
+    <t>GREEN MISTY AMBER</t>
+  </si>
+  <si>
+    <t>1515 NE JOHNSTOWN RD</t>
+  </si>
+  <si>
+    <t>25-01876-000</t>
+  </si>
+  <si>
+    <t>MENAPACE BRENDA K</t>
+  </si>
+  <si>
+    <t>129 SE 20TH DR</t>
+  </si>
+  <si>
+    <t>25-01910-000</t>
+  </si>
+  <si>
+    <t>OHIO CONFERENCE ASSOCIATION OF SEVENTH-DAY ADVENTIST CHURCH</t>
+  </si>
+  <si>
+    <t>250 SE SANDY DR</t>
+  </si>
+  <si>
+    <t>25-01971-000</t>
+  </si>
+  <si>
+    <t>KIEFFER JAMIE R</t>
+  </si>
+  <si>
+    <t>3740 NE UNIVERSITY DR</t>
+  </si>
+  <si>
+    <t>25-02000-004</t>
+  </si>
+  <si>
+    <t>BOLTZ DARBY J &amp; KRISTEN D</t>
+  </si>
+  <si>
+    <t>1370 SE OLDTOWN VALLEY RD</t>
+  </si>
+  <si>
+    <t>25-02026-000</t>
+  </si>
+  <si>
+    <t>RICHTER RUTH E</t>
+  </si>
+  <si>
+    <t>SEVEN MILE DR</t>
+  </si>
+  <si>
+    <t>25-02028-000</t>
+  </si>
+  <si>
     <t>2502029</t>
   </si>
   <si>
     <t>BURRIER ROLAND L</t>
   </si>
   <si>
     <t>907 SE STATE ROUTE 416</t>
   </si>
   <si>
     <t>25-02150-000</t>
   </si>
   <si>
     <t>CITY OF NEW PHILADELPHIA OHIO</t>
   </si>
   <si>
     <t>RIDGE RD REAR</t>
   </si>
   <si>
+    <t>25-02275-002</t>
+  </si>
+  <si>
+    <t>HILLANDALE DR</t>
+  </si>
+  <si>
+    <t>25-02283-001</t>
+  </si>
+  <si>
+    <t>TUSTIN SARAH S</t>
+  </si>
+  <si>
+    <t>25-02303-000</t>
+  </si>
+  <si>
+    <t>1857 SEVEN MILE DR</t>
+  </si>
+  <si>
+    <t>25-02453-001</t>
+  </si>
+  <si>
+    <t>ZADRA DONNA D &amp; ANN MARIE CARVER</t>
+  </si>
+  <si>
+    <t>2497 SE POSSUM HOLLOW RD</t>
+  </si>
+  <si>
+    <t>25-02475-001</t>
+  </si>
+  <si>
+    <t>BOUHACHEM PETROLEUM LLC</t>
+  </si>
+  <si>
+    <t>2465 E HIGH AVE</t>
+  </si>
+  <si>
+    <t>25-02563-000</t>
+  </si>
+  <si>
     <t>2502845</t>
   </si>
   <si>
     <t>WILSON FRANCIS E</t>
   </si>
   <si>
     <t>1825 E HIGH AVE LOT 3</t>
   </si>
   <si>
     <t>2505587</t>
   </si>
   <si>
     <t>NALLEY WILLIAM R JR</t>
   </si>
   <si>
     <t>12936 SE GILMORE RD</t>
   </si>
   <si>
+    <t>2506594</t>
+  </si>
+  <si>
+    <t>MILLER DAVID A &amp; LORI J</t>
+  </si>
+  <si>
+    <t>778 NW STEELE HILL RD</t>
+  </si>
+  <si>
     <t>2507272</t>
   </si>
   <si>
     <t>GREEN THOMAS E</t>
   </si>
   <si>
     <t>4117 SE ROYAL LN</t>
   </si>
   <si>
     <t>2507423</t>
   </si>
   <si>
     <t>MOORE ROCKY SR</t>
   </si>
   <si>
     <t>485 FOURTH ST LOT EXT</t>
   </si>
   <si>
     <t>2508041</t>
   </si>
   <si>
     <t>FUHRER-HOSTUTLER ERIC J</t>
   </si>
   <si>
     <t>371 NE EIGHTH DR</t>
   </si>
   <si>
     <t>2508297</t>
   </si>
   <si>
     <t>MOORE HELEN M</t>
   </si>
   <si>
     <t>493 SE FOURTH ST EXT</t>
   </si>
   <si>
+    <t>30-00021-000</t>
+  </si>
+  <si>
+    <t>BOLTZ JUNE A ETAL</t>
+  </si>
+  <si>
+    <t>5262 SW MAPLE AV EXT</t>
+  </si>
+  <si>
+    <t>30-00107-000</t>
+  </si>
+  <si>
+    <t>HOCHSTETLER BRUCE</t>
+  </si>
+  <si>
+    <t>5554 SW ST JACOBS RIDGE RD</t>
+  </si>
+  <si>
+    <t>30-00183-000</t>
+  </si>
+  <si>
+    <t>OLIVER RICHARD A &amp; SHARON L</t>
+  </si>
+  <si>
+    <t>6797 SW BUCKHORN RD</t>
+  </si>
+  <si>
     <t>30-00314-000</t>
   </si>
   <si>
     <t>WYATT RICHARD</t>
   </si>
   <si>
     <t>CEMETARY HILL RD</t>
   </si>
   <si>
+    <t>30-00369-000</t>
+  </si>
+  <si>
+    <t>RICE II RAYMOND C &amp; BARBARA A RICE</t>
+  </si>
+  <si>
+    <t>RICE RD</t>
+  </si>
+  <si>
+    <t>30-00371-000</t>
+  </si>
+  <si>
+    <t>30-00401-002</t>
+  </si>
+  <si>
+    <t>BEABER ROBERT D &amp; JEANNE R</t>
+  </si>
+  <si>
+    <t>30-00412-012</t>
+  </si>
+  <si>
+    <t>MCAFEE MORGAN LEE ANN</t>
+  </si>
+  <si>
+    <t>3649 SW METZGER HILL RD</t>
+  </si>
+  <si>
+    <t>30-00418-000</t>
+  </si>
+  <si>
+    <t>KOHL TYLER T</t>
+  </si>
+  <si>
+    <t>5289 SW ANGEL VALLEY RD</t>
+  </si>
+  <si>
+    <t>30-00479-001</t>
+  </si>
+  <si>
+    <t>LLW REAL ESTATE LTD</t>
+  </si>
+  <si>
+    <t>SW WILLIAMS LAKE RD</t>
+  </si>
+  <si>
+    <t>30-01239-000</t>
+  </si>
+  <si>
+    <t>SANDERS NATHAN D</t>
+  </si>
+  <si>
+    <t>5623 SW OLDTOWN VALLEY RD</t>
+  </si>
+  <si>
+    <t>30-01397-000</t>
+  </si>
+  <si>
+    <t>HUNT KYLE L</t>
+  </si>
+  <si>
+    <t>STATE ROUTE 751</t>
+  </si>
+  <si>
+    <t>33-00001-000</t>
+  </si>
+  <si>
+    <t>DUMMERMUTH ROBERT SIMON</t>
+  </si>
+  <si>
+    <t>116 N BRIDGE ST</t>
+  </si>
+  <si>
+    <t>33-00014-000</t>
+  </si>
+  <si>
+    <t>CAMPBELL NICHOLAS M</t>
+  </si>
+  <si>
+    <t>110 S BRIDGE ST</t>
+  </si>
+  <si>
     <t>33-00015-000</t>
   </si>
   <si>
     <t>BLACKWELL RUSSELL E</t>
   </si>
   <si>
     <t>MAPLE ST</t>
   </si>
   <si>
+    <t>33-00019-000</t>
+  </si>
+  <si>
+    <t>LEE CLYDE V &amp; AMY L</t>
+  </si>
+  <si>
+    <t>117 W MAPLE ST</t>
+  </si>
+  <si>
+    <t>33-00042-000</t>
+  </si>
+  <si>
+    <t>ELFVIN GUSTAVIUS</t>
+  </si>
+  <si>
+    <t>113 W JEFFERSON ST</t>
+  </si>
+  <si>
+    <t>33-00074-000</t>
+  </si>
+  <si>
+    <t>BEABER SARA L</t>
+  </si>
+  <si>
+    <t>123 W JEFFERSON ST</t>
+  </si>
+  <si>
     <t>33-00091-000</t>
   </si>
   <si>
     <t>ELFVIN GUSTAVIUS E</t>
   </si>
   <si>
     <t>109 W JEFFERSON ST</t>
   </si>
   <si>
     <t>33-00142-000</t>
   </si>
   <si>
     <t>ARBOGAST RUTH O</t>
   </si>
   <si>
     <t>BRIDGE ST</t>
   </si>
   <si>
+    <t>33-00147-000</t>
+  </si>
+  <si>
     <t>33-00155-000</t>
   </si>
   <si>
     <t>AUBURN ST</t>
   </si>
   <si>
     <t>33-00199-000</t>
   </si>
   <si>
     <t>AMERICAN PREMIER UNDERWRITERS INC</t>
   </si>
   <si>
     <t>MARIETTA ST</t>
   </si>
   <si>
+    <t>4300009</t>
+  </si>
+  <si>
+    <t>BARBEE DARRYL &amp; HAROLD &amp; PATRICK A</t>
+  </si>
+  <si>
+    <t>613 SE SANDPIPER LN</t>
+  </si>
+  <si>
     <t>4300022</t>
   </si>
   <si>
     <t>NEALEY DARLA</t>
   </si>
   <si>
     <t>300 NW 11TH ST LOT 5</t>
   </si>
   <si>
+    <t>43-00022-000</t>
+  </si>
+  <si>
+    <t>FISHER TARA M</t>
+  </si>
+  <si>
+    <t>152 SW 3RD ST</t>
+  </si>
+  <si>
+    <t>43-00032-000</t>
+  </si>
+  <si>
+    <t>AKEN JOHN VINCENT</t>
+  </si>
+  <si>
+    <t>447 SW FRONT AVE</t>
+  </si>
+  <si>
+    <t>43-00036-000</t>
+  </si>
+  <si>
+    <t>ALBRIGHT DEREK C &amp; JEANETTE M</t>
+  </si>
+  <si>
+    <t>NW ORCHARD AVE</t>
+  </si>
+  <si>
+    <t>4300063</t>
+  </si>
+  <si>
+    <t>BARTRUG RICHARD &amp; SANDRA</t>
+  </si>
+  <si>
+    <t>228 SE WINDCHASERS LN</t>
+  </si>
+  <si>
+    <t>43-00080-000</t>
+  </si>
+  <si>
+    <t>MT HOMES OF OHIO LLC</t>
+  </si>
+  <si>
+    <t>230 SW 2ND DR</t>
+  </si>
+  <si>
+    <t>43-00130-000</t>
+  </si>
+  <si>
+    <t>MARINO WILLIAM P JR</t>
+  </si>
+  <si>
+    <t>490 E HIGH AVE</t>
+  </si>
+  <si>
+    <t>43-00307-000</t>
+  </si>
+  <si>
+    <t>LITTLE WILLIAM J &amp; MICHELE NEPSA</t>
+  </si>
+  <si>
+    <t>SW 8TH ST</t>
+  </si>
+  <si>
+    <t>4300321</t>
+  </si>
+  <si>
+    <t>CAWLEY MARIA</t>
+  </si>
+  <si>
+    <t>300 NW 11TH ST LOT 14</t>
+  </si>
+  <si>
+    <t>43-00359-000</t>
+  </si>
+  <si>
+    <t>PASCUAL MIGUEL ANDRES &amp; EULALIA JIMENEZ</t>
+  </si>
+  <si>
+    <t>401 NW 5TH ST</t>
+  </si>
+  <si>
+    <t>43-00392-000</t>
+  </si>
+  <si>
+    <t>HILL SHIRLEY L</t>
+  </si>
+  <si>
+    <t>846 SE 2ND ST</t>
+  </si>
+  <si>
     <t>4300404</t>
   </si>
   <si>
     <t>COX SANDRA L</t>
   </si>
   <si>
     <t>330 SE GULF STREAM LN</t>
   </si>
   <si>
     <t>43-00430-000</t>
   </si>
   <si>
     <t>WINTERS STEVEN D</t>
   </si>
   <si>
     <t>641 NW CEDAR LN</t>
   </si>
   <si>
+    <t>4300450</t>
+  </si>
+  <si>
+    <t>CARDEN KRISTEN</t>
+  </si>
+  <si>
+    <t>114 SE MULBERRY ST</t>
+  </si>
+  <si>
     <t>4300472</t>
   </si>
   <si>
     <t>RENNICKER BRIAN A &amp; CHANCE A</t>
   </si>
   <si>
     <t>604 NW PATRICIA AVE</t>
   </si>
   <si>
     <t>4300527</t>
   </si>
   <si>
     <t>ROBERSON JIMMIE L</t>
   </si>
   <si>
     <t>126 SE DOLPHIN DR</t>
   </si>
   <si>
+    <t>4300528</t>
+  </si>
+  <si>
+    <t>ARCHINAL ALLEN DAVID II</t>
+  </si>
+  <si>
+    <t>300 NW 11TH ST LOT 34</t>
+  </si>
+  <si>
     <t>4300550</t>
   </si>
   <si>
     <t>ROYCE KAREN S</t>
   </si>
   <si>
     <t>201 SE SHEL MAR DR</t>
   </si>
   <si>
+    <t>4300571</t>
+  </si>
+  <si>
+    <t>REYNOLDS DEBORAH L</t>
+  </si>
+  <si>
+    <t>108 SE MARLIN LN</t>
+  </si>
+  <si>
     <t>43-00575-000</t>
   </si>
   <si>
     <t>BREEHL BETTY E</t>
   </si>
   <si>
     <t>SE BANK LN</t>
   </si>
   <si>
     <t>4300626</t>
   </si>
   <si>
     <t>THRONE WESLEY</t>
   </si>
   <si>
     <t>610 NW KAREN AVE</t>
   </si>
   <si>
+    <t>4300628</t>
+  </si>
+  <si>
+    <t>CLINE TINA</t>
+  </si>
+  <si>
+    <t>300 NW 11TH ST LOT 29</t>
+  </si>
+  <si>
     <t>4300709</t>
   </si>
   <si>
     <t>KNEPPELT ETHAN J</t>
   </si>
   <si>
     <t>225 SE SHEL MAR DR</t>
   </si>
   <si>
+    <t>4300746</t>
+  </si>
+  <si>
+    <t>CAMPBELL DARYL</t>
+  </si>
+  <si>
+    <t>107 NE DOGWOOD ST</t>
+  </si>
+  <si>
+    <t>43-00779-000</t>
+  </si>
+  <si>
+    <t>LEAVERS JOSEPH H &amp; KORIANNE M</t>
+  </si>
+  <si>
+    <t>136 NE 9TH ST</t>
+  </si>
+  <si>
+    <t>43-00799-000</t>
+  </si>
+  <si>
+    <t>HARTZLER TAYLOR V</t>
+  </si>
+  <si>
+    <t>840 NW MAPLE AVE</t>
+  </si>
+  <si>
+    <t>43-00861-000</t>
+  </si>
+  <si>
+    <t>KALETKA CYNTHIA M</t>
+  </si>
+  <si>
+    <t>222 NE 5TH ST</t>
+  </si>
+  <si>
+    <t>43-00893-000</t>
+  </si>
+  <si>
+    <t>BEAMISH KEITH A &amp; KAYLA L</t>
+  </si>
+  <si>
+    <t>415 NW BELMONT AVE</t>
+  </si>
+  <si>
+    <t>43-00908-000</t>
+  </si>
+  <si>
+    <t>MILLER MELISSA S</t>
+  </si>
+  <si>
+    <t>219 SE 3RD DR</t>
+  </si>
+  <si>
     <t>43-00927-000</t>
   </si>
   <si>
     <t>MATHIAS OTIS D &amp; ALICE K</t>
   </si>
   <si>
     <t>408 SW FRONT AVE</t>
   </si>
   <si>
     <t>43-00931-000</t>
   </si>
   <si>
     <t>COLLINSWORTH SHERRY LEE</t>
   </si>
   <si>
     <t>212 NE BEAVER AVE</t>
   </si>
   <si>
+    <t>43-01040-000</t>
+  </si>
+  <si>
+    <t>FRF REAL ESTATE LLC</t>
+  </si>
+  <si>
+    <t>219 NW 6TH ST</t>
+  </si>
+  <si>
     <t>4301070</t>
   </si>
   <si>
     <t>CARTER JOHN SR</t>
   </si>
   <si>
     <t>300 NW 11TH ST LOT 28</t>
   </si>
   <si>
+    <t>43-01103-000</t>
+  </si>
+  <si>
+    <t>WHITE RICHARD &amp; JILL</t>
+  </si>
+  <si>
+    <t>237 SE COMMERCIAL AVE</t>
+  </si>
+  <si>
+    <t>43-01134-000</t>
+  </si>
+  <si>
+    <t>YENNI ELAIN KAY</t>
+  </si>
+  <si>
+    <t>819 NW BAKER AVE</t>
+  </si>
+  <si>
     <t>4301147</t>
   </si>
   <si>
     <t>OHLER JAMES M &amp; KRISTI K</t>
   </si>
   <si>
     <t>837 NW ZELLA AVE</t>
   </si>
   <si>
+    <t>4301175</t>
+  </si>
+  <si>
+    <t>GOODWIN OPAL S &amp; EUGENE S SMAIL</t>
+  </si>
+  <si>
+    <t>300 NW 11TH ST LOT 18</t>
+  </si>
+  <si>
+    <t>43-01196-000</t>
+  </si>
+  <si>
+    <t>DITTO TAHDI &amp; GINA</t>
+  </si>
+  <si>
+    <t>321 SW FRONT AVE</t>
+  </si>
+  <si>
+    <t>43-01271-000</t>
+  </si>
+  <si>
+    <t>LAM RESIDENTIALS PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>223 SW 6TH ST</t>
+  </si>
+  <si>
+    <t>4301302</t>
+  </si>
+  <si>
+    <t>DAMRON TINA M</t>
+  </si>
+  <si>
+    <t>300 NW 11TH ST LOT 12</t>
+  </si>
+  <si>
+    <t>43-01333-000</t>
+  </si>
+  <si>
+    <t>ZNB HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t>125 NW ASHWOOD LN</t>
+  </si>
+  <si>
+    <t>43-01363-000</t>
+  </si>
+  <si>
+    <t>PEREZ ANA M</t>
+  </si>
+  <si>
+    <t>125 NW 4TH ST</t>
+  </si>
+  <si>
+    <t>4301387</t>
+  </si>
+  <si>
+    <t>KENNEDY RONALD &amp; LYNN</t>
+  </si>
+  <si>
+    <t>314 SE GULF STREAM LN</t>
+  </si>
+  <si>
+    <t>43-01426-000</t>
+  </si>
+  <si>
+    <t>WALLICK MATT E</t>
+  </si>
+  <si>
+    <t>749 S BROADWAY</t>
+  </si>
+  <si>
+    <t>4301565</t>
+  </si>
+  <si>
+    <t>BOLON MADISON B</t>
+  </si>
+  <si>
+    <t>201 SE SEA GULL LN</t>
+  </si>
+  <si>
     <t>4301622</t>
   </si>
   <si>
     <t>LESLIE BRIAN &amp; TINA</t>
   </si>
   <si>
     <t>212 SE MARLIN LN</t>
   </si>
   <si>
     <t>4301665</t>
   </si>
   <si>
     <t>HOWARD KAYLA N</t>
   </si>
   <si>
     <t>300 NW 11TH ST LOT 33</t>
   </si>
   <si>
+    <t>43-01708-000</t>
+  </si>
+  <si>
+    <t>CLENDENING BRADLEY ALAN &amp; LORI LYNNE PAYNE</t>
+  </si>
+  <si>
+    <t>907 SW 2ND ST</t>
+  </si>
+  <si>
+    <t>4301733</t>
+  </si>
+  <si>
+    <t>PAISLEY BRANDY N &amp; ZACHARY D</t>
+  </si>
+  <si>
+    <t>609 NW KAREN AVE</t>
+  </si>
+  <si>
+    <t>43-01755-000</t>
+  </si>
+  <si>
+    <t>WILLS MARY A</t>
+  </si>
+  <si>
+    <t>424 NW TUSCARAWAS AVE</t>
+  </si>
+  <si>
+    <t>43-01832-000</t>
+  </si>
+  <si>
+    <t>DAMON ENTERPRISE LLC</t>
+  </si>
+  <si>
+    <t>347 NW TUSCARAWAS AVE</t>
+  </si>
+  <si>
     <t>4301850</t>
   </si>
   <si>
     <t>COLE MARLA</t>
   </si>
   <si>
     <t>803 NW ZELLA AVE</t>
   </si>
   <si>
+    <t>43-01875-000</t>
+  </si>
+  <si>
+    <t>TABBUTT KEVIN D</t>
+  </si>
+  <si>
+    <t>224 NW 10TH ST</t>
+  </si>
+  <si>
     <t>4301899</t>
   </si>
   <si>
     <t>BELL RODNEY E</t>
   </si>
   <si>
     <t>119 SE BIMINI LN</t>
   </si>
   <si>
     <t>43-01910-000</t>
   </si>
   <si>
     <t>NEWTOWNE MALL ASSOCIATES AN OHIO LIMITED PARTNERSHIP</t>
   </si>
   <si>
     <t>SE GRAFF RD</t>
   </si>
   <si>
+    <t>4301922</t>
+  </si>
+  <si>
+    <t>RUSK MARY K</t>
+  </si>
+  <si>
+    <t>108 SE MULBERRY ST</t>
+  </si>
+  <si>
+    <t>43-01955-000</t>
+  </si>
+  <si>
+    <t>WALTON EVELYN J</t>
+  </si>
+  <si>
+    <t>357 NW 3RD ST</t>
+  </si>
+  <si>
+    <t>43-02061-000</t>
+  </si>
+  <si>
+    <t>KARR CHRIS</t>
+  </si>
+  <si>
+    <t>113 NW 7TH ST REAR</t>
+  </si>
+  <si>
+    <t>43-02115-000</t>
+  </si>
+  <si>
+    <t>SCOTT CYNTHIA K</t>
+  </si>
+  <si>
+    <t>1023 NW MAPLE AVE</t>
+  </si>
+  <si>
+    <t>43-02143-000</t>
+  </si>
+  <si>
+    <t>HAGLOCH AMY S</t>
+  </si>
+  <si>
+    <t>112 NE 11TH ST</t>
+  </si>
+  <si>
     <t>43-02206-000</t>
   </si>
   <si>
     <t>TALLEY TATIJANA</t>
   </si>
   <si>
     <t>310 NW FAIR AVE</t>
   </si>
   <si>
     <t>4302219</t>
   </si>
   <si>
     <t>STIEBER DAVID</t>
   </si>
   <si>
     <t>121 SE HOLLY ST</t>
   </si>
   <si>
+    <t>43-02251-000</t>
+  </si>
+  <si>
+    <t>STOJANOVIC MICHAEL</t>
+  </si>
+  <si>
+    <t>1013 NW UNION AVE</t>
+  </si>
+  <si>
     <t>4302283</t>
   </si>
   <si>
     <t>KURZIMSKI STEVE &amp; CAROL</t>
   </si>
   <si>
     <t>211 SE SHEL MAR DR</t>
   </si>
   <si>
     <t>4302314</t>
   </si>
   <si>
     <t>GRAY REBECCA E</t>
   </si>
   <si>
     <t>819 NW ZELLA AVE</t>
   </si>
   <si>
+    <t>43-02319-000</t>
+  </si>
+  <si>
+    <t>HOLLAND MATTHEW W</t>
+  </si>
+  <si>
+    <t>925 NW OAK ST</t>
+  </si>
+  <si>
+    <t>43-02369-000</t>
+  </si>
+  <si>
+    <t>LITTLE WILLIAM &amp; MICHELE NEPSA</t>
+  </si>
+  <si>
+    <t>1436 NW KADERLY ST</t>
+  </si>
+  <si>
     <t>4302512</t>
   </si>
   <si>
     <t>MCMORROW DIANA L</t>
   </si>
   <si>
     <t>691 SE BALTZLEY VALLEY RD</t>
   </si>
   <si>
+    <t>4302518</t>
+  </si>
+  <si>
+    <t>OCHELTREE DOY</t>
+  </si>
+  <si>
+    <t>120 SE CORAL KEY</t>
+  </si>
+  <si>
+    <t>4302520</t>
+  </si>
+  <si>
+    <t>HENNEN VIRGINIA L</t>
+  </si>
+  <si>
+    <t>201 SE LIGHTHOUSE PT</t>
+  </si>
+  <si>
+    <t>43-02528-000</t>
+  </si>
+  <si>
+    <t>BALDER ROBERT &amp; RANDY</t>
+  </si>
+  <si>
+    <t>246 SW ST CLAIR AVE</t>
+  </si>
+  <si>
     <t>43-02534-000</t>
   </si>
   <si>
     <t>DAUGHERTY AMY L</t>
   </si>
   <si>
     <t>203 NE BEAVER AVE</t>
   </si>
   <si>
+    <t>4302563</t>
+  </si>
+  <si>
+    <t>DENNEY JUDITH ANN</t>
+  </si>
+  <si>
+    <t>300 NW 11TH ST LOT 25</t>
+  </si>
+  <si>
+    <t>4302569</t>
+  </si>
+  <si>
+    <t>ARCHINAL ALLEN D &amp; CONNIE J</t>
+  </si>
+  <si>
+    <t>300 NW 11TH ST LOT 35</t>
+  </si>
+  <si>
+    <t>43-02579-000</t>
+  </si>
+  <si>
+    <t>GREEN JONATHON L &amp; ALEXIS T</t>
+  </si>
+  <si>
+    <t>118 NE 5TH ST</t>
+  </si>
+  <si>
+    <t>4302616</t>
+  </si>
+  <si>
+    <t>EVANS SHELBY J</t>
+  </si>
+  <si>
+    <t>121 SE DOGWOOD ST</t>
+  </si>
+  <si>
+    <t>43-02618-000</t>
+  </si>
+  <si>
+    <t>355 NW TUSCARAWAS AVE</t>
+  </si>
+  <si>
     <t>43-02641-000</t>
   </si>
   <si>
     <t>NEIDIG KEVIN H &amp; MARY J</t>
   </si>
   <si>
     <t>152 NE RAY AVE</t>
   </si>
   <si>
+    <t>43-02681-000</t>
+  </si>
+  <si>
+    <t>KINSEY PHILIP D &amp; CONNIE</t>
+  </si>
+  <si>
+    <t>325 NW ROSS AVE</t>
+  </si>
+  <si>
+    <t>43-02722-000</t>
+  </si>
+  <si>
+    <t>STARKEY JANALENE G</t>
+  </si>
+  <si>
+    <t>NW ASHWOOD LN</t>
+  </si>
+  <si>
     <t>4302754</t>
   </si>
   <si>
     <t>ATKINS RUTH</t>
   </si>
   <si>
     <t>211 SE CORAL KEY</t>
   </si>
   <si>
+    <t>43-02802-000</t>
+  </si>
+  <si>
+    <t>PASSIO JOHNNY V</t>
+  </si>
+  <si>
+    <t>223 N BROADWAY</t>
+  </si>
+  <si>
+    <t>43-02895-000</t>
+  </si>
+  <si>
+    <t>FOSTOR JAYME E</t>
+  </si>
+  <si>
+    <t>451 SW ELLEN AVE</t>
+  </si>
+  <si>
+    <t>43-03018-000</t>
+  </si>
+  <si>
+    <t>ARTHURS KATHLEEN M</t>
+  </si>
+  <si>
+    <t>614 NW 11TH ST</t>
+  </si>
+  <si>
+    <t>43-03020-000</t>
+  </si>
+  <si>
+    <t>LOGAN CORENA</t>
+  </si>
+  <si>
+    <t>218 SW COMMERCIAL AVE</t>
+  </si>
+  <si>
+    <t>4303027</t>
+  </si>
+  <si>
+    <t>MASON THOMAS W &amp; REBECCA L</t>
+  </si>
+  <si>
+    <t>216 SE MARLIN LN</t>
+  </si>
+  <si>
+    <t>43-03044-000</t>
+  </si>
+  <si>
+    <t>1106 E HIGH AVE</t>
+  </si>
+  <si>
+    <t>43-03062-000</t>
+  </si>
+  <si>
+    <t>SHAHAN SHARON R</t>
+  </si>
+  <si>
+    <t>521 SW FRONT AVE</t>
+  </si>
+  <si>
+    <t>43-03175-000</t>
+  </si>
+  <si>
+    <t>GRAHAM RYAN M</t>
+  </si>
+  <si>
+    <t>533 SW FRONT AVE</t>
+  </si>
+  <si>
+    <t>4303221</t>
+  </si>
+  <si>
+    <t>DEMUTH AMBER</t>
+  </si>
+  <si>
+    <t>212 SE DRIFTWOOD LN</t>
+  </si>
+  <si>
+    <t>43-03259-000</t>
+  </si>
+  <si>
+    <t>YARGER CARMEN M &amp; CASEY W</t>
+  </si>
+  <si>
+    <t>331 NW 3RD ST</t>
+  </si>
+  <si>
     <t>4303278</t>
   </si>
   <si>
     <t>KENNEDY RHONDA L</t>
   </si>
   <si>
     <t>142 SE PORT LN</t>
   </si>
   <si>
+    <t>4303389</t>
+  </si>
+  <si>
+    <t>DIETER MELODY</t>
+  </si>
+  <si>
+    <t>205 SE PORT LN</t>
+  </si>
+  <si>
+    <t>43-03434-000</t>
+  </si>
+  <si>
+    <t>GERBER SHIRLEY J</t>
+  </si>
+  <si>
+    <t>733 SE 2ND ST</t>
+  </si>
+  <si>
     <t>43-03446-002</t>
   </si>
   <si>
     <t>WILLIAMS MICHAEL G</t>
   </si>
   <si>
     <t>NE 2ND ST</t>
   </si>
   <si>
+    <t>43-03456-000</t>
+  </si>
+  <si>
+    <t>SICA LEANDRO BATEN</t>
+  </si>
+  <si>
+    <t>425 SW ST CLAIR AVE</t>
+  </si>
+  <si>
     <t>43-03473-000</t>
   </si>
   <si>
     <t>BAYS SUE ELLEN</t>
   </si>
   <si>
     <t>936 NW GRANT AVE</t>
   </si>
   <si>
     <t>4303540</t>
   </si>
   <si>
     <t>DOMBROWSKI CODY M</t>
   </si>
   <si>
     <t>603 SE SANDPIPER LN</t>
   </si>
   <si>
+    <t>43-03541-000</t>
+  </si>
+  <si>
+    <t>DUKE LAVERNE</t>
+  </si>
+  <si>
+    <t>337 NE RAY AVE</t>
+  </si>
+  <si>
+    <t>4303579</t>
+  </si>
+  <si>
+    <t>KENNEDY CHRISTINA R</t>
+  </si>
+  <si>
+    <t>112 SE SEA GULL LN</t>
+  </si>
+  <si>
+    <t>43-03592-000</t>
+  </si>
+  <si>
+    <t>PARWH LLC</t>
+  </si>
+  <si>
+    <t>1128 W HIGH AVE</t>
+  </si>
+  <si>
+    <t>43-03621-000</t>
+  </si>
+  <si>
+    <t>MORELAND DAVID L &amp; JEAN M</t>
+  </si>
+  <si>
+    <t>121 NE NORTH AVE</t>
+  </si>
+  <si>
     <t>4303699</t>
   </si>
   <si>
     <t>REIGLE LARRY W II</t>
   </si>
   <si>
     <t>300 NW 11TH ST LOT 23</t>
   </si>
   <si>
     <t>4303785</t>
   </si>
   <si>
     <t>STINGEL DEBRA J</t>
   </si>
   <si>
     <t>128 SE CORAL KEY</t>
   </si>
   <si>
+    <t>43-03818-000</t>
+  </si>
+  <si>
+    <t>FISHER TARA</t>
+  </si>
+  <si>
+    <t>236 SW 3RD ST</t>
+  </si>
+  <si>
+    <t>4303840</t>
+  </si>
+  <si>
+    <t>EVANS MARY</t>
+  </si>
+  <si>
+    <t>325 SE GULF STREAM LN</t>
+  </si>
+  <si>
+    <t>43-03936-000</t>
+  </si>
+  <si>
+    <t>KUCZIRKA CONNOR ETAL</t>
+  </si>
+  <si>
+    <t>1002 S BROADWAY</t>
+  </si>
+  <si>
+    <t>43-04010-001</t>
+  </si>
+  <si>
+    <t>MCNIK, LLC</t>
+  </si>
+  <si>
+    <t>604 NW 4TH DR</t>
+  </si>
+  <si>
     <t>4304065</t>
   </si>
   <si>
     <t>HAGUE WENDI S</t>
   </si>
   <si>
     <t>329 SE SEA GULL LN</t>
   </si>
   <si>
     <t>4304082</t>
   </si>
   <si>
     <t>JULIAN MELANIE &amp; JARED</t>
   </si>
   <si>
     <t>402 SE COMPASS CIR</t>
   </si>
   <si>
+    <t>43-04204-000</t>
+  </si>
+  <si>
+    <t>MARTINELLI HOLDINGS LTD</t>
+  </si>
+  <si>
+    <t>119 NE FAIR AVE</t>
+  </si>
+  <si>
+    <t>43-04267-000</t>
+  </si>
+  <si>
+    <t>GOTSHALL JANE</t>
+  </si>
+  <si>
+    <t>715 NW JORDAN DR</t>
+  </si>
+  <si>
+    <t>43-04322-000</t>
+  </si>
+  <si>
+    <t>LINDSAY JOYCE M</t>
+  </si>
+  <si>
+    <t>1314 NW KADERLY ST</t>
+  </si>
+  <si>
+    <t>43-04324-000</t>
+  </si>
+  <si>
+    <t>RONEY ROBERT RYAN &amp; AARON WILLIAM &amp; ALEXABDER JON</t>
+  </si>
+  <si>
+    <t>218 NW 7TH ST</t>
+  </si>
+  <si>
+    <t>43-04362-000</t>
+  </si>
+  <si>
+    <t>PICA RICHARD &amp; MARY ANN</t>
+  </si>
+  <si>
+    <t>423 NW 2ND ST</t>
+  </si>
+  <si>
     <t>43-04397-001</t>
   </si>
   <si>
     <t>MCCARTNEY EDITH JOAN</t>
   </si>
   <si>
     <t>SE SECOND ST</t>
   </si>
   <si>
+    <t>43-04410-000</t>
+  </si>
+  <si>
+    <t>HILL DAVID A</t>
+  </si>
+  <si>
+    <t>138 NE 2ND ST</t>
+  </si>
+  <si>
+    <t>43-04416-000</t>
+  </si>
+  <si>
+    <t>EVANS LINDA</t>
+  </si>
+  <si>
+    <t>1016 NW UNION AVE</t>
+  </si>
+  <si>
+    <t>4304485</t>
+  </si>
+  <si>
+    <t>MAYLE ISAIAH A</t>
+  </si>
+  <si>
+    <t>134 SE GULF STREAM LN</t>
+  </si>
+  <si>
+    <t>43-04558-002</t>
+  </si>
+  <si>
+    <t>MACKEY RICHARD G &amp; CAROLINE E</t>
+  </si>
+  <si>
+    <t>835 SE BANK LN</t>
+  </si>
+  <si>
     <t>4304627</t>
   </si>
   <si>
     <t>MILLER CAMERON J</t>
   </si>
   <si>
     <t>400 SE COMPASS CIR</t>
   </si>
   <si>
+    <t>43-04651-000</t>
+  </si>
+  <si>
+    <t>SMAKULA PETER C</t>
+  </si>
+  <si>
+    <t>331 SE COMMERCIAL AVE</t>
+  </si>
+  <si>
+    <t>43-04660-000</t>
+  </si>
+  <si>
+    <t>BUEHLER RUSSELL</t>
+  </si>
+  <si>
+    <t>341 NE CEDAR LN</t>
+  </si>
+  <si>
+    <t>43-04667-000</t>
+  </si>
+  <si>
+    <t>TIDRICK KRISTY D</t>
+  </si>
+  <si>
+    <t>1146 NW 2ND ST</t>
+  </si>
+  <si>
+    <t>43-04749-000</t>
+  </si>
+  <si>
+    <t>PERSONAL &amp; FAMILY COUNSELING SERVICES</t>
+  </si>
+  <si>
+    <t>1433 NW 5TH ST</t>
+  </si>
+  <si>
+    <t>43-04763-000</t>
+  </si>
+  <si>
+    <t>SWIHART JUSTIN R</t>
+  </si>
+  <si>
+    <t>211 SE 2ND ST</t>
+  </si>
+  <si>
     <t>4304788</t>
   </si>
   <si>
     <t>FRY EDWARD A</t>
   </si>
   <si>
     <t>119 SE GULF STREAM LN</t>
   </si>
   <si>
+    <t>43-04866-000</t>
+  </si>
+  <si>
+    <t>SETTHAPONGWARA PIMLAPHA</t>
+  </si>
+  <si>
+    <t>152 NE NORTH AVE</t>
+  </si>
+  <si>
+    <t>43-04886-000</t>
+  </si>
+  <si>
+    <t>135 NE 9TH ST</t>
+  </si>
+  <si>
     <t>4304986</t>
   </si>
   <si>
     <t>BERKSHIRE WAYNE D</t>
   </si>
   <si>
     <t>114 SE BIMINI LN</t>
   </si>
   <si>
+    <t>43-05006-000</t>
+  </si>
+  <si>
+    <t>SHRYOCK FLETCHER J</t>
+  </si>
+  <si>
+    <t>238 SW 2ND ST</t>
+  </si>
+  <si>
     <t>43-05016-000</t>
   </si>
   <si>
     <t>CRAIG VIRGINIA L</t>
   </si>
   <si>
     <t>743 NW RAY AVE</t>
   </si>
   <si>
     <t>4305109</t>
   </si>
   <si>
     <t>KERNS ANNETTE M</t>
   </si>
   <si>
     <t>215 SE CORAL KEY</t>
   </si>
   <si>
+    <t>43-05207-000</t>
+  </si>
+  <si>
+    <t>TURNEY MAUREEN ELIZABETH</t>
+  </si>
+  <si>
+    <t>232 NE 6TH ST</t>
+  </si>
+  <si>
     <t>4305249</t>
   </si>
   <si>
     <t>HAGUE EMILY</t>
   </si>
   <si>
     <t>124 SE MAKO CIR</t>
   </si>
   <si>
+    <t>4305266</t>
+  </si>
+  <si>
+    <t>MIDAY SPENCER D</t>
+  </si>
+  <si>
+    <t>404 SE COMPASS CIR</t>
+  </si>
+  <si>
     <t>4305268</t>
   </si>
   <si>
     <t>BRANIGER SUSAN E</t>
   </si>
   <si>
     <t>134 SE BIMINI LN</t>
   </si>
   <si>
+    <t>43-05270-000</t>
+  </si>
+  <si>
+    <t>MELTON FAMILY LLC</t>
+  </si>
+  <si>
+    <t>119 W HIGH AVE</t>
+  </si>
+  <si>
     <t>4305293</t>
   </si>
   <si>
     <t>SANCHEZ RAUL</t>
   </si>
   <si>
     <t>607 SE SANDPIPER LN</t>
   </si>
   <si>
     <t>43-05403-000</t>
   </si>
   <si>
     <t>743 NW RAY AVE REAR</t>
   </si>
   <si>
     <t>43-05405-000</t>
   </si>
   <si>
     <t>VON KAENEL RONALD R &amp; GERALD P VON KAENEL ETAL</t>
   </si>
   <si>
     <t>7 MILE DR</t>
   </si>
   <si>
+    <t>43-05406-000</t>
+  </si>
+  <si>
+    <t>VOSHALL CHARLES</t>
+  </si>
+  <si>
+    <t>314 SE CHURCH AVE</t>
+  </si>
+  <si>
+    <t>43-05418-000</t>
+  </si>
+  <si>
+    <t>CRUZ SERGIO A GODOY</t>
+  </si>
+  <si>
+    <t>122 SW 2ND ST</t>
+  </si>
+  <si>
+    <t>43-05472-000</t>
+  </si>
+  <si>
+    <t>CARPENTER GREGORY D &amp; TRACY J</t>
+  </si>
+  <si>
+    <t>303 NE RAY AVE</t>
+  </si>
+  <si>
+    <t>43-05538-000</t>
+  </si>
+  <si>
+    <t>SCHAAR CHRISTINE E</t>
+  </si>
+  <si>
+    <t>276 NW GRANDVIEW AVE</t>
+  </si>
+  <si>
     <t>43-05561-000</t>
   </si>
   <si>
     <t>WEBSTER EUGENE H JR &amp; SUSAN E</t>
   </si>
   <si>
     <t>415 SE PROVIDENCE AVE</t>
   </si>
   <si>
     <t>43-05733-000</t>
   </si>
   <si>
     <t>PRITZ AMY J</t>
   </si>
   <si>
     <t>717 NW 4TH ST</t>
   </si>
   <si>
+    <t>43-05782-000</t>
+  </si>
+  <si>
+    <t>SCHULTZ TYSON P</t>
+  </si>
+  <si>
+    <t>342 NW 2ND ST REAR</t>
+  </si>
+  <si>
     <t>43-05793-000</t>
   </si>
   <si>
     <t>PATTERSON SHAWN M</t>
   </si>
   <si>
     <t>754 NW RAY AVE</t>
   </si>
   <si>
+    <t>43-05796-000</t>
+  </si>
+  <si>
+    <t>NW 5TH ST</t>
+  </si>
+  <si>
+    <t>43-05801-000</t>
+  </si>
+  <si>
+    <t>43-05802-000</t>
+  </si>
+  <si>
+    <t>43-05894-000</t>
+  </si>
+  <si>
+    <t>ZIMMERMAN DONALD L</t>
+  </si>
+  <si>
+    <t>866 NW MILLER AVE</t>
+  </si>
+  <si>
+    <t>43-05949-000</t>
+  </si>
+  <si>
+    <t>PARSONS TROY A &amp; SUSAN E</t>
+  </si>
+  <si>
+    <t>224 SW 3RD ST</t>
+  </si>
+  <si>
+    <t>43-06051-000</t>
+  </si>
+  <si>
+    <t>ST. GEORGE TERRY L &amp; GREER E LLEWELLYN</t>
+  </si>
+  <si>
+    <t>1030 NW PROSPECT ST</t>
+  </si>
+  <si>
+    <t>43-06176-000</t>
+  </si>
+  <si>
+    <t>THE SALVATION ARMY, A NEW YORK CORPORATION</t>
+  </si>
+  <si>
+    <t>377 NE DONAHEY AVE</t>
+  </si>
+  <si>
+    <t>43-06224-000</t>
+  </si>
+  <si>
+    <t>THE POTTERS HOUSE CHRISTIAN FELLOWSHIP CHURCH</t>
+  </si>
+  <si>
+    <t>335 NW UNION AVE</t>
+  </si>
+  <si>
+    <t>43-06256-000</t>
+  </si>
+  <si>
+    <t>1025 NE RAY AVE</t>
+  </si>
+  <si>
+    <t>43-06438-000</t>
+  </si>
+  <si>
+    <t>HREN JODOTHA K</t>
+  </si>
+  <si>
+    <t>256 NE 5TH ST</t>
+  </si>
+  <si>
+    <t>43-06662-000</t>
+  </si>
+  <si>
+    <t>NEW PHILA HOSPITALITY, LLC</t>
+  </si>
+  <si>
+    <t>1299 W HIGH AVE</t>
+  </si>
+  <si>
+    <t>43-06708-001</t>
+  </si>
+  <si>
+    <t>L &amp; S REALTY INC</t>
+  </si>
+  <si>
+    <t>2333 E HIGH AVE</t>
+  </si>
+  <si>
+    <t>43-06713-000</t>
+  </si>
+  <si>
+    <t>SHANE MICHAEL J</t>
+  </si>
+  <si>
+    <t>1046 SE COOKSON AVE</t>
+  </si>
+  <si>
+    <t>43-06787-000</t>
+  </si>
+  <si>
+    <t>YOUNG RICKY D &amp; FREDA K</t>
+  </si>
+  <si>
+    <t>314 SW MYERS AVE</t>
+  </si>
+  <si>
+    <t>4306813</t>
+  </si>
+  <si>
+    <t>STEPHENS LINDA M</t>
+  </si>
+  <si>
+    <t>823 NW ZELLA AVE</t>
+  </si>
+  <si>
     <t>4306824</t>
   </si>
   <si>
     <t>MOORE JAMES</t>
   </si>
   <si>
     <t>612 NW KAREN AVE</t>
   </si>
   <si>
     <t>4307060</t>
   </si>
   <si>
     <t>STEIN KENNETH W &amp; PATRICIA A</t>
   </si>
   <si>
     <t>114 SE HOLLY ST</t>
   </si>
   <si>
+    <t>43-07076-000</t>
+  </si>
+  <si>
+    <t>GINTZ MALTERER MERCADO LOREEN R &amp; GEORGE MERCADO</t>
+  </si>
+  <si>
+    <t>463 SW ROSCH CT</t>
+  </si>
+  <si>
+    <t>43-07109-000</t>
+  </si>
+  <si>
+    <t>915 SB LLC</t>
+  </si>
+  <si>
+    <t>915 S BROADWAY</t>
+  </si>
+  <si>
     <t>4307156</t>
   </si>
   <si>
     <t>MOSS CRAIG E &amp; MELODY L ADAMS</t>
   </si>
   <si>
     <t>613 NW PATRICIA AVE</t>
   </si>
   <si>
+    <t>4307290</t>
+  </si>
+  <si>
+    <t>KRESE WILLIAM</t>
+  </si>
+  <si>
+    <t>853 NW ZELLA AVE</t>
+  </si>
+  <si>
+    <t>43-07495-001</t>
+  </si>
+  <si>
+    <t>BAYLISS COLIN E TRUSTEE</t>
+  </si>
+  <si>
+    <t>SE COOKSON AVE</t>
+  </si>
+  <si>
+    <t>43-07587-006</t>
+  </si>
+  <si>
+    <t>NEW TOWNE MALL REALTY HOLDING LLC</t>
+  </si>
+  <si>
+    <t>43-07588-002</t>
+  </si>
+  <si>
+    <t>502 SE GRAFF RD</t>
+  </si>
+  <si>
+    <t>43-07588-004</t>
+  </si>
+  <si>
+    <t>43-07607-000</t>
+  </si>
+  <si>
+    <t>218 SW CHURCH AVE</t>
+  </si>
+  <si>
+    <t>43-07689-000</t>
+  </si>
+  <si>
+    <t>COOKSON AVENUE PROPERTY LLC (BRADLEY FAMILY PROPERTY LLC)</t>
+  </si>
+  <si>
+    <t>826 SE COOKSON AVE</t>
+  </si>
+  <si>
     <t>43-07744-000</t>
   </si>
   <si>
     <t>SCHOENBRUNN ESTATES INC</t>
   </si>
   <si>
     <t>NE 18TH ST</t>
   </si>
   <si>
+    <t>43-07756-000</t>
+  </si>
+  <si>
+    <t>NEPSA MICHELE A</t>
+  </si>
+  <si>
+    <t>1630 NE HICKS AVE</t>
+  </si>
+  <si>
+    <t>43-07805-001</t>
+  </si>
+  <si>
+    <t>MCDONALD-NIKLAUS JODY ETAL</t>
+  </si>
+  <si>
+    <t>219 NW CHAUNCEY AVE</t>
+  </si>
+  <si>
+    <t>43-07819-000</t>
+  </si>
+  <si>
+    <t>FROMAN JASON M &amp; KRISTINA M</t>
+  </si>
+  <si>
+    <t>SW LOCKPORT AVE</t>
+  </si>
+  <si>
+    <t>43-07849-001</t>
+  </si>
+  <si>
+    <t>GRECO RAY AVENUE PROPERTY LLC</t>
+  </si>
+  <si>
+    <t>1154 NW RAY AVE</t>
+  </si>
+  <si>
+    <t>4307861</t>
+  </si>
+  <si>
+    <t>HIGH KELLY A</t>
+  </si>
+  <si>
+    <t>303 SE LIGHTHOUSE PT</t>
+  </si>
+  <si>
     <t>43-07926-000</t>
   </si>
   <si>
     <t>WATSON BROTHERS CONSTRUCTION INC</t>
   </si>
   <si>
     <t>SE 3RD ST</t>
   </si>
   <si>
+    <t>43-07951-000</t>
+  </si>
+  <si>
+    <t>E HIGH AVE</t>
+  </si>
+  <si>
     <t>4307984</t>
   </si>
   <si>
     <t>MECHELKE BRIAN &amp; LOUISE</t>
   </si>
   <si>
     <t>110 SE STINGRAY DR</t>
   </si>
   <si>
     <t>4308056</t>
   </si>
   <si>
     <t>BLUNT CHARLOTTE R</t>
   </si>
   <si>
     <t>113 SE MULBERRY ST</t>
   </si>
   <si>
+    <t>4308066</t>
+  </si>
+  <si>
+    <t>METZGER KATLYNN M</t>
+  </si>
+  <si>
+    <t>115 SE DOGWOOD ST</t>
+  </si>
+  <si>
+    <t>43-08161-000</t>
+  </si>
+  <si>
+    <t>43-08165-049</t>
+  </si>
+  <si>
+    <t>2190 NE DENISE DR</t>
+  </si>
+  <si>
+    <t>43-08224-001</t>
+  </si>
+  <si>
+    <t>NW 11TH ST</t>
+  </si>
+  <si>
+    <t>43-08225-000</t>
+  </si>
+  <si>
+    <t>400 SE MILL AVE UNIT 001</t>
+  </si>
+  <si>
+    <t>43-08225-004</t>
+  </si>
+  <si>
+    <t>SE MILL AVE</t>
+  </si>
+  <si>
+    <t>43-08225-005</t>
+  </si>
+  <si>
+    <t>43-08225-006</t>
+  </si>
+  <si>
+    <t>43-08234-011</t>
+  </si>
+  <si>
+    <t>LAUGHLIN TRACY &amp; HEATHER FOX</t>
+  </si>
+  <si>
+    <t>1068 SW THOMAS DR</t>
+  </si>
+  <si>
     <t>43-08239-000</t>
   </si>
   <si>
     <t>STATE OF OHIO</t>
   </si>
   <si>
     <t>2201 SE REISER AVE</t>
   </si>
   <si>
     <t>43-08365-000</t>
   </si>
   <si>
     <t>HALL RICHARD</t>
   </si>
   <si>
     <t>SW 4TH ST</t>
   </si>
   <si>
+    <t>43-08389-000</t>
+  </si>
+  <si>
+    <t>SWEANY ERIC JAY &amp; HELEN M</t>
+  </si>
+  <si>
+    <t>357 NW 2ND DR</t>
+  </si>
+  <si>
+    <t>43-08416-014</t>
+  </si>
+  <si>
+    <t>DIETRICH RODNEY A &amp; KENNETH A JR</t>
+  </si>
+  <si>
+    <t>153 SW BOB ED HARRIS AVE</t>
+  </si>
+  <si>
     <t>4308680</t>
   </si>
   <si>
     <t>FOX KAYCEE</t>
   </si>
   <si>
     <t>206 SE DRIFTWOOD LN</t>
   </si>
   <si>
     <t>4308757</t>
   </si>
   <si>
     <t>JOHNSON SUSAN H</t>
   </si>
   <si>
     <t>117 SE SEA GULL LN</t>
   </si>
   <si>
     <t>4807300</t>
   </si>
   <si>
     <t>COTTRELL GREGORY E</t>
   </si>
   <si>
     <t>4057 DUTCH VALLEY RD SE</t>
   </si>
   <si>
+    <t>64-00013-001</t>
+  </si>
+  <si>
+    <t>LIEDTKE DONALD J - TRUSTEE D J &amp; N J TRUST</t>
+  </si>
+  <si>
+    <t>SE CURTIS RD</t>
+  </si>
+  <si>
+    <t>71-00013-000</t>
+  </si>
+  <si>
+    <t>HARING KELLY J</t>
+  </si>
+  <si>
+    <t>2575 SW JOYCE HILL RD</t>
+  </si>
+  <si>
+    <t>71-00055-002</t>
+  </si>
+  <si>
+    <t>CUTSHALL AUSTIN J &amp; TORRIE D</t>
+  </si>
+  <si>
+    <t>987 SW STONECREEK RD</t>
+  </si>
+  <si>
     <t>7100075</t>
   </si>
   <si>
     <t>SHOOK SCOTT A</t>
   </si>
   <si>
     <t>215 SW STONECREEK RD</t>
   </si>
   <si>
+    <t>71-00234-000</t>
+  </si>
+  <si>
+    <t>DIETER DANIEL G &amp; MELODY J</t>
+  </si>
+  <si>
+    <t>2064 SE OLDTOWN VALLEY RD</t>
+  </si>
+  <si>
+    <t>71-00234-003</t>
+  </si>
+  <si>
+    <t>RENNER JOSHUA &amp; ELIZABETH</t>
+  </si>
+  <si>
+    <t>2028 SE OLDTOWN VALLEY RD</t>
+  </si>
+  <si>
     <t>71-00292-000</t>
   </si>
   <si>
     <t>KIMBLE MARK &amp; BONITA</t>
   </si>
   <si>
     <t>825 SW STONECREEK RD</t>
   </si>
   <si>
     <t>71-00297-008</t>
   </si>
   <si>
     <t>SCS HMV LAND LLC</t>
   </si>
   <si>
     <t>SW HUMMEL VALLEY RD</t>
   </si>
   <si>
+    <t>71-00463-000</t>
+  </si>
+  <si>
+    <t>ENDRES JUSTIN M</t>
+  </si>
+  <si>
+    <t>508 SW STONECREEK RD</t>
+  </si>
+  <si>
+    <t>71-00510-000</t>
+  </si>
+  <si>
+    <t>SHANKLIN JEREMY D &amp; NICOLE JO</t>
+  </si>
+  <si>
+    <t>1775 SW CIRCLE DR</t>
+  </si>
+  <si>
+    <t>71-00564-000</t>
+  </si>
+  <si>
+    <t>SHERRETS JUSTIN A</t>
+  </si>
+  <si>
+    <t>4892 SW SEIBERT HILL RD</t>
+  </si>
+  <si>
+    <t>71-00804-001</t>
+  </si>
+  <si>
+    <t>REED JEFFREY J</t>
+  </si>
+  <si>
+    <t>2205 SW STONECREEK RD</t>
+  </si>
+  <si>
+    <t>71-00810-000</t>
+  </si>
+  <si>
+    <t>SCOTT GREGORY A &amp; MONICA L</t>
+  </si>
+  <si>
+    <t>2305 SW MAY VALLEY RD</t>
+  </si>
+  <si>
+    <t>71-01043-004</t>
+  </si>
+  <si>
+    <t>GRACELEE SANDBLASTING SOLUTIONS CO</t>
+  </si>
+  <si>
+    <t>SW MATHIAS RACEWAY RD</t>
+  </si>
+  <si>
+    <t>71-01126-002</t>
+  </si>
+  <si>
+    <t>DOWNING CALEB A</t>
+  </si>
+  <si>
+    <t>1947 SW HUMMEL VALLEY RD</t>
+  </si>
+  <si>
     <t>71-01260-000</t>
   </si>
   <si>
     <t>GERMAN LUTHERAN CHURCH</t>
   </si>
   <si>
-    <t>SW MATHIAS RACEWAY RD</t>
+    <t>7101275</t>
+  </si>
+  <si>
+    <t>LAB IRENE M</t>
+  </si>
+  <si>
+    <t>2406 SW SHADYVIEW RD</t>
+  </si>
+  <si>
+    <t>71-01633-000</t>
+  </si>
+  <si>
+    <t>ELBERT SEAN M</t>
+  </si>
+  <si>
+    <t>2684 SW MATHIAS RACEWAY RD</t>
   </si>
   <si>
     <t>71-01769-000</t>
   </si>
   <si>
     <t>MEYERS JEFF</t>
   </si>
   <si>
     <t>71-01818-000</t>
   </si>
   <si>
     <t>THE MARY E WELLING TRUST</t>
   </si>
   <si>
     <t>HUMMEL VALLEY RD</t>
   </si>
   <si>
     <t>7104809</t>
   </si>
   <si>
     <t>DITTO KAREN L</t>
   </si>
   <si>
     <t>3279 SW YORKVIEW RD</t>
   </si>
@@ -913,1980 +2707,6280 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F95" headerRowCount="1">
-  <autoFilter ref="A1:F95"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F310" headerRowCount="1">
+  <autoFilter ref="A1:F310"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72578&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73252&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73495&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40770&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=77164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75363&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=7593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75769&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20609&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20634&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20665&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20693&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20855&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=20864&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72470&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21268&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21269&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21304&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21402&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72487&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21688&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21746&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21853&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21908&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=21909&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22143&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22215&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72578&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23479&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23771&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23827&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23883&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=23909&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=79007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24530&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35203&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73191&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35541&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73242&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73250&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73252&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73275&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36005&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36043&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36058&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36081&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36187&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36248&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74322&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36864&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36938&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37204&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73400&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73413&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73419&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37756&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73427&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37880&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75562&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38251&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73462&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38620&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73480&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38666&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73495&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39044&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=76927&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39350&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39438&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39472&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39489&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73540&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39704&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39910&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40212&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73589&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40264&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40770&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40774&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40868&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41165&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41525&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73648&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73650&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73671&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42201&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42391&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42410&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42438&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73701&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42857&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42941&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43076&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=71072&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43091&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43305&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43423&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=77164&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60528&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63839&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=63860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64022&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64024&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69896&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64267&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64366&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78177&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64705&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=64849&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75343&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75363&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F95"/>
+  <dimension ref="A1:F310"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-    <col min="2" max="2" width="58.517127990722656" customWidth="1"/>
+    <col min="2" max="2" width="65.20695495605469" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
-    <col min="4" max="4" width="27.978635787963867" customWidth="1"/>
+    <col min="4" max="4" width="30.271326065063477" customWidth="1"/>
     <col min="5" max="5" width="11.245378494262695" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>80.43</v>
+        <v>154.78</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>1136.96</v>
+        <v>41.72</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E4" s="2">
-        <v>41.57</v>
+        <v>73.65</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E5" s="2">
-        <v>14.69</v>
+        <v>0.03</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E6" s="2">
-        <v>9.26</v>
+        <v>83.32</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E7" s="2">
-        <v>3.13</v>
+        <v>1249.7</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E8" s="2">
-        <v>685.5</v>
+        <v>1830.55</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E9" s="2">
-        <v>142.88</v>
+        <v>0.9</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E10" s="2">
-        <v>1.11</v>
+        <v>80.03</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="E11" s="2">
-        <v>153.69</v>
+        <v>28.28</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E12" s="2">
-        <v>6.68</v>
+        <v>248.24</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E13" s="2">
-        <v>561.05</v>
+        <v>62.5</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E14" s="2">
-        <v>1824.03</v>
+        <v>1.17</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E15" s="2">
-        <v>73.61</v>
+        <v>113.24</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E16" s="2">
-        <v>659.16</v>
+        <v>647.82</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="E17" s="2">
-        <v>3391.62</v>
+        <v>17.86</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="E18" s="2">
-        <v>2217.26</v>
+        <v>17.86</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="E19" s="2">
-        <v>4020.11</v>
+        <v>3387.22</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E20" s="2">
-        <v>20922.04</v>
+        <v>1990.43</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="E21" s="2">
-        <v>247.69</v>
+        <v>2067.68</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E22" s="2">
-        <v>1661.29</v>
+        <v>6.03</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="E23" s="2">
-        <v>468.4</v>
+        <v>35.01</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="E24" s="2">
-        <v>549.43</v>
+        <v>990.85</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E25" s="2">
-        <v>11579.79</v>
+        <v>206.57</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E26" s="2">
-        <v>333.9</v>
+        <v>26.9</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E27" s="2">
-        <v>404.31</v>
+        <v>0.12</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="E28" s="2">
-        <v>1626.93</v>
+        <v>1975.06</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="E29" s="2">
-        <v>435.82</v>
+        <v>2720.94</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="E30" s="2">
-        <v>2575.84</v>
+        <v>1747.18</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>93</v>
+        <v>42</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="E31" s="2">
-        <v>468.79</v>
+        <v>2.69</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="E32" s="2">
-        <v>103.13</v>
+        <v>62.5</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="E33" s="2">
-        <v>137.35</v>
+        <v>179.91</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="E34" s="2">
-        <v>2540.73</v>
+        <v>222.17</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="E35" s="2">
-        <v>178.37</v>
+        <v>12.9</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="E36" s="2">
-        <v>32.29</v>
+        <v>62.5</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>112</v>
+        <v>76</v>
       </c>
       <c r="E37" s="2">
-        <v>116.9</v>
+        <v>566.78</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="E38" s="2">
-        <v>15370.28</v>
+        <v>4.35</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E39" s="2">
-        <v>16003.23</v>
+        <v>2473.54</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E40" s="2">
-        <v>489.73</v>
+        <v>1.66</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="E41" s="2">
-        <v>325.82</v>
+        <v>62.5</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="E42" s="2">
-        <v>41.86</v>
+        <v>1993.29</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="E43" s="2">
-        <v>1.24</v>
+        <v>0.23</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="E44" s="2">
-        <v>82.63</v>
+        <v>62.5</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="E45" s="2">
-        <v>178.84</v>
+        <v>62.5</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="E46" s="2">
-        <v>3.8</v>
+        <v>10.96</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="E47" s="2">
-        <v>8386.48</v>
+        <v>113.28</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="E48" s="2">
-        <v>570.22</v>
+        <v>216.56</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="E49" s="2">
-        <v>46.79</v>
+        <v>1258.4</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="E50" s="2">
-        <v>349.39</v>
+        <v>31.69</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="E51" s="2">
-        <v>240.3</v>
+        <v>196.82</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>156</v>
+        <v>133</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="E52" s="2">
-        <v>1393.96</v>
+        <v>1366.55</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="E53" s="2">
-        <v>355.1</v>
+        <v>0.12</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="E54" s="2">
-        <v>0.12</v>
+        <v>0.01</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>165</v>
+        <v>48</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>166</v>
+        <v>134</v>
       </c>
       <c r="E55" s="2">
-        <v>310.55</v>
+        <v>1.42</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="E56" s="2">
-        <v>5.19</v>
+        <v>3391.62</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="E57" s="2">
-        <v>1456.4</v>
+        <v>2259.95</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>175</v>
+        <v>163</v>
       </c>
       <c r="E58" s="2">
-        <v>32.98</v>
+        <v>6.98</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>177</v>
+        <v>165</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="E59" s="2">
-        <v>58.11</v>
+        <v>4105.9</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="E60" s="2">
-        <v>902.21</v>
+        <v>21241.25</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="E61" s="2">
-        <v>1149.25</v>
+        <v>358</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>185</v>
+        <v>173</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>186</v>
+        <v>174</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="E62" s="2">
-        <v>228.8</v>
+        <v>172.58</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>188</v>
+        <v>173</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>189</v>
+        <v>174</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>190</v>
+        <v>175</v>
       </c>
       <c r="E63" s="2">
-        <v>459.94</v>
+        <v>1661.29</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>191</v>
+        <v>176</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>192</v>
+        <v>177</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>193</v>
+        <v>178</v>
       </c>
       <c r="E64" s="2">
-        <v>124.82</v>
+        <v>0.12</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>194</v>
+        <v>179</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>195</v>
+        <v>180</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
       <c r="E65" s="2">
-        <v>2007</v>
+        <v>62.5</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>197</v>
+        <v>182</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>198</v>
+        <v>183</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="E66" s="2">
-        <v>1446.79</v>
+        <v>979.58</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>200</v>
+        <v>185</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>201</v>
+        <v>186</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="E67" s="2">
-        <v>7256.06</v>
+        <v>635.44</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>203</v>
+        <v>188</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>205</v>
+        <v>190</v>
       </c>
       <c r="E68" s="2">
-        <v>706.43</v>
+        <v>0.38</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="E69" s="2">
-        <v>3961.28</v>
+        <v>0.05</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>210</v>
+        <v>193</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>211</v>
+        <v>190</v>
       </c>
       <c r="E70" s="2">
-        <v>623.44</v>
+        <v>0.45</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>214</v>
+        <v>196</v>
       </c>
       <c r="E71" s="2">
-        <v>275.55</v>
+        <v>62.5</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>215</v>
+        <v>197</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>216</v>
+        <v>199</v>
       </c>
       <c r="E72" s="2">
-        <v>251.49</v>
+        <v>62.5</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>217</v>
+        <v>200</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>219</v>
+        <v>202</v>
       </c>
       <c r="E73" s="2">
-        <v>1517.66</v>
+        <v>44.58</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>220</v>
+        <v>203</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>221</v>
+        <v>204</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
       <c r="E74" s="2">
-        <v>2162.19</v>
+        <v>62.5</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>224</v>
+        <v>207</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>225</v>
+        <v>208</v>
       </c>
       <c r="E75" s="2">
-        <v>4252.5</v>
+        <v>17.82</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>226</v>
+        <v>209</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>227</v>
+        <v>210</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="E76" s="2">
-        <v>999.42</v>
+        <v>669.14</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>229</v>
+        <v>212</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>231</v>
+        <v>214</v>
       </c>
       <c r="E77" s="2">
-        <v>384.91</v>
+        <v>369.48</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>232</v>
+        <v>215</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>233</v>
+        <v>216</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>234</v>
+        <v>217</v>
       </c>
       <c r="E78" s="2">
-        <v>35.48</v>
+        <v>553.97</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>236</v>
+        <v>219</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="E79" s="2">
-        <v>103.97</v>
+        <v>154.74</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>239</v>
+        <v>222</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="E80" s="2">
-        <v>1176.39</v>
+        <v>44.8</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>241</v>
+        <v>224</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>242</v>
+        <v>225</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>243</v>
+        <v>226</v>
       </c>
       <c r="E81" s="2">
-        <v>224.05</v>
+        <v>369.48</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>244</v>
+        <v>227</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>245</v>
+        <v>228</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>246</v>
+        <v>229</v>
       </c>
       <c r="E82" s="2">
-        <v>10703.41</v>
+        <v>11824.59</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>247</v>
+        <v>230</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>249</v>
+        <v>232</v>
       </c>
       <c r="E83" s="2">
-        <v>183.72</v>
+        <v>340.33</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>251</v>
+        <v>219</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>252</v>
+        <v>217</v>
       </c>
       <c r="E84" s="2">
-        <v>424949.82</v>
+        <v>202.35</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>253</v>
+        <v>234</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>254</v>
+        <v>186</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>255</v>
+        <v>235</v>
       </c>
       <c r="E85" s="2">
-        <v>224.05</v>
+        <v>529.97</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>256</v>
+        <v>236</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>257</v>
+        <v>237</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>258</v>
+        <v>238</v>
       </c>
       <c r="E86" s="2">
-        <v>1313.75</v>
+        <v>1730.52</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>259</v>
+        <v>239</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>260</v>
+        <v>240</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>261</v>
+        <v>241</v>
       </c>
       <c r="E87" s="2">
-        <v>665.44</v>
+        <v>354.51</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>262</v>
+        <v>242</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>263</v>
+        <v>243</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>264</v>
+        <v>244</v>
       </c>
       <c r="E88" s="2">
-        <v>1070.76</v>
+        <v>465.55</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>265</v>
+        <v>245</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>266</v>
+        <v>246</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>267</v>
+        <v>247</v>
       </c>
       <c r="E89" s="2">
-        <v>43.13</v>
+        <v>399.44</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>268</v>
+        <v>248</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>269</v>
+        <v>249</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>270</v>
+        <v>250</v>
       </c>
       <c r="E90" s="2">
-        <v>19021.69</v>
+        <v>680.47</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>271</v>
+        <v>251</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>272</v>
+        <v>252</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>273</v>
+        <v>253</v>
       </c>
       <c r="E91" s="2">
-        <v>2.58</v>
+        <v>2.98</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>274</v>
+        <v>254</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>275</v>
+        <v>255</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>276</v>
+        <v>256</v>
       </c>
       <c r="E92" s="2">
-        <v>239.62</v>
+        <v>123.26</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>277</v>
+        <v>257</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>278</v>
+        <v>258</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>24</v>
+        <v>259</v>
       </c>
       <c r="E93" s="2">
-        <v>0.28</v>
+        <v>660.6</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>279</v>
+        <v>260</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>280</v>
+        <v>261</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>281</v>
+        <v>262</v>
       </c>
       <c r="E94" s="2">
-        <v>2.58</v>
+        <v>58.59</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="E95" s="2">
+        <v>29.12</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="E96" s="2">
+        <v>23.76</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="E97" s="2">
+        <v>77.47</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="E98" s="2">
+        <v>984.63</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="E99" s="2">
+        <v>2857.66</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="E100" s="2">
+        <v>1860</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B101" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="B95" s="0" t="s">
+      <c r="C101" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>283</v>
       </c>
-      <c r="C95" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D95" s="0" t="s">
+      <c r="E101" s="2">
+        <v>33.18</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="E95" s="2">
-[...2 lines deleted...]
-      <c r="F95" s="1" t="s">
+      <c r="B102" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D102" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="E102" s="2">
+        <v>198.49</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="E103" s="2">
+        <v>186.65</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D104" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="E104" s="2">
+        <v>29.96</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="E105" s="2">
+        <v>2575.94</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="E106" s="2">
+        <v>64.31</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D107" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="E107" s="2">
+        <v>185.96</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="E108" s="2">
+        <v>62.15</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D109" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="E109" s="2">
+        <v>28.44</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="E110" s="2">
+        <v>165.52</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="E111" s="2">
+        <v>22.34</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="E112" s="2">
+        <v>104.76</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="E113" s="2">
+        <v>756.77</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="E114" s="2">
+        <v>1379.51</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="E115" s="2">
+        <v>184.71</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="E116" s="2">
+        <v>728.62</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="E117" s="2">
+        <v>15572.94</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="E118" s="2">
+        <v>16229.53</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="E119" s="2">
+        <v>439.5</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="E120" s="2">
+        <v>642.72</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="E121" s="2">
+        <v>1933.11</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="E122" s="2">
+        <v>0.08</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="E123" s="2">
+        <v>470.95</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="E124" s="2">
+        <v>232.87</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="E125" s="2">
+        <v>1237.89</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="E126" s="2">
+        <v>0.01</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="E127" s="2">
+        <v>1.09</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="E128" s="2">
+        <v>449.22</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="E129" s="2">
+        <v>301.92</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D130" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="E130" s="2">
+        <v>33.82</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="E131" s="2">
+        <v>636.63</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D132" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="E132" s="2">
+        <v>39.01</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="E133" s="2">
+        <v>80.61</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="E134" s="2">
+        <v>25.47</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="E135" s="2">
+        <v>1.09</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D136" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="E136" s="2">
+        <v>26.55</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D137" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="E137" s="2">
+        <v>94.8</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="E138" s="2">
+        <v>2044.41</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="E139" s="2">
+        <v>125.59</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="E140" s="2">
+        <v>1739.46</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D141" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="E141" s="2">
+        <v>193.03</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D142" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="E142" s="2">
+        <v>7.31</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="E143" s="2">
+        <v>50.61</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D144" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="E144" s="2">
+        <v>332.34</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="B145" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D145" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="E145" s="2">
+        <v>489.94</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="E146" s="2">
+        <v>393.36</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="E147" s="2">
+        <v>421.32</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D148" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="E148" s="2">
+        <v>11905.24</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="E149" s="2">
+        <v>691.49</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="B150" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="E150" s="2">
+        <v>329.44</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D151" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="E151" s="2">
+        <v>61.41</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D152" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="E152" s="2">
+        <v>600.33</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D153" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="E153" s="2">
+        <v>386.33</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D154" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="E154" s="2">
+        <v>81.23</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D155" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="E155" s="2">
+        <v>240.3</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D156" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="E156" s="2">
+        <v>85.38</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="E157" s="2">
+        <v>94.31</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="B158" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D158" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="E158" s="2">
+        <v>78.12</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="B159" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D159" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="E159" s="2">
+        <v>2524.91</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="E160" s="2">
+        <v>61.13</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="E161" s="2">
+        <v>95.23</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="E162" s="2">
+        <v>336.68</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D163" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="E163" s="2">
+        <v>0.09</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D164" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="E164" s="2">
+        <v>633.62</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D165" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="E165" s="2">
+        <v>2052.22</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D166" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="E166" s="2">
+        <v>7.15</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="E167" s="2">
+        <v>172.27</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="E168" s="2">
+        <v>71.78</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D169" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="E169" s="2">
+        <v>1370.26</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="E170" s="2">
+        <v>81.15</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D171" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="E171" s="2">
+        <v>659.56</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="E172" s="2">
+        <v>984.32</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D173" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="E173" s="2">
+        <v>90.06</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D174" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="E174" s="2">
+        <v>109.68</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D175" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="E175" s="2">
+        <v>645.23</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D176" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="E176" s="2">
+        <v>253.95</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="E177" s="2">
+        <v>7.72</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D178" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="E178" s="2">
+        <v>320.27</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="E179" s="2">
+        <v>448.86</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="E180" s="2">
+        <v>91.17</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="E181" s="2">
+        <v>948.67</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="E182" s="2">
+        <v>9.99</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D183" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="E183" s="2">
+        <v>78.12</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="E184" s="2">
+        <v>2797.18</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="E185" s="2">
+        <v>163.47</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="E186" s="2">
+        <v>174.45</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D187" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="E187" s="2">
+        <v>125.81</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="E188" s="2">
+        <v>159.17</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D189" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="E189" s="2">
+        <v>0.01</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D190" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="E190" s="2">
+        <v>72.2</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D191" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="E191" s="2">
+        <v>902.21</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="B192" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D192" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="E192" s="2">
+        <v>345.66</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D193" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="E193" s="2">
+        <v>90.8</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="B194" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D194" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="E194" s="2">
+        <v>1230.38</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D195" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="E195" s="2">
+        <v>5572.71</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D196" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="E196" s="2">
+        <v>1216.46</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D197" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="E197" s="2">
+        <v>440.38</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="C198" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D198" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="E198" s="2">
+        <v>2850.31</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D199" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="E199" s="2">
+        <v>832.72</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D200" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="E200" s="2">
+        <v>740.87</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D201" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="E201" s="2">
+        <v>757.76</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D202" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="E202" s="2">
+        <v>1525.11</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D203" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="E203" s="2">
+        <v>468.42</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D204" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="E204" s="2">
+        <v>852.5</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D205" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="E205" s="2">
+        <v>888.69</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D206" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="E206" s="2">
+        <v>6.55</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D207" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="E207" s="2">
+        <v>78.12</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D208" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="E208" s="2">
+        <v>240.24</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="B209" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D209" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="E209" s="2">
+        <v>1553.24</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="0" t="s">
+        <v>606</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D210" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="E210" s="2">
+        <v>71.79</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D211" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="E211" s="2">
+        <v>304.62</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C212" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D212" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="E212" s="2">
+        <v>2.26</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D213" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="E213" s="2">
+        <v>4.52</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D214" s="0" t="s">
+        <v>620</v>
+      </c>
+      <c r="E214" s="2">
+        <v>2135.66</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="E215" s="2">
+        <v>1538.21</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="E216" s="2">
+        <v>268.72</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D217" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="E217" s="2">
+        <v>1573.71</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="B218" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="E218" s="2">
+        <v>2001.79</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="B219" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D219" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="E219" s="2">
+        <v>10000.23</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D220" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="E220" s="2">
+        <v>904.12</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="E221" s="2">
+        <v>605.06</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D222" s="0" t="s">
+        <v>643</v>
+      </c>
+      <c r="E222" s="2">
+        <v>4154.46</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="s">
+        <v>644</v>
+      </c>
+      <c r="B223" s="0" t="s">
+        <v>645</v>
+      </c>
+      <c r="C223" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D223" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="E223" s="2">
+        <v>5.4</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="B224" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="C224" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D224" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="E224" s="2">
+        <v>814.56</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="B225" s="0" t="s">
+        <v>651</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D225" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="E225" s="2">
+        <v>2682.1</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="B226" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="C226" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D226" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="E226" s="2">
+        <v>530.33</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="B227" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D227" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="E227" s="2">
+        <v>325.16</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="B228" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D228" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="E228" s="2">
+        <v>1632.91</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="B229" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="C229" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D229" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="E229" s="2">
+        <v>97.34</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="B230" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="C230" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D230" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="E230" s="2">
+        <v>359.52</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="B231" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D231" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="E231" s="2">
+        <v>2143.62</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D232" s="0" t="s">
+        <v>672</v>
+      </c>
+      <c r="E232" s="2">
+        <v>1684.16</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="B233" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D233" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="E233" s="2">
+        <v>4979.77</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="0" t="s">
+        <v>676</v>
+      </c>
+      <c r="B234" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D234" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="E234" s="2">
+        <v>6144.07</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="B235" s="0" t="s">
+        <v>680</v>
+      </c>
+      <c r="C235" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D235" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="E235" s="2">
+        <v>239.96</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="B236" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="C236" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="E236" s="2">
+        <v>2879.04</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="B237" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C237" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D237" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="E237" s="2">
+        <v>3.39</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="B238" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C238" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D238" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="E238" s="2">
+        <v>4.52</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="0" t="s">
+        <v>688</v>
+      </c>
+      <c r="B239" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C239" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D239" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="E239" s="2">
+        <v>6.78</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="B240" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="C240" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D240" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="E240" s="2">
+        <v>90.78</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="B241" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="C241" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D241" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="E241" s="2">
+        <v>1512.24</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="B242" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="C242" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D242" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="E242" s="2">
+        <v>76.36</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="B243" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="C243" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D243" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="E243" s="2">
+        <v>3147.49</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="B244" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D244" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="E244" s="2">
+        <v>0.57</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="B245" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D245" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="E245" s="2">
+        <v>1.13</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="B246" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D246" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="E246" s="2">
+        <v>489.74</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="B247" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D247" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="E247" s="2">
+        <v>37022.8</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="B248" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D248" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="E248" s="2">
+        <v>0.04</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="B249" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="C249" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D249" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="E249" s="2">
+        <v>2131.85</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="B250" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="C250" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D250" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="E250" s="2">
+        <v>0.45</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="B251" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="C251" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D251" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="E251" s="2">
+        <v>17</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="B252" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="C252" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D252" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="E252" s="2">
+        <v>452.03</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="B253" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="C253" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D253" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="E253" s="2">
+        <v>68.29</v>
+      </c>
+      <c r="F253" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="B254" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="C254" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D254" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="E254" s="2">
+        <v>1680.07</v>
+      </c>
+      <c r="F254" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="B255" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="C255" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D255" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="E255" s="2">
+        <v>71.79</v>
+      </c>
+      <c r="F255" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="0" t="s">
+        <v>736</v>
+      </c>
+      <c r="B256" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="C256" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D256" s="0" t="s">
+        <v>738</v>
+      </c>
+      <c r="E256" s="2">
+        <v>200.11</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="B257" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="C257" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D257" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="E257" s="2">
+        <v>224.45</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="B258" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="C258" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D258" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="E258" s="2">
+        <v>3.43</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="B259" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="C259" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D259" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="E259" s="2">
+        <v>26.28</v>
+      </c>
+      <c r="F259" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="B260" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="C260" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D260" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="E260" s="2">
+        <v>749.47</v>
+      </c>
+      <c r="F260" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="B261" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="C261" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D261" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="E261" s="2">
+        <v>1688.32</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="B262" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="C262" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D262" s="0" t="s">
+        <v>751</v>
+      </c>
+      <c r="E262" s="2">
+        <v>4332.2</v>
+      </c>
+      <c r="F262" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="B263" s="0" t="s">
+        <v>753</v>
+      </c>
+      <c r="C263" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D263" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="E263" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="0" t="s">
+        <v>755</v>
+      </c>
+      <c r="B264" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="C264" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D264" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="E264" s="2">
+        <v>1178.77</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="0" t="s">
+        <v>758</v>
+      </c>
+      <c r="B265" s="0" t="s">
+        <v>759</v>
+      </c>
+      <c r="C265" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D265" s="0" t="s">
+        <v>760</v>
+      </c>
+      <c r="E265" s="2">
+        <v>122.97</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="0" t="s">
+        <v>761</v>
+      </c>
+      <c r="B266" s="0" t="s">
+        <v>762</v>
+      </c>
+      <c r="C266" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D266" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="E266" s="2">
+        <v>164.39</v>
+      </c>
+      <c r="F266" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="B267" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="C267" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D267" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="E267" s="2">
+        <v>1.07</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="B268" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="C268" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D268" s="0" t="s">
+        <v>769</v>
+      </c>
+      <c r="E268" s="2">
+        <v>1256.02</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="B269" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="C269" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D269" s="0" t="s">
+        <v>772</v>
+      </c>
+      <c r="E269" s="2">
+        <v>164</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="0" t="s">
+        <v>773</v>
+      </c>
+      <c r="B270" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="C270" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D270" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="E270" s="2">
+        <v>226.43</v>
+      </c>
+      <c r="F270" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="0" t="s">
+        <v>776</v>
+      </c>
+      <c r="B271" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C271" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D271" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="E271" s="2">
+        <v>4.52</v>
+      </c>
+      <c r="F271" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="B272" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="C272" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D272" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="E272" s="2">
+        <v>10703.41</v>
+      </c>
+      <c r="F272" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="B273" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="C273" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D273" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="E273" s="2">
+        <v>183.72</v>
+      </c>
+      <c r="F273" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="B274" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="C274" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D274" s="0" t="s">
+        <v>786</v>
+      </c>
+      <c r="E274" s="2">
+        <v>39.88</v>
+      </c>
+      <c r="F274" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="B275" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="C275" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D275" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="E275" s="2">
+        <v>3.39</v>
+      </c>
+      <c r="F275" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="B276" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C276" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D276" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="E276" s="2">
+        <v>2053.33</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="B277" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="C277" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D277" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="E277" s="2">
+        <v>15.11</v>
+      </c>
+      <c r="F277" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="B278" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="C278" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D278" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="E278" s="2">
+        <v>13227.03</v>
+      </c>
+      <c r="F278" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="B279" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="C279" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D279" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="E279" s="2">
+        <v>51</v>
+      </c>
+      <c r="F279" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="B280" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="C280" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D280" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="E280" s="2">
+        <v>151.6</v>
+      </c>
+      <c r="F280" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="B281" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="C281" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D281" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="E281" s="2">
+        <v>16172</v>
+      </c>
+      <c r="F281" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="B282" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="C282" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D282" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="E282" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="F282" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="B283" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="C283" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D283" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="E283" s="2">
+        <v>502924.4</v>
+      </c>
+      <c r="F283" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="B284" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="C284" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D284" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="E284" s="2">
+        <v>226.43</v>
+      </c>
+      <c r="F284" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="B285" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="C285" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D285" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="E285" s="2">
+        <v>801.96</v>
+      </c>
+      <c r="F285" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="B286" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="C286" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D286" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="E286" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="F286" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="B287" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="C287" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D287" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="E287" s="2">
+        <v>1898.89</v>
+      </c>
+      <c r="F287" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="0" t="s">
+        <v>816</v>
+      </c>
+      <c r="B288" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="C288" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D288" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="E288" s="2">
+        <v>1280.76</v>
+      </c>
+      <c r="F288" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="B289" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="C289" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D289" s="0" t="s">
+        <v>821</v>
+      </c>
+      <c r="E289" s="2">
+        <v>1070.76</v>
+      </c>
+      <c r="F289" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="0" t="s">
+        <v>822</v>
+      </c>
+      <c r="B290" s="0" t="s">
+        <v>823</v>
+      </c>
+      <c r="C290" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D290" s="0" t="s">
+        <v>824</v>
+      </c>
+      <c r="E290" s="2">
+        <v>0.12</v>
+      </c>
+      <c r="F290" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="B291" s="0" t="s">
+        <v>826</v>
+      </c>
+      <c r="C291" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D291" s="0" t="s">
+        <v>827</v>
+      </c>
+      <c r="E291" s="2">
+        <v>1031.73</v>
+      </c>
+      <c r="F291" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="0" t="s">
+        <v>828</v>
+      </c>
+      <c r="B292" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="C292" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D292" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="E292" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F292" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="0" t="s">
+        <v>831</v>
+      </c>
+      <c r="B293" s="0" t="s">
+        <v>832</v>
+      </c>
+      <c r="C293" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D293" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="E293" s="2">
+        <v>83.01</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="B294" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="C294" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D294" s="0" t="s">
+        <v>836</v>
+      </c>
+      <c r="E294" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="B295" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="C295" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D295" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="E295" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="B296" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="C296" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D296" s="0" t="s">
+        <v>842</v>
+      </c>
+      <c r="E296" s="2">
+        <v>20132.67</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="B297" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="C297" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D297" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="E297" s="2">
+        <v>2.58</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="0" t="s">
+        <v>846</v>
+      </c>
+      <c r="B298" s="0" t="s">
+        <v>847</v>
+      </c>
+      <c r="C298" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D298" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="E298" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F298" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="B299" s="0" t="s">
+        <v>850</v>
+      </c>
+      <c r="C299" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D299" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="E299" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F299" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="B300" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="C300" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D300" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="E300" s="2">
+        <v>2147.62</v>
+      </c>
+      <c r="F300" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="B301" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="C301" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D301" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="E301" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F301" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="B302" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="C302" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D302" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="E302" s="2">
+        <v>46.2</v>
+      </c>
+      <c r="F302" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" s="0" t="s">
+        <v>861</v>
+      </c>
+      <c r="B303" s="0" t="s">
+        <v>862</v>
+      </c>
+      <c r="C303" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D303" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="E303" s="2">
+        <v>2171.3</v>
+      </c>
+      <c r="F303" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="B304" s="0" t="s">
+        <v>865</v>
+      </c>
+      <c r="C304" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D304" s="0" t="s">
+        <v>866</v>
+      </c>
+      <c r="E304" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F304" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="B305" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="C305" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D305" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="E305" s="2">
+        <v>242</v>
+      </c>
+      <c r="F305" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" s="0" t="s">
+        <v>869</v>
+      </c>
+      <c r="B306" s="0" t="s">
+        <v>870</v>
+      </c>
+      <c r="C306" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D306" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="E306" s="2">
+        <v>0.92</v>
+      </c>
+      <c r="F306" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="B307" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="C307" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D307" s="0" t="s">
+        <v>874</v>
+      </c>
+      <c r="E307" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F307" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="B308" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="C308" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D308" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="E308" s="2">
+        <v>0.28</v>
+      </c>
+      <c r="F308" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="B309" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="C309" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D309" s="0" t="s">
+        <v>879</v>
+      </c>
+      <c r="E309" s="2">
+        <v>4.96</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" s="0" t="s">
+        <v>880</v>
+      </c>
+      <c r="B310" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="C310" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D310" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="E310" s="2">
+        <v>148.83</v>
+      </c>
+      <c r="F310" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2942,32 +9036,247 @@
     <hyperlink ref="F71" r:id="rId71"/>
     <hyperlink ref="F72" r:id="rId72"/>
     <hyperlink ref="F73" r:id="rId73"/>
     <hyperlink ref="F74" r:id="rId74"/>
     <hyperlink ref="F75" r:id="rId75"/>
     <hyperlink ref="F76" r:id="rId76"/>
     <hyperlink ref="F77" r:id="rId77"/>
     <hyperlink ref="F78" r:id="rId78"/>
     <hyperlink ref="F79" r:id="rId79"/>
     <hyperlink ref="F80" r:id="rId80"/>
     <hyperlink ref="F81" r:id="rId81"/>
     <hyperlink ref="F82" r:id="rId82"/>
     <hyperlink ref="F83" r:id="rId83"/>
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
     <hyperlink ref="F86" r:id="rId86"/>
     <hyperlink ref="F87" r:id="rId87"/>
     <hyperlink ref="F88" r:id="rId88"/>
     <hyperlink ref="F89" r:id="rId89"/>
     <hyperlink ref="F90" r:id="rId90"/>
     <hyperlink ref="F91" r:id="rId91"/>
     <hyperlink ref="F92" r:id="rId92"/>
     <hyperlink ref="F93" r:id="rId93"/>
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
+    <hyperlink ref="F96" r:id="rId96"/>
+    <hyperlink ref="F97" r:id="rId97"/>
+    <hyperlink ref="F98" r:id="rId98"/>
+    <hyperlink ref="F99" r:id="rId99"/>
+    <hyperlink ref="F100" r:id="rId100"/>
+    <hyperlink ref="F101" r:id="rId101"/>
+    <hyperlink ref="F102" r:id="rId102"/>
+    <hyperlink ref="F103" r:id="rId103"/>
+    <hyperlink ref="F104" r:id="rId104"/>
+    <hyperlink ref="F105" r:id="rId105"/>
+    <hyperlink ref="F106" r:id="rId106"/>
+    <hyperlink ref="F107" r:id="rId107"/>
+    <hyperlink ref="F108" r:id="rId108"/>
+    <hyperlink ref="F109" r:id="rId109"/>
+    <hyperlink ref="F110" r:id="rId110"/>
+    <hyperlink ref="F111" r:id="rId111"/>
+    <hyperlink ref="F112" r:id="rId112"/>
+    <hyperlink ref="F113" r:id="rId113"/>
+    <hyperlink ref="F114" r:id="rId114"/>
+    <hyperlink ref="F115" r:id="rId115"/>
+    <hyperlink ref="F116" r:id="rId116"/>
+    <hyperlink ref="F117" r:id="rId117"/>
+    <hyperlink ref="F118" r:id="rId118"/>
+    <hyperlink ref="F119" r:id="rId119"/>
+    <hyperlink ref="F120" r:id="rId120"/>
+    <hyperlink ref="F121" r:id="rId121"/>
+    <hyperlink ref="F122" r:id="rId122"/>
+    <hyperlink ref="F123" r:id="rId123"/>
+    <hyperlink ref="F124" r:id="rId124"/>
+    <hyperlink ref="F125" r:id="rId125"/>
+    <hyperlink ref="F126" r:id="rId126"/>
+    <hyperlink ref="F127" r:id="rId127"/>
+    <hyperlink ref="F128" r:id="rId128"/>
+    <hyperlink ref="F129" r:id="rId129"/>
+    <hyperlink ref="F130" r:id="rId130"/>
+    <hyperlink ref="F131" r:id="rId131"/>
+    <hyperlink ref="F132" r:id="rId132"/>
+    <hyperlink ref="F133" r:id="rId133"/>
+    <hyperlink ref="F134" r:id="rId134"/>
+    <hyperlink ref="F135" r:id="rId135"/>
+    <hyperlink ref="F136" r:id="rId136"/>
+    <hyperlink ref="F137" r:id="rId137"/>
+    <hyperlink ref="F138" r:id="rId138"/>
+    <hyperlink ref="F139" r:id="rId139"/>
+    <hyperlink ref="F140" r:id="rId140"/>
+    <hyperlink ref="F141" r:id="rId141"/>
+    <hyperlink ref="F142" r:id="rId142"/>
+    <hyperlink ref="F143" r:id="rId143"/>
+    <hyperlink ref="F144" r:id="rId144"/>
+    <hyperlink ref="F145" r:id="rId145"/>
+    <hyperlink ref="F146" r:id="rId146"/>
+    <hyperlink ref="F147" r:id="rId147"/>
+    <hyperlink ref="F148" r:id="rId148"/>
+    <hyperlink ref="F149" r:id="rId149"/>
+    <hyperlink ref="F150" r:id="rId150"/>
+    <hyperlink ref="F151" r:id="rId151"/>
+    <hyperlink ref="F152" r:id="rId152"/>
+    <hyperlink ref="F153" r:id="rId153"/>
+    <hyperlink ref="F154" r:id="rId154"/>
+    <hyperlink ref="F155" r:id="rId155"/>
+    <hyperlink ref="F156" r:id="rId156"/>
+    <hyperlink ref="F157" r:id="rId157"/>
+    <hyperlink ref="F158" r:id="rId158"/>
+    <hyperlink ref="F159" r:id="rId159"/>
+    <hyperlink ref="F160" r:id="rId160"/>
+    <hyperlink ref="F161" r:id="rId161"/>
+    <hyperlink ref="F162" r:id="rId162"/>
+    <hyperlink ref="F163" r:id="rId163"/>
+    <hyperlink ref="F164" r:id="rId164"/>
+    <hyperlink ref="F165" r:id="rId165"/>
+    <hyperlink ref="F166" r:id="rId166"/>
+    <hyperlink ref="F167" r:id="rId167"/>
+    <hyperlink ref="F168" r:id="rId168"/>
+    <hyperlink ref="F169" r:id="rId169"/>
+    <hyperlink ref="F170" r:id="rId170"/>
+    <hyperlink ref="F171" r:id="rId171"/>
+    <hyperlink ref="F172" r:id="rId172"/>
+    <hyperlink ref="F173" r:id="rId173"/>
+    <hyperlink ref="F174" r:id="rId174"/>
+    <hyperlink ref="F175" r:id="rId175"/>
+    <hyperlink ref="F176" r:id="rId176"/>
+    <hyperlink ref="F177" r:id="rId177"/>
+    <hyperlink ref="F178" r:id="rId178"/>
+    <hyperlink ref="F179" r:id="rId179"/>
+    <hyperlink ref="F180" r:id="rId180"/>
+    <hyperlink ref="F181" r:id="rId181"/>
+    <hyperlink ref="F182" r:id="rId182"/>
+    <hyperlink ref="F183" r:id="rId183"/>
+    <hyperlink ref="F184" r:id="rId184"/>
+    <hyperlink ref="F185" r:id="rId185"/>
+    <hyperlink ref="F186" r:id="rId186"/>
+    <hyperlink ref="F187" r:id="rId187"/>
+    <hyperlink ref="F188" r:id="rId188"/>
+    <hyperlink ref="F189" r:id="rId189"/>
+    <hyperlink ref="F190" r:id="rId190"/>
+    <hyperlink ref="F191" r:id="rId191"/>
+    <hyperlink ref="F192" r:id="rId192"/>
+    <hyperlink ref="F193" r:id="rId193"/>
+    <hyperlink ref="F194" r:id="rId194"/>
+    <hyperlink ref="F195" r:id="rId195"/>
+    <hyperlink ref="F196" r:id="rId196"/>
+    <hyperlink ref="F197" r:id="rId197"/>
+    <hyperlink ref="F198" r:id="rId198"/>
+    <hyperlink ref="F199" r:id="rId199"/>
+    <hyperlink ref="F200" r:id="rId200"/>
+    <hyperlink ref="F201" r:id="rId201"/>
+    <hyperlink ref="F202" r:id="rId202"/>
+    <hyperlink ref="F203" r:id="rId203"/>
+    <hyperlink ref="F204" r:id="rId204"/>
+    <hyperlink ref="F205" r:id="rId205"/>
+    <hyperlink ref="F206" r:id="rId206"/>
+    <hyperlink ref="F207" r:id="rId207"/>
+    <hyperlink ref="F208" r:id="rId208"/>
+    <hyperlink ref="F209" r:id="rId209"/>
+    <hyperlink ref="F210" r:id="rId210"/>
+    <hyperlink ref="F211" r:id="rId211"/>
+    <hyperlink ref="F212" r:id="rId212"/>
+    <hyperlink ref="F213" r:id="rId213"/>
+    <hyperlink ref="F214" r:id="rId214"/>
+    <hyperlink ref="F215" r:id="rId215"/>
+    <hyperlink ref="F216" r:id="rId216"/>
+    <hyperlink ref="F217" r:id="rId217"/>
+    <hyperlink ref="F218" r:id="rId218"/>
+    <hyperlink ref="F219" r:id="rId219"/>
+    <hyperlink ref="F220" r:id="rId220"/>
+    <hyperlink ref="F221" r:id="rId221"/>
+    <hyperlink ref="F222" r:id="rId222"/>
+    <hyperlink ref="F223" r:id="rId223"/>
+    <hyperlink ref="F224" r:id="rId224"/>
+    <hyperlink ref="F225" r:id="rId225"/>
+    <hyperlink ref="F226" r:id="rId226"/>
+    <hyperlink ref="F227" r:id="rId227"/>
+    <hyperlink ref="F228" r:id="rId228"/>
+    <hyperlink ref="F229" r:id="rId229"/>
+    <hyperlink ref="F230" r:id="rId230"/>
+    <hyperlink ref="F231" r:id="rId231"/>
+    <hyperlink ref="F232" r:id="rId232"/>
+    <hyperlink ref="F233" r:id="rId233"/>
+    <hyperlink ref="F234" r:id="rId234"/>
+    <hyperlink ref="F235" r:id="rId235"/>
+    <hyperlink ref="F236" r:id="rId236"/>
+    <hyperlink ref="F237" r:id="rId237"/>
+    <hyperlink ref="F238" r:id="rId238"/>
+    <hyperlink ref="F239" r:id="rId239"/>
+    <hyperlink ref="F240" r:id="rId240"/>
+    <hyperlink ref="F241" r:id="rId241"/>
+    <hyperlink ref="F242" r:id="rId242"/>
+    <hyperlink ref="F243" r:id="rId243"/>
+    <hyperlink ref="F244" r:id="rId244"/>
+    <hyperlink ref="F245" r:id="rId245"/>
+    <hyperlink ref="F246" r:id="rId246"/>
+    <hyperlink ref="F247" r:id="rId247"/>
+    <hyperlink ref="F248" r:id="rId248"/>
+    <hyperlink ref="F249" r:id="rId249"/>
+    <hyperlink ref="F250" r:id="rId250"/>
+    <hyperlink ref="F251" r:id="rId251"/>
+    <hyperlink ref="F252" r:id="rId252"/>
+    <hyperlink ref="F253" r:id="rId253"/>
+    <hyperlink ref="F254" r:id="rId254"/>
+    <hyperlink ref="F255" r:id="rId255"/>
+    <hyperlink ref="F256" r:id="rId256"/>
+    <hyperlink ref="F257" r:id="rId257"/>
+    <hyperlink ref="F258" r:id="rId258"/>
+    <hyperlink ref="F259" r:id="rId259"/>
+    <hyperlink ref="F260" r:id="rId260"/>
+    <hyperlink ref="F261" r:id="rId261"/>
+    <hyperlink ref="F262" r:id="rId262"/>
+    <hyperlink ref="F263" r:id="rId263"/>
+    <hyperlink ref="F264" r:id="rId264"/>
+    <hyperlink ref="F265" r:id="rId265"/>
+    <hyperlink ref="F266" r:id="rId266"/>
+    <hyperlink ref="F267" r:id="rId267"/>
+    <hyperlink ref="F268" r:id="rId268"/>
+    <hyperlink ref="F269" r:id="rId269"/>
+    <hyperlink ref="F270" r:id="rId270"/>
+    <hyperlink ref="F271" r:id="rId271"/>
+    <hyperlink ref="F272" r:id="rId272"/>
+    <hyperlink ref="F273" r:id="rId273"/>
+    <hyperlink ref="F274" r:id="rId274"/>
+    <hyperlink ref="F275" r:id="rId275"/>
+    <hyperlink ref="F276" r:id="rId276"/>
+    <hyperlink ref="F277" r:id="rId277"/>
+    <hyperlink ref="F278" r:id="rId278"/>
+    <hyperlink ref="F279" r:id="rId279"/>
+    <hyperlink ref="F280" r:id="rId280"/>
+    <hyperlink ref="F281" r:id="rId281"/>
+    <hyperlink ref="F282" r:id="rId282"/>
+    <hyperlink ref="F283" r:id="rId283"/>
+    <hyperlink ref="F284" r:id="rId284"/>
+    <hyperlink ref="F285" r:id="rId285"/>
+    <hyperlink ref="F286" r:id="rId286"/>
+    <hyperlink ref="F287" r:id="rId287"/>
+    <hyperlink ref="F288" r:id="rId288"/>
+    <hyperlink ref="F289" r:id="rId289"/>
+    <hyperlink ref="F290" r:id="rId290"/>
+    <hyperlink ref="F291" r:id="rId291"/>
+    <hyperlink ref="F292" r:id="rId292"/>
+    <hyperlink ref="F293" r:id="rId293"/>
+    <hyperlink ref="F294" r:id="rId294"/>
+    <hyperlink ref="F295" r:id="rId295"/>
+    <hyperlink ref="F296" r:id="rId296"/>
+    <hyperlink ref="F297" r:id="rId297"/>
+    <hyperlink ref="F298" r:id="rId298"/>
+    <hyperlink ref="F299" r:id="rId299"/>
+    <hyperlink ref="F300" r:id="rId300"/>
+    <hyperlink ref="F301" r:id="rId301"/>
+    <hyperlink ref="F302" r:id="rId302"/>
+    <hyperlink ref="F303" r:id="rId303"/>
+    <hyperlink ref="F304" r:id="rId304"/>
+    <hyperlink ref="F305" r:id="rId305"/>
+    <hyperlink ref="F306" r:id="rId306"/>
+    <hyperlink ref="F307" r:id="rId307"/>
+    <hyperlink ref="F308" r:id="rId308"/>
+    <hyperlink ref="F309" r:id="rId309"/>
+    <hyperlink ref="F310" r:id="rId310"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>