--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -5,6767 +5,149 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="648" uniqueCount="648">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
-  <si>
-[...1924 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F224" headerRowCount="1">
-  <autoFilter ref="A1:F224"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F1" headerRowCount="0">
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73430&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75520&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73187&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35258&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73198&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35282&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35290&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35306&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73209&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35413&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35431&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35470&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73216&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73217&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35517&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35518&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73224&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73231&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35601&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73236&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73243&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35649&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35659&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35688&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35693&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35694&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73249&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73250&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35707&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35708&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35710&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73252&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35738&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73256&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73262&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35801&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73269&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73874&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35936&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35972&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=35980&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36001&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73289&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36011&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73291&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36062&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36077&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36079&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36081&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36083&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36146&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36188&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73302&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36248&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75742&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74322&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36316&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36338&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36343&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36356&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36406&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73324&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73330&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36683&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36769&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36777&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73338&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36853&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36864&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75523&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36914&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36918&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36935&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73351&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73353&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=36976&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73358&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37023&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37042&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37150&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73380&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37207&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73386&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37295&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73389&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73400&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37401&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37467&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37490&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37530&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73412&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37608&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37614&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73419&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37663&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37693&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37756&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37762&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37795&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73425&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75574&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37833&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37837&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37886&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37957&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=37958&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38019&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73440&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73441&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38091&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73447&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38337&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38342&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73456&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38394&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73462&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38521&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38557&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73478&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73479&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73486&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38768&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73488&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73495&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38919&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=38933&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73496&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73499&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39014&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39017&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39022&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39044&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39096&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73505&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39197&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39225&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73514&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39384&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73516&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39472&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39489&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39494&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39615&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39697&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39704&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73550&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39815&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73555&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39854&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39877&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=39900&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73557&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40001&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73564&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40032&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40053&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40070&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40095&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40117&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73571&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40173&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40211&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40212&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40213&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73581&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73585&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40245&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73589&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73595&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40353&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40378&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40380&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40381&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40442&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40516&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73606&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73608&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40700&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40770&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40824&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40869&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40877&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40898&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=40977&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41112&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75531&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41333&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73648&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73650&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41628&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41682&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73657&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41686&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41687&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41690&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41691&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41692&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41700&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41766&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=41792&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73676&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42231&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42329&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42383&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42404&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42408&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42576&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42613&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73701&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73705&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73706&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42841&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42842&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=42848&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43105&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75896&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43305&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43357&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43446&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43489&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22230&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76344&amp;Tax_Year=2022" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73679&amp;Tax_Year=2022" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F224"/>
+  <dimension ref="A1:F1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
+    <col min="1" max="1" width="16.77606964111328" customWidth="1"/>
+    <col min="2" max="2" width="13.05722713470459" customWidth="1"/>
+    <col min="3" max="3" width="13.982078552246094" customWidth="1"/>
+    <col min="4" max="4" width="16.4118595123291" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" customWidth="1"/>
+    <col min="6" max="6" width="13.9022798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2">
-[...4458 lines deleted...]
-    </row>
   </sheetData>
-  <hyperlinks>
-[...223 lines deleted...]
-  </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>