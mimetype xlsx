--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -5,121 +5,103 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="289">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>44-00362-000</t>
   </si>
   <si>
     <t>ILLITCH CHESTER</t>
   </si>
   <si>
     <t>NEWCOMERSTOWN EX VILL SD</t>
   </si>
   <si>
     <t>SW PEOPLES CHURCH RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>4400412</t>
   </si>
   <si>
     <t>LITTLE KRISTOPHER</t>
   </si>
   <si>
     <t>6303 SW POST BOY RD</t>
   </si>
   <si>
-    <t>44-00573-000</t>
-[...7 lines deleted...]
-  <si>
     <t>44-00621-000</t>
   </si>
   <si>
     <t>POORBOY EXPLORATION INC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>44-00654-000</t>
-[...7 lines deleted...]
-  <si>
     <t>44-00699-000</t>
   </si>
   <si>
     <t>TEMPLE LUCILLE</t>
   </si>
   <si>
     <t>SW POST BOY RD</t>
   </si>
   <si>
     <t>44-00729-000</t>
   </si>
   <si>
     <t>VON KAENEL RONALD R &amp; GERALD P VON KAENEL ETAL</t>
   </si>
   <si>
     <t>BEAGLE CLUB RD</t>
   </si>
   <si>
     <t>4400998</t>
   </si>
   <si>
     <t>ENGLAND GLEN</t>
   </si>
   <si>
     <t>15556 SW STOCKER RIDGE RD</t>
@@ -265,417 +247,345 @@
   <si>
     <t>MAPEL MELISSA</t>
   </si>
   <si>
     <t>4980 SW BEAGLE CLUB RD</t>
   </si>
   <si>
     <t>4406691</t>
   </si>
   <si>
     <t>MOWERY CHRISTOPHER M</t>
   </si>
   <si>
     <t>16907 SW KEDIGH HOLLOW RD</t>
   </si>
   <si>
     <t>4407284</t>
   </si>
   <si>
     <t>EDWARDS DONALD &amp; MILLY EDWARDS</t>
   </si>
   <si>
     <t>16748 SW DOG RD</t>
   </si>
   <si>
-    <t>45-00021-000</t>
-[...7 lines deleted...]
-  <si>
     <t>45-00074-000</t>
   </si>
   <si>
     <t>SHINABERY TAMMY ANN</t>
   </si>
   <si>
     <t>620 WOOD AVE</t>
   </si>
   <si>
     <t>45-00090-000</t>
   </si>
   <si>
     <t>BELCHER VINA M</t>
   </si>
   <si>
     <t>648 S COLLEGE ST</t>
   </si>
   <si>
     <t>45-00193-000</t>
   </si>
   <si>
     <t>MUATA IMANI SEKOU</t>
   </si>
   <si>
     <t>542 MARTIN LUTHER KING DR</t>
   </si>
   <si>
-    <t>45-00216-000</t>
+    <t>45-00378-000</t>
+  </si>
+  <si>
+    <t>ELLIOTT JUDITH S</t>
+  </si>
+  <si>
+    <t>534 W CARROLL ST</t>
+  </si>
+  <si>
+    <t>45-00659-000</t>
+  </si>
+  <si>
+    <t>HOBSON SHAUNNA</t>
+  </si>
+  <si>
+    <t>554 RAILROAD ST</t>
+  </si>
+  <si>
+    <t>45-00745-000</t>
+  </si>
+  <si>
+    <t>CONLON CARR KATHIE</t>
+  </si>
+  <si>
+    <t>102 S 1/2 RIVER ST</t>
+  </si>
+  <si>
+    <t>45-00822-000</t>
+  </si>
+  <si>
+    <t>LOVRINIC CHRISTINE</t>
+  </si>
+  <si>
+    <t>202 W STATE ST</t>
+  </si>
+  <si>
+    <t>4500829</t>
+  </si>
+  <si>
+    <t>CRAIG JEFF &amp; MARLANA</t>
+  </si>
+  <si>
+    <t>134 GOODRICH ST REAR</t>
+  </si>
+  <si>
+    <t>45-00839-000</t>
+  </si>
+  <si>
+    <t>KISTLER GEO B &amp; FLORIDE R</t>
+  </si>
+  <si>
+    <t>N COLLEGE ST</t>
+  </si>
+  <si>
+    <t>45-00869-000</t>
+  </si>
+  <si>
+    <t>LAFFERTY OLIVE -LORA WINKLER -MYRTLE V AFFELDT</t>
+  </si>
+  <si>
+    <t>W CANAL ST</t>
+  </si>
+  <si>
+    <t>45-00874-000</t>
+  </si>
+  <si>
+    <t>MURPHY AUTUMN</t>
+  </si>
+  <si>
+    <t>227 N SPAULDING AVE</t>
+  </si>
+  <si>
+    <t>45-00930-000</t>
+  </si>
+  <si>
+    <t>MCMULLEN BRITNEY</t>
+  </si>
+  <si>
+    <t>424 PARK HILL DR</t>
+  </si>
+  <si>
+    <t>45-00940-000</t>
+  </si>
+  <si>
+    <t>SIMPSON ANDREW D</t>
+  </si>
+  <si>
+    <t>560 MARTIN LUTHER KING DR</t>
+  </si>
+  <si>
+    <t>45-01046-000</t>
+  </si>
+  <si>
+    <t>RIVERA MONA R</t>
+  </si>
+  <si>
+    <t>610 MARTIN LUTHER KING DR</t>
+  </si>
+  <si>
+    <t>45-01074-000</t>
+  </si>
+  <si>
+    <t>SNEAREY KIMBERLY J</t>
+  </si>
+  <si>
+    <t>1 LAIYAHS LOOP</t>
+  </si>
+  <si>
+    <t>45-01130-000</t>
+  </si>
+  <si>
+    <t>MINCKS MARLIN</t>
+  </si>
+  <si>
+    <t>329 W CANAL ST</t>
+  </si>
+  <si>
+    <t>4501142</t>
+  </si>
+  <si>
+    <t>WRIGHT JERRY</t>
+  </si>
+  <si>
+    <t>129 W STATE ST REAR</t>
+  </si>
+  <si>
+    <t>45-01198-000</t>
+  </si>
+  <si>
+    <t>OPPHILE BARBARA J</t>
+  </si>
+  <si>
+    <t>570 RAILROAD ST</t>
+  </si>
+  <si>
+    <t>45-01370-000</t>
+  </si>
+  <si>
+    <t>ATKINSON MARTHA A</t>
+  </si>
+  <si>
+    <t>BEECH ST REAR</t>
+  </si>
+  <si>
+    <t>45-01429-000</t>
+  </si>
+  <si>
+    <t>NORRIS ERIC</t>
+  </si>
+  <si>
+    <t>MARTIN LUTHER KING DR</t>
+  </si>
+  <si>
+    <t>45-01475-000</t>
+  </si>
+  <si>
+    <t>SCOTT ROSE A</t>
+  </si>
+  <si>
+    <t>464 MARTIN LUTHER KING DR</t>
+  </si>
+  <si>
+    <t>45-01526-000</t>
+  </si>
+  <si>
+    <t>SIMPSON PAUL</t>
+  </si>
+  <si>
+    <t>ALLEY I</t>
+  </si>
+  <si>
+    <t>4501573</t>
+  </si>
+  <si>
+    <t>SMITH TRACY R</t>
+  </si>
+  <si>
+    <t>344 W MAIN ST REAR</t>
+  </si>
+  <si>
+    <t>45-01587-000</t>
+  </si>
+  <si>
+    <t>KITZMAN CHRISTIE</t>
+  </si>
+  <si>
+    <t>252 CROSS ST</t>
+  </si>
+  <si>
+    <t>45-01695-000</t>
+  </si>
+  <si>
+    <t>RIDDLE RONALD H &amp; DENISE L</t>
+  </si>
+  <si>
+    <t>464 CHESTNUT ST</t>
+  </si>
+  <si>
+    <t>45-01853-000</t>
+  </si>
+  <si>
+    <t>SIMPSON MARGO</t>
+  </si>
+  <si>
+    <t>490 FACTORY ST</t>
+  </si>
+  <si>
+    <t>45-01870-000</t>
+  </si>
+  <si>
+    <t>WILSON CAROLYN V &amp; ET AL</t>
+  </si>
+  <si>
+    <t>45-01871-000</t>
+  </si>
+  <si>
+    <t>45-01883-000</t>
+  </si>
+  <si>
+    <t>MOORE JR MICHAEL</t>
+  </si>
+  <si>
+    <t>554 TUSCARAWAS AVE</t>
+  </si>
+  <si>
+    <t>45-01918-000</t>
+  </si>
+  <si>
+    <t>MCCLUNG EDITH I</t>
+  </si>
+  <si>
+    <t>136 S COLLEGE ST</t>
+  </si>
+  <si>
+    <t>45-01953-000</t>
+  </si>
+  <si>
+    <t>SCOTT RALPH W &amp; ALICE E</t>
+  </si>
+  <si>
+    <t>SCOTT DR</t>
+  </si>
+  <si>
+    <t>4502207</t>
+  </si>
+  <si>
+    <t>BOWERS KENNETH P</t>
+  </si>
+  <si>
+    <t>51 BASS RD LOT 51</t>
+  </si>
+  <si>
+    <t>45-02269-000</t>
+  </si>
+  <si>
+    <t>TRUSTEES AFRICAN BAPTIST CHURCH</t>
+  </si>
+  <si>
+    <t>45-02280-000</t>
+  </si>
+  <si>
+    <t>TRUSTEES ST PAULS A M E CHURCH</t>
+  </si>
+  <si>
+    <t>45-02431-002</t>
   </si>
   <si>
     <t>GREWELL VANIDA L</t>
-  </si>
-[...325 lines deleted...]
-    <t>45-02431-002</t>
   </si>
   <si>
     <t>E STATE RD</t>
   </si>
   <si>
     <t>45-02443-000</t>
   </si>
   <si>
     <t>CRAIG JEFFREY ALAN</t>
   </si>
   <si>
     <t>N GOODRICH ST REAR</t>
   </si>
   <si>
     <t>4502474</t>
   </si>
   <si>
     <t>JONES KENNETH E</t>
   </si>
   <si>
     <t>149 1/2 SCOTT DR</t>
   </si>
   <si>
     <t>45-02475-000</t>
   </si>
@@ -925,2300 +835,2080 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F111" headerRowCount="1">
-  <autoFilter ref="A1:F111"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F100" headerRowCount="1">
+  <autoFilter ref="A1:F100"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45807&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46070&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46156&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46548&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46717&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47043&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73962&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=79957&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74234&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45807&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46070&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46548&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46717&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47043&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73962&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=79957&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74234&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F111"/>
+  <dimension ref="A1:F100"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="54.92003631591797" customWidth="1"/>
     <col min="3" max="3" width="28.757186889648438" customWidth="1"/>
     <col min="4" max="4" width="28.93417739868164" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>5048.66</v>
+        <v>5183.29</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>2275.94</v>
+        <v>2336.61</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>3321.26</v>
+        <v>34.89</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>33.98</v>
+        <v>413.11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>3905.5</v>
+        <v>161.11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>402.38</v>
+        <v>42.02</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>156.92</v>
+        <v>613.58</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>40.93</v>
+        <v>2.58</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E10" s="2">
-        <v>597.64</v>
+        <v>2.58</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="B11" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E11" s="2">
-        <v>2.51</v>
+        <v>10.52</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="E12" s="2">
-        <v>2.51</v>
+        <v>17.36</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="E13" s="2">
-        <v>10.25</v>
+        <v>17.36</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E14" s="2">
-        <v>16.91</v>
+        <v>52.87</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E15" s="2">
-        <v>16.91</v>
+        <v>19.69</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E16" s="2">
-        <v>51.49</v>
+        <v>9.47</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E17" s="2">
-        <v>19.18</v>
+        <v>45.76</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E18" s="2">
-        <v>9.22</v>
+        <v>26.98</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E19" s="2">
-        <v>44.57</v>
+        <v>5.7</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E20" s="2">
-        <v>26.28</v>
+        <v>19.71</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E21" s="2">
-        <v>5.55</v>
+        <v>20.7</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E22" s="2">
-        <v>19.2</v>
+        <v>13.39</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E23" s="2">
-        <v>20.16</v>
+        <v>5.5</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E24" s="2">
-        <v>13.04</v>
+        <v>33.94</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E25" s="2">
-        <v>5.36</v>
+        <v>137.89</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E26" s="2">
-        <v>33.06</v>
+        <v>0.74</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="E27" s="2">
-        <v>134.31</v>
+        <v>424.12</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>0.72</v>
+        <v>213.93</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E29" s="2">
-        <v>413.11</v>
+        <v>787.21</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E30" s="2">
-        <v>208.37</v>
+        <v>5.46</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E31" s="2">
-        <v>766.77</v>
+        <v>1543.63</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E32" s="2">
-        <v>5.32</v>
+        <v>1765.82</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E33" s="2">
-        <v>1503.54</v>
+        <v>203.81</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="2">
-        <v>1719.96</v>
+        <v>103.9</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E35" s="2">
-        <v>198.52</v>
+        <v>456.28</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E36" s="2">
-        <v>101.2</v>
+        <v>2.58</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E37" s="2">
-        <v>444.43</v>
+        <v>2871.96</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E38" s="2">
-        <v>635.12</v>
+        <v>506.37</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E39" s="2">
-        <v>2.51</v>
+        <v>2125.35</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E40" s="2">
-        <v>2797.37</v>
+        <v>45.96</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E41" s="2">
-        <v>493.22</v>
+        <v>727.33</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E42" s="2">
-        <v>3195.73</v>
+        <v>1944.47</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E43" s="2">
-        <v>2070.14</v>
+        <v>217.05</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E44" s="2">
-        <v>585.72</v>
+        <v>224.05</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E45" s="2">
-        <v>44.77</v>
+        <v>3967.72</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E46" s="2">
-        <v>708.44</v>
+        <v>47.81</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>115</v>
       </c>
       <c r="E47" s="2">
-        <v>1893.96</v>
+        <v>106.78</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E48" s="2">
-        <v>211.41</v>
+        <v>4945.98</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E49" s="2">
-        <v>218.23</v>
+        <v>2604.06</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E50" s="2">
-        <v>3864.67</v>
+        <v>19.81</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E51" s="2">
-        <v>46.57</v>
+        <v>11021.72</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E52" s="2">
-        <v>104.01</v>
+        <v>98.13</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E53" s="2">
-        <v>4817.51</v>
+        <v>742.4</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>136</v>
       </c>
       <c r="E54" s="2">
-        <v>2536.43</v>
+        <v>106.09</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>139</v>
       </c>
       <c r="E55" s="2">
-        <v>19.3</v>
+        <v>78.89</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E56" s="2">
-        <v>10735.43</v>
+        <v>54.45</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>145</v>
       </c>
       <c r="E57" s="2">
-        <v>95.59</v>
+        <v>275.23</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>148</v>
       </c>
       <c r="E58" s="2">
-        <v>303.49</v>
+        <v>79.69</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>151</v>
       </c>
       <c r="E59" s="2">
-        <v>723.11</v>
+        <v>1.14</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>154</v>
       </c>
       <c r="E60" s="2">
-        <v>1639</v>
+        <v>16311.56</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>157</v>
       </c>
       <c r="E61" s="2">
-        <v>1301.19</v>
+        <v>3422.03</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>160</v>
+        <v>136</v>
       </c>
       <c r="E62" s="2">
-        <v>15.79</v>
+        <v>65.9</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>163</v>
+        <v>136</v>
       </c>
       <c r="E63" s="2">
-        <v>103.34</v>
+        <v>65.9</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>102</v>
+        <v>162</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="E64" s="2">
-        <v>2851.11</v>
+        <v>932.26</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="B65" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E65" s="2">
-        <v>76.84</v>
+        <v>7575.29</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C66" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E66" s="2">
-        <v>231.72</v>
+        <v>378.82</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="C67" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E67" s="2">
-        <v>53.04</v>
+        <v>6962.38</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="B68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>176</v>
+        <v>139</v>
       </c>
       <c r="E68" s="2">
-        <v>268.09</v>
+        <v>238.86</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>179</v>
+        <v>139</v>
       </c>
       <c r="E69" s="2">
-        <v>77.62</v>
+        <v>6259.63</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E70" s="2">
-        <v>242.74</v>
+        <v>37.98</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="E71" s="2">
-        <v>15887.9</v>
+        <v>462.35</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="E72" s="2">
-        <v>3333.15</v>
+        <v>2867.29</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>190</v>
+        <v>120</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>163</v>
+        <v>187</v>
       </c>
       <c r="E73" s="2">
-        <v>64.19</v>
+        <v>985.35</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>190</v>
+        <v>34</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>163</v>
+        <v>35</v>
       </c>
       <c r="E74" s="2">
-        <v>64.19</v>
+        <v>11.44</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>193</v>
+        <v>123</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="E75" s="2">
-        <v>908.05</v>
+        <v>4.13</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="E76" s="2">
-        <v>7378.51</v>
+        <v>8672.24</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="E77" s="2">
-        <v>368.97</v>
+        <v>99.1</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>203</v>
+        <v>157</v>
       </c>
       <c r="E78" s="2">
-        <v>6781.54</v>
+        <v>218.51</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>167</v>
+        <v>200</v>
       </c>
       <c r="E79" s="2">
-        <v>234.66</v>
+        <v>5955.19</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>167</v>
+        <v>121</v>
       </c>
       <c r="E80" s="2">
-        <v>6097.03</v>
+        <v>2438.59</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>99</v>
+        <v>204</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="E81" s="2">
-        <v>36.98</v>
+        <v>3044.01</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>212</v>
+        <v>163</v>
       </c>
       <c r="E82" s="2">
-        <v>450.34</v>
+        <v>635.21</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="E83" s="2">
-        <v>2792.81</v>
+        <v>15.53</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>135</v>
+        <v>212</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="E84" s="2">
-        <v>959.74</v>
+        <v>3668.22</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>40</v>
+        <v>215</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>41</v>
+        <v>216</v>
       </c>
       <c r="E85" s="2">
-        <v>11.14</v>
+        <v>56.53</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="B86" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E86" s="2">
-        <v>4.02</v>
+        <v>302.05</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B87" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="B87" s="0" t="s">
+      <c r="C87" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="C87" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E87" s="2">
-        <v>8446.99</v>
+        <v>1361.79</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="B88" s="0" t="s">
+      <c r="C88" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="C88" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="2">
-        <v>96.53</v>
+        <v>61.43</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="B89" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>188</v>
+        <v>228</v>
       </c>
       <c r="E89" s="2">
-        <v>212.83</v>
+        <v>1138.81</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E90" s="2">
-        <v>5800.5</v>
+        <v>335.95</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>136</v>
+        <v>234</v>
       </c>
       <c r="E91" s="2">
-        <v>2375.25</v>
+        <v>411.22</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E92" s="2">
-        <v>2964.94</v>
+        <v>1018.22</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>194</v>
+        <v>240</v>
       </c>
       <c r="E93" s="2">
-        <v>618.72</v>
+        <v>2311.19</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="E94" s="2">
-        <v>15.13</v>
+        <v>28.5</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>242</v>
+        <v>15</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>243</v>
+        <v>16</v>
       </c>
       <c r="E95" s="2">
-        <v>3572.92</v>
+        <v>27.17</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E96" s="2">
-        <v>55.06</v>
+        <v>46.75</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E97" s="2">
-        <v>294.2</v>
+        <v>326.82</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E98" s="2">
-        <v>1326.41</v>
+        <v>3777.77</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>254</v>
+        <v>242</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>255</v>
       </c>
       <c r="E99" s="2">
-        <v>59.83</v>
+        <v>16558.79</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>256</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>258</v>
       </c>
       <c r="E100" s="2">
-        <v>1109.23</v>
+        <v>32.02</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>10</v>
-[...218 lines deleted...]
-      <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3279,43 +2969,32 @@
     <hyperlink ref="F76" r:id="rId76"/>
     <hyperlink ref="F77" r:id="rId77"/>
     <hyperlink ref="F78" r:id="rId78"/>
     <hyperlink ref="F79" r:id="rId79"/>
     <hyperlink ref="F80" r:id="rId80"/>
     <hyperlink ref="F81" r:id="rId81"/>
     <hyperlink ref="F82" r:id="rId82"/>
     <hyperlink ref="F83" r:id="rId83"/>
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
     <hyperlink ref="F86" r:id="rId86"/>
     <hyperlink ref="F87" r:id="rId87"/>
     <hyperlink ref="F88" r:id="rId88"/>
     <hyperlink ref="F89" r:id="rId89"/>
     <hyperlink ref="F90" r:id="rId90"/>
     <hyperlink ref="F91" r:id="rId91"/>
     <hyperlink ref="F92" r:id="rId92"/>
     <hyperlink ref="F93" r:id="rId93"/>
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
-    <hyperlink ref="F101" r:id="rId101"/>
-[...9 lines deleted...]
-    <hyperlink ref="F111" r:id="rId111"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>