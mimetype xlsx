--- v1 (2025-12-18)
+++ v2 (2026-03-04)
@@ -5,151 +5,337 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="593" uniqueCount="593">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
+    <t>44-00048-000</t>
+  </si>
+  <si>
+    <t>WESLOW SCOTT R &amp; ANNE M</t>
+  </si>
+  <si>
+    <t>NEWCOMERSTOWN EX VILL SD</t>
+  </si>
+  <si>
+    <t>SW KEDIGH HOLLOW RD</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
+    <t>44-00061-000</t>
+  </si>
+  <si>
+    <t>RANKIN LEROY A &amp; SUSAN R ETAL</t>
+  </si>
+  <si>
+    <t>17691 SW FEUD RD</t>
+  </si>
+  <si>
+    <t>44-00096-000</t>
+  </si>
+  <si>
+    <t>FELTON JUDY M</t>
+  </si>
+  <si>
+    <t>5538 SW SUNSET LN</t>
+  </si>
+  <si>
+    <t>44-00162-000</t>
+  </si>
+  <si>
+    <t>STARK PATENT LIMITED PARTNERSHIP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4536 SW STARK PATENT RD  EXT</t>
+  </si>
+  <si>
+    <t>44-00219-000</t>
+  </si>
+  <si>
+    <t>BRENNEMAN SAMUEL &amp; MARTHA &amp; SARAH S</t>
+  </si>
+  <si>
+    <t>SW DOG RD</t>
+  </si>
+  <si>
     <t>44-00362-000</t>
   </si>
   <si>
     <t>ILLITCH CHESTER</t>
   </si>
   <si>
-    <t>NEWCOMERSTOWN EX VILL SD</t>
-[...1 lines deleted...]
-  <si>
     <t>SW PEOPLES CHURCH RD</t>
   </si>
   <si>
-    <t>View</t>
-[...1 lines deleted...]
-  <si>
     <t>4400412</t>
   </si>
   <si>
     <t>LITTLE KRISTOPHER</t>
   </si>
   <si>
     <t>6303 SW POST BOY RD</t>
   </si>
   <si>
+    <t>44-00449-000</t>
+  </si>
+  <si>
+    <t>YODER NORMAN D</t>
+  </si>
+  <si>
+    <t>6183 SW STATE ROUTE 258</t>
+  </si>
+  <si>
+    <t>44-00535-010</t>
+  </si>
+  <si>
+    <t>MARLATT SCOTT J</t>
+  </si>
+  <si>
+    <t>15571 SW STOCKER RIDGE RD</t>
+  </si>
+  <si>
+    <t>44-00575-000</t>
+  </si>
+  <si>
+    <t>HAMMERSLEY SIERRA</t>
+  </si>
+  <si>
+    <t>6261 E STATE RD</t>
+  </si>
+  <si>
     <t>44-00621-000</t>
   </si>
   <si>
     <t>POORBOY EXPLORATION INC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>44-00699-000</t>
   </si>
   <si>
     <t>TEMPLE LUCILLE</t>
   </si>
   <si>
     <t>SW POST BOY RD</t>
   </si>
   <si>
+    <t>44-00718-002</t>
+  </si>
+  <si>
+    <t>ENDEAVOR ENERGY RESOURCES LP</t>
+  </si>
+  <si>
+    <t>6258 SW STATE ROUTE 36</t>
+  </si>
+  <si>
+    <t>44-00724-000</t>
+  </si>
+  <si>
+    <t>MOORE TREVOR O</t>
+  </si>
+  <si>
+    <t>16280 SW SMITH HILL RD</t>
+  </si>
+  <si>
+    <t>44-00724-003</t>
+  </si>
+  <si>
+    <t>SW CHURCH RD</t>
+  </si>
+  <si>
     <t>44-00729-000</t>
   </si>
   <si>
     <t>VON KAENEL RONALD R &amp; GERALD P VON KAENEL ETAL</t>
   </si>
   <si>
     <t>BEAGLE CLUB RD</t>
   </si>
   <si>
+    <t>44-00733-001</t>
+  </si>
+  <si>
+    <t>WATSON THOMAS A II</t>
+  </si>
+  <si>
+    <t>SW STARK PATENT RD</t>
+  </si>
+  <si>
+    <t>44-00734-001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4748 SW STARK PATENT RD  EXT</t>
+  </si>
+  <si>
+    <t>44-00734-002</t>
+  </si>
+  <si>
+    <t>44-00773-000</t>
+  </si>
+  <si>
+    <t>PLANTS HAZEL S &amp; WAYNE PLANTS JR</t>
+  </si>
+  <si>
+    <t>7756 SW CHURCH RD</t>
+  </si>
+  <si>
+    <t>44-00892-000</t>
+  </si>
+  <si>
+    <t>TRUSTEES OF FULL GOSPEL TEMPLE</t>
+  </si>
+  <si>
+    <t>8187 SW CHURCH RD</t>
+  </si>
+  <si>
+    <t>44-00896-000</t>
+  </si>
+  <si>
+    <t>SMITH LEVI J &amp; NATHAN E</t>
+  </si>
+  <si>
+    <t>6728 SW KINGS RIDGE RD</t>
+  </si>
+  <si>
     <t>4400998</t>
   </si>
   <si>
     <t>ENGLAND GLEN</t>
   </si>
   <si>
     <t>15556 SW STOCKER RIDGE RD</t>
   </si>
   <si>
     <t>44-01013-000</t>
   </si>
   <si>
     <t>GRAY WANDA MARIE</t>
   </si>
   <si>
     <t>15201 SW DUNLAP CREEK RD</t>
   </si>
   <si>
     <t>44-01104-000</t>
   </si>
   <si>
     <t>THE OHIO DEPARTMENT OF HIGHWAYS</t>
   </si>
   <si>
     <t>STATE ROUTE 36</t>
   </si>
   <si>
     <t>44-01105-000</t>
   </si>
   <si>
+    <t>44-01112-000</t>
+  </si>
+  <si>
+    <t>TRUSTEES PLEASANT VIEW BAPTIST CHURCH</t>
+  </si>
+  <si>
+    <t>7556 SW CHURCH RD</t>
+  </si>
+  <si>
+    <t>44-01197-000</t>
+  </si>
+  <si>
+    <t>BOYLE PATRICK A</t>
+  </si>
+  <si>
+    <t>6298 E STATE RD</t>
+  </si>
+  <si>
+    <t>44-01211-002</t>
+  </si>
+  <si>
+    <t>GREWELL VANIDA L</t>
+  </si>
+  <si>
+    <t>5364 E STATE RD</t>
+  </si>
+  <si>
+    <t>44-01248-000</t>
+  </si>
+  <si>
+    <t>DURBEN CHEYENNE &amp; DYAN WEBB</t>
+  </si>
+  <si>
+    <t>16457 SW LIBERTY RD</t>
+  </si>
+  <si>
+    <t>44-01278-006</t>
+  </si>
+  <si>
+    <t>BARNETT JANET S = DANIELLE L DEMOS - ANDREW S DEMOS</t>
+  </si>
+  <si>
+    <t>16462 SW SMITH HILL RD</t>
+  </si>
+  <si>
     <t>44-01458-000</t>
   </si>
   <si>
     <t>CRAIG LOIS Z &amp; MARIAN Z - PERPETUAL EASEMENT TO STATE</t>
   </si>
   <si>
     <t>STATE ROUTE 258</t>
   </si>
   <si>
     <t>44-01608-000</t>
   </si>
   <si>
     <t>44-01609-000</t>
   </si>
   <si>
     <t>44-01610-000</t>
   </si>
   <si>
     <t>44-01611-000</t>
   </si>
   <si>
     <t>44-01612-000</t>
   </si>
   <si>
     <t>44-01613-000</t>
@@ -202,458 +388,1175 @@
   <si>
     <t>MILLER MARY E</t>
   </si>
   <si>
     <t>229 RAY ST</t>
   </si>
   <si>
     <t>4402351</t>
   </si>
   <si>
     <t>MCMULLEN KEVIN</t>
   </si>
   <si>
     <t>15701 SW FOREMAN CLUB RD</t>
   </si>
   <si>
     <t>4402431</t>
   </si>
   <si>
     <t>STOWERS SCOTT</t>
   </si>
   <si>
     <t>14085 WASHINGTON AVE</t>
   </si>
   <si>
+    <t>4404411</t>
+  </si>
+  <si>
+    <t>DOBSON BRAD D</t>
+  </si>
+  <si>
+    <t>4625 SW STATE ROUTE 258</t>
+  </si>
+  <si>
     <t>4404540</t>
   </si>
   <si>
     <t>QUILLIN MARLENE G</t>
   </si>
   <si>
     <t>377 SE SAWMILL RD</t>
   </si>
   <si>
     <t>4405402</t>
   </si>
   <si>
     <t>BAKER TRAVIS</t>
   </si>
   <si>
     <t>6382 KINGS RIDGE RD</t>
   </si>
   <si>
+    <t>4406485</t>
+  </si>
+  <si>
+    <t>ELLIS RUTH A</t>
+  </si>
+  <si>
+    <t>6190 SW STATE ROUTE 258</t>
+  </si>
+  <si>
     <t>4406681</t>
   </si>
   <si>
     <t>MAPEL MELISSA</t>
   </si>
   <si>
     <t>4980 SW BEAGLE CLUB RD</t>
   </si>
   <si>
     <t>4406691</t>
   </si>
   <si>
     <t>MOWERY CHRISTOPHER M</t>
   </si>
   <si>
     <t>16907 SW KEDIGH HOLLOW RD</t>
   </si>
   <si>
     <t>4407284</t>
   </si>
   <si>
     <t>EDWARDS DONALD &amp; MILLY EDWARDS</t>
   </si>
   <si>
     <t>16748 SW DOG RD</t>
   </si>
   <si>
+    <t>4408989</t>
+  </si>
+  <si>
+    <t>KINSEY WALTER R II</t>
+  </si>
+  <si>
+    <t>14021 SW PERSHING AVE</t>
+  </si>
+  <si>
+    <t>45-00003-000</t>
+  </si>
+  <si>
+    <t>TROYER HOME RENOVATIONS LLC</t>
+  </si>
+  <si>
+    <t>587 E CANAL ST</t>
+  </si>
+  <si>
+    <t>45-00018-000</t>
+  </si>
+  <si>
+    <t>WILKINSON TRUSTEE OF 415 E CANAL ST LAND TRUST TEGAN T</t>
+  </si>
+  <si>
+    <t>415 E CANAL ST</t>
+  </si>
+  <si>
+    <t>45-00021-000</t>
+  </si>
+  <si>
+    <t>SWEITZER TODD A &amp; LISA SUSAN</t>
+  </si>
+  <si>
+    <t>328 WALNUT ST</t>
+  </si>
+  <si>
+    <t>45-00057-000</t>
+  </si>
+  <si>
+    <t>MILES ASHLEY</t>
+  </si>
+  <si>
+    <t>449 SPAULDING AVE</t>
+  </si>
+  <si>
+    <t>45-00060-000</t>
+  </si>
+  <si>
+    <t>594 RAILROAD ST</t>
+  </si>
+  <si>
     <t>45-00074-000</t>
   </si>
   <si>
     <t>SHINABERY TAMMY ANN</t>
   </si>
   <si>
     <t>620 WOOD AVE</t>
   </si>
   <si>
     <t>45-00090-000</t>
   </si>
   <si>
     <t>BELCHER VINA M</t>
   </si>
   <si>
     <t>648 S COLLEGE ST</t>
   </si>
   <si>
+    <t>45-00105-000</t>
+  </si>
+  <si>
+    <t>BOYD CARL W &amp; KATHLEEN J</t>
+  </si>
+  <si>
+    <t>475 OXFORD AVE</t>
+  </si>
+  <si>
+    <t>45-00172-000</t>
+  </si>
+  <si>
+    <t>D'OSTROPH JACK</t>
+  </si>
+  <si>
+    <t>463 MCKINLEY AVE</t>
+  </si>
+  <si>
     <t>45-00193-000</t>
   </si>
   <si>
     <t>MUATA IMANI SEKOU</t>
   </si>
   <si>
     <t>542 MARTIN LUTHER KING DR</t>
   </si>
   <si>
+    <t>45-00232-001</t>
+  </si>
+  <si>
+    <t>RIDGWAY PROPERTIES AND RENTALS LLC</t>
+  </si>
+  <si>
+    <t>310 E CANAL ST</t>
+  </si>
+  <si>
+    <t>45-00269-000</t>
+  </si>
+  <si>
+    <t>SMITH NATHAN E</t>
+  </si>
+  <si>
+    <t>508 MULVANE ST</t>
+  </si>
+  <si>
+    <t>45-00281-000</t>
+  </si>
+  <si>
+    <t>FEATHERS LAURA</t>
+  </si>
+  <si>
+    <t>W CANAL DR</t>
+  </si>
+  <si>
+    <t>45-00314-000</t>
+  </si>
+  <si>
+    <t>RIECHERS TYREK M</t>
+  </si>
+  <si>
+    <t>326 N MCKINLEY AVE</t>
+  </si>
+  <si>
+    <t>45-00324-000</t>
+  </si>
+  <si>
+    <t>LARSON DWIGHT &amp; PATRICIA</t>
+  </si>
+  <si>
+    <t>404 E STATE ST</t>
+  </si>
+  <si>
+    <t>45-00371-000</t>
+  </si>
+  <si>
+    <t>BERKSHIRE KELLY LEE &amp; ELIZABETH ANN</t>
+  </si>
+  <si>
+    <t>547 W STATE ST</t>
+  </si>
+  <si>
     <t>45-00378-000</t>
   </si>
   <si>
     <t>ELLIOTT JUDITH S</t>
   </si>
   <si>
     <t>534 W CARROLL ST</t>
   </si>
   <si>
+    <t>45-00432-000</t>
+  </si>
+  <si>
+    <t>HARTZLER DAVID</t>
+  </si>
+  <si>
+    <t>335 N COLLEGE ST</t>
+  </si>
+  <si>
+    <t>45-00523-000</t>
+  </si>
+  <si>
+    <t>HUFFMAN CAROL J</t>
+  </si>
+  <si>
+    <t>BEECH ST REAR</t>
+  </si>
+  <si>
+    <t>45-00534-001</t>
+  </si>
+  <si>
+    <t>BRUNKE SCOTT M TTEE OF THE SCOTT M BRUNKE TRUST</t>
+  </si>
+  <si>
+    <t>155 SCOTT DR</t>
+  </si>
+  <si>
+    <t>45-00537-000</t>
+  </si>
+  <si>
+    <t>LORENZ SHANNON E</t>
+  </si>
+  <si>
+    <t>147 E CHURCH ST</t>
+  </si>
+  <si>
+    <t>45-00576-000</t>
+  </si>
+  <si>
+    <t>PEOPLES' PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>327 W MAIN ST</t>
+  </si>
+  <si>
+    <t>45-00595-000</t>
+  </si>
+  <si>
+    <t>MYERS BRADLEY C &amp; KRISTOFER K</t>
+  </si>
+  <si>
+    <t>509 OXFORD AVE</t>
+  </si>
+  <si>
+    <t>45-00598-000</t>
+  </si>
+  <si>
+    <t>WHITCHER RONALD R &amp; ELIZABETH M</t>
+  </si>
+  <si>
+    <t>211 SPAULDING AVE</t>
+  </si>
+  <si>
+    <t>45-00601-000</t>
+  </si>
+  <si>
+    <t>TANNER RANDY G II</t>
+  </si>
+  <si>
+    <t>601 S COLLEGE ST</t>
+  </si>
+  <si>
+    <t>45-00630-000</t>
+  </si>
+  <si>
+    <t>SHEPHERD CHRISTOPHER SCOTT &amp; MEGAN MARIE</t>
+  </si>
+  <si>
+    <t>457 SPAULDING AVE</t>
+  </si>
+  <si>
+    <t>45-00634-000</t>
+  </si>
+  <si>
+    <t>MANN CRAIG A</t>
+  </si>
+  <si>
+    <t>253 N BRIDGE ST</t>
+  </si>
+  <si>
+    <t>45-00656-000</t>
+  </si>
+  <si>
+    <t>MOORE CRYSTINA M</t>
+  </si>
+  <si>
+    <t>312 HELLER DR</t>
+  </si>
+  <si>
     <t>45-00659-000</t>
   </si>
   <si>
     <t>HOBSON SHAUNNA</t>
   </si>
   <si>
     <t>554 RAILROAD ST</t>
   </si>
   <si>
+    <t>45-00665-000</t>
+  </si>
+  <si>
+    <t>HEIMBUSH AUDREY I</t>
+  </si>
+  <si>
+    <t>310 S GOODRICH ST</t>
+  </si>
+  <si>
+    <t>45-00666-000</t>
+  </si>
+  <si>
+    <t>NEAL MARTHA S</t>
+  </si>
+  <si>
+    <t>475 MCKINLEY AVE</t>
+  </si>
+  <si>
+    <t>45-00699-000</t>
+  </si>
+  <si>
+    <t>VANSICKLE NATHANIEL</t>
+  </si>
+  <si>
+    <t>429 E CANAL ST</t>
+  </si>
+  <si>
+    <t>45-00701-000</t>
+  </si>
+  <si>
+    <t>SNOOK DAVID W &amp; AMY D HARTZLER</t>
+  </si>
+  <si>
+    <t>130 W MAIN ST</t>
+  </si>
+  <si>
+    <t>45-00713-000</t>
+  </si>
+  <si>
+    <t>KOCHTE NATALIE ETAL</t>
+  </si>
+  <si>
+    <t>330 W NEIGHBOR ST</t>
+  </si>
+  <si>
+    <t>45-00728-000</t>
+  </si>
+  <si>
+    <t>BURSON RICHARD J</t>
+  </si>
+  <si>
+    <t>130 CHAPMAN AVE</t>
+  </si>
+  <si>
     <t>45-00745-000</t>
   </si>
   <si>
     <t>CONLON CARR KATHIE</t>
   </si>
   <si>
     <t>102 S 1/2 RIVER ST</t>
   </si>
   <si>
+    <t>45-00758-000</t>
+  </si>
+  <si>
+    <t>HESTON TIMOTHY D</t>
+  </si>
+  <si>
+    <t>602 BEECH ST</t>
+  </si>
+  <si>
+    <t>45-00771-000</t>
+  </si>
+  <si>
+    <t>SCHULER BRIAN K</t>
+  </si>
+  <si>
+    <t>510 S COLLEGE ST</t>
+  </si>
+  <si>
     <t>45-00822-000</t>
   </si>
   <si>
     <t>LOVRINIC CHRISTINE</t>
   </si>
   <si>
     <t>202 W STATE ST</t>
   </si>
   <si>
     <t>4500829</t>
   </si>
   <si>
     <t>CRAIG JEFF &amp; MARLANA</t>
   </si>
   <si>
     <t>134 GOODRICH ST REAR</t>
   </si>
   <si>
+    <t>45-00829-001</t>
+  </si>
+  <si>
+    <t>614 OXFORD AVENUE LLC</t>
+  </si>
+  <si>
+    <t>OXFORD AVE</t>
+  </si>
+  <si>
     <t>45-00839-000</t>
   </si>
   <si>
     <t>KISTLER GEO B &amp; FLORIDE R</t>
   </si>
   <si>
     <t>N COLLEGE ST</t>
   </si>
   <si>
+    <t>45-00850-000</t>
+  </si>
+  <si>
+    <t>MCNEAL DENNIS P &amp; FRANEY L</t>
+  </si>
+  <si>
+    <t>471 S RIVER ST</t>
+  </si>
+  <si>
+    <t>45-00859-000</t>
+  </si>
+  <si>
+    <t>GLOBAL REAL ESTATE DEVELOPMENT, INC</t>
+  </si>
+  <si>
+    <t>539 W STATE ST</t>
+  </si>
+  <si>
     <t>45-00869-000</t>
   </si>
   <si>
     <t>LAFFERTY OLIVE -LORA WINKLER -MYRTLE V AFFELDT</t>
   </si>
   <si>
     <t>W CANAL ST</t>
   </si>
   <si>
     <t>45-00874-000</t>
   </si>
   <si>
     <t>MURPHY AUTUMN</t>
   </si>
   <si>
     <t>227 N SPAULDING AVE</t>
   </si>
   <si>
+    <t>45-00900-000</t>
+  </si>
+  <si>
+    <t>SCHWAB MILDRED A - TRUSTEE FBO MILDRED SCHWAB LIVING TRUST</t>
+  </si>
+  <si>
+    <t>432 SPAULDING AVE</t>
+  </si>
+  <si>
+    <t>45-00915-000</t>
+  </si>
+  <si>
+    <t>STOUT AMY J</t>
+  </si>
+  <si>
+    <t>461 HELLER DR</t>
+  </si>
+  <si>
     <t>45-00930-000</t>
   </si>
   <si>
     <t>MCMULLEN BRITNEY</t>
   </si>
   <si>
     <t>424 PARK HILL DR</t>
   </si>
   <si>
+    <t>45-00939-000</t>
+  </si>
+  <si>
+    <t>WARDELL DONALD R ETAL</t>
+  </si>
+  <si>
+    <t>148 1ST ST</t>
+  </si>
+  <si>
     <t>45-00940-000</t>
   </si>
   <si>
     <t>SIMPSON ANDREW D</t>
   </si>
   <si>
     <t>560 MARTIN LUTHER KING DR</t>
   </si>
   <si>
+    <t>45-01005-000</t>
+  </si>
+  <si>
+    <t>ALLEN JAMES S &amp; ADRIENE N</t>
+  </si>
+  <si>
+    <t>166 W NEIGHBOR ST</t>
+  </si>
+  <si>
+    <t>45-01030-000</t>
+  </si>
+  <si>
+    <t>THE NEWCOMERSTOWN ASSEMBLY OF GOD INC</t>
+  </si>
+  <si>
+    <t>428 E STATE ST</t>
+  </si>
+  <si>
+    <t>45-01045-000</t>
+  </si>
+  <si>
+    <t>KELLAM LEROY &amp; DORTHY</t>
+  </si>
+  <si>
+    <t>S COLLEGE ST</t>
+  </si>
+  <si>
     <t>45-01046-000</t>
   </si>
   <si>
     <t>RIVERA MONA R</t>
   </si>
   <si>
     <t>610 MARTIN LUTHER KING DR</t>
   </si>
   <si>
     <t>45-01074-000</t>
   </si>
   <si>
     <t>SNEAREY KIMBERLY J</t>
   </si>
   <si>
     <t>1 LAIYAHS LOOP</t>
   </si>
   <si>
+    <t>45-01089-000</t>
+  </si>
+  <si>
+    <t>MEEK MARY LOU</t>
+  </si>
+  <si>
+    <t>161 W CHURCH ST</t>
+  </si>
+  <si>
     <t>45-01130-000</t>
   </si>
   <si>
     <t>MINCKS MARLIN</t>
   </si>
   <si>
     <t>329 W CANAL ST</t>
   </si>
   <si>
     <t>4501142</t>
   </si>
   <si>
     <t>WRIGHT JERRY</t>
   </si>
   <si>
     <t>129 W STATE ST REAR</t>
   </si>
   <si>
+    <t>45-01142-000</t>
+  </si>
+  <si>
+    <t>BRAXTON DRADEN &amp; STEVEN COLON</t>
+  </si>
+  <si>
+    <t>152 SCOTT DR</t>
+  </si>
+  <si>
+    <t>45-01166-000</t>
+  </si>
+  <si>
+    <t>HAHN KENNETH F &amp; NATOSHA N</t>
+  </si>
+  <si>
+    <t>433 MARTIN LUTHER KING DR</t>
+  </si>
+  <si>
+    <t>45-01174-000</t>
+  </si>
+  <si>
+    <t>NIGRO ARDATH A ETAL</t>
+  </si>
+  <si>
+    <t>420 N COLLEGE ST</t>
+  </si>
+  <si>
+    <t>45-01187-000</t>
+  </si>
+  <si>
+    <t>CAMPBELL AMY J</t>
+  </si>
+  <si>
+    <t>322 S BEAVER AVE</t>
+  </si>
+  <si>
+    <t>45-01191-000</t>
+  </si>
+  <si>
+    <t>NORRIS ERIC</t>
+  </si>
+  <si>
+    <t>582 MARTIN LUTHER KING DR</t>
+  </si>
+  <si>
     <t>45-01198-000</t>
   </si>
   <si>
     <t>OPPHILE BARBARA J</t>
   </si>
   <si>
     <t>570 RAILROAD ST</t>
   </si>
   <si>
+    <t>45-01227-000</t>
+  </si>
+  <si>
+    <t>WILKINSON TEGAN T ETAL</t>
+  </si>
+  <si>
+    <t>148 E MAIN ST</t>
+  </si>
+  <si>
+    <t>45-01228-000</t>
+  </si>
+  <si>
+    <t>BATES KIRK S &amp; SONDA D</t>
+  </si>
+  <si>
+    <t>457 S RIVER ST</t>
+  </si>
+  <si>
+    <t>45-01268-000</t>
+  </si>
+  <si>
+    <t>HAMMERSLEY TERRIE F &amp; THOMAS D</t>
+  </si>
+  <si>
+    <t>435 OXFORD AVE</t>
+  </si>
+  <si>
+    <t>45-01286-000</t>
+  </si>
+  <si>
+    <t>NIGRO ANTHONY F JR &amp; MELANIE F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">242 E MAIN ST  EXT</t>
+  </si>
+  <si>
+    <t>45-01336-000</t>
+  </si>
+  <si>
+    <t>MARTIN ASHLEY R</t>
+  </si>
+  <si>
+    <t>MULVANE ST</t>
+  </si>
+  <si>
+    <t>45-01344-000</t>
+  </si>
+  <si>
+    <t>SPENCER ADAM E ETAL</t>
+  </si>
+  <si>
+    <t>434 MCKINLEY AVE</t>
+  </si>
+  <si>
     <t>45-01370-000</t>
   </si>
   <si>
     <t>ATKINSON MARTHA A</t>
   </si>
   <si>
-    <t>BEECH ST REAR</t>
+    <t>45-01380-000</t>
+  </si>
+  <si>
+    <t>J &amp; R HOMES LLC</t>
+  </si>
+  <si>
+    <t>440 MARTIN LUTHER KING DR</t>
+  </si>
+  <si>
+    <t>45-01415-000</t>
+  </si>
+  <si>
+    <t>ARNOLD CHASE EDWARD</t>
+  </si>
+  <si>
+    <t>434 W CHURCH ST</t>
+  </si>
+  <si>
+    <t>45-01428-000</t>
+  </si>
+  <si>
+    <t>514 S COLLEGE ST</t>
   </si>
   <si>
     <t>45-01429-000</t>
   </si>
   <si>
-    <t>NORRIS ERIC</t>
-[...1 lines deleted...]
-  <si>
     <t>MARTIN LUTHER KING DR</t>
   </si>
   <si>
+    <t>45-01438-000</t>
+  </si>
+  <si>
+    <t>WOOD CRAIG P &amp; EMILY B WHYDE</t>
+  </si>
+  <si>
+    <t>536 MARTIN LUTHER KING DR</t>
+  </si>
+  <si>
+    <t>45-01449-000</t>
+  </si>
+  <si>
+    <t>WORTHIINGTON JAMES L &amp; MARSHA WORTHINGTON</t>
+  </si>
+  <si>
+    <t>755 CROSS ST</t>
+  </si>
+  <si>
     <t>45-01475-000</t>
   </si>
   <si>
     <t>SCOTT ROSE A</t>
   </si>
   <si>
     <t>464 MARTIN LUTHER KING DR</t>
   </si>
   <si>
+    <t>45-01476-000</t>
+  </si>
+  <si>
+    <t>45-01511-000</t>
+  </si>
+  <si>
+    <t>JUERGENS WILLIAM R</t>
+  </si>
+  <si>
+    <t>309 S GOODRICH ST</t>
+  </si>
+  <si>
     <t>45-01526-000</t>
   </si>
   <si>
     <t>SIMPSON PAUL</t>
   </si>
   <si>
     <t>ALLEY I</t>
   </si>
   <si>
     <t>4501573</t>
   </si>
   <si>
     <t>SMITH TRACY R</t>
   </si>
   <si>
     <t>344 W MAIN ST REAR</t>
   </si>
   <si>
     <t>45-01587-000</t>
   </si>
   <si>
     <t>KITZMAN CHRISTIE</t>
   </si>
   <si>
     <t>252 CROSS ST</t>
   </si>
   <si>
+    <t>45-01689-000</t>
+  </si>
+  <si>
+    <t>LYONS DALE K</t>
+  </si>
+  <si>
+    <t>555 E CANAL ST</t>
+  </si>
+  <si>
     <t>45-01695-000</t>
   </si>
   <si>
     <t>RIDDLE RONALD H &amp; DENISE L</t>
   </si>
   <si>
     <t>464 CHESTNUT ST</t>
   </si>
   <si>
+    <t>45-01701-000</t>
+  </si>
+  <si>
+    <t>WESTHAFER ADAM C</t>
+  </si>
+  <si>
+    <t>455 HELLER DR</t>
+  </si>
+  <si>
+    <t>45-01791-000</t>
+  </si>
+  <si>
+    <t>347 W MAIN ST</t>
+  </si>
+  <si>
     <t>45-01853-000</t>
   </si>
   <si>
     <t>SIMPSON MARGO</t>
   </si>
   <si>
     <t>490 FACTORY ST</t>
   </si>
   <si>
     <t>45-01870-000</t>
   </si>
   <si>
     <t>WILSON CAROLYN V &amp; ET AL</t>
   </si>
   <si>
     <t>45-01871-000</t>
   </si>
   <si>
     <t>45-01883-000</t>
   </si>
   <si>
     <t>MOORE JR MICHAEL</t>
   </si>
   <si>
     <t>554 TUSCARAWAS AVE</t>
   </si>
   <si>
     <t>45-01918-000</t>
   </si>
   <si>
     <t>MCCLUNG EDITH I</t>
   </si>
   <si>
     <t>136 S COLLEGE ST</t>
   </si>
   <si>
     <t>45-01953-000</t>
   </si>
   <si>
     <t>SCOTT RALPH W &amp; ALICE E</t>
   </si>
   <si>
     <t>SCOTT DR</t>
   </si>
   <si>
+    <t>45-01962-000</t>
+  </si>
+  <si>
+    <t>CBMJ ENTERPRISES LLC</t>
+  </si>
+  <si>
+    <t>573 CHESTNUT ST</t>
+  </si>
+  <si>
+    <t>45-01970-000</t>
+  </si>
+  <si>
+    <t>591 CHESTNUT ST</t>
+  </si>
+  <si>
+    <t>45-02039-000</t>
+  </si>
+  <si>
+    <t>HAYHURST KATHRYN E</t>
+  </si>
+  <si>
+    <t>W STATE ST</t>
+  </si>
+  <si>
+    <t>45-02049-000</t>
+  </si>
+  <si>
+    <t>SHRIBER ANTHONY J</t>
+  </si>
+  <si>
+    <t>WOOD AVE</t>
+  </si>
+  <si>
+    <t>45-02092-000</t>
+  </si>
+  <si>
+    <t>BATES KIRK S</t>
+  </si>
+  <si>
+    <t>115 S RIVER ST</t>
+  </si>
+  <si>
+    <t>45-02128-000</t>
+  </si>
+  <si>
+    <t>567 CHESTNUT ST</t>
+  </si>
+  <si>
+    <t>45-02136-000</t>
+  </si>
+  <si>
+    <t>MCGRAW HARRY J &amp; MARILYN A ELLIS</t>
+  </si>
+  <si>
+    <t>522 RIVERVIEW DR</t>
+  </si>
+  <si>
+    <t>45-02154-000</t>
+  </si>
+  <si>
+    <t>MILLER LOUIS WILLIAM</t>
+  </si>
+  <si>
+    <t>N PARK HILL DR</t>
+  </si>
+  <si>
     <t>4502207</t>
   </si>
   <si>
     <t>BOWERS KENNETH P</t>
   </si>
   <si>
     <t>51 BASS RD LOT 51</t>
   </si>
   <si>
+    <t>45-02268-000</t>
+  </si>
+  <si>
+    <t>TRUSTEES THE ACTING BOARD OF ASSEMBLY OF GOD CHURCH</t>
+  </si>
+  <si>
+    <t>311 S COLLEGE ST</t>
+  </si>
+  <si>
     <t>45-02269-000</t>
   </si>
   <si>
     <t>TRUSTEES AFRICAN BAPTIST CHURCH</t>
   </si>
   <si>
+    <t>45-02272-000</t>
+  </si>
+  <si>
+    <t>HIGHER CALL MINISTRIES ECCLESIA</t>
+  </si>
+  <si>
+    <t>205 W CANAL ST</t>
+  </si>
+  <si>
     <t>45-02280-000</t>
   </si>
   <si>
     <t>TRUSTEES ST PAULS A M E CHURCH</t>
   </si>
   <si>
+    <t>45-02365-000</t>
+  </si>
+  <si>
+    <t>MEEKS TASHA</t>
+  </si>
+  <si>
+    <t>663 WOOD AVE</t>
+  </si>
+  <si>
+    <t>45-02380-000</t>
+  </si>
+  <si>
+    <t>FISHER TARA M</t>
+  </si>
+  <si>
+    <t>126 N PARK HILL DR</t>
+  </si>
+  <si>
+    <t>4502430</t>
+  </si>
+  <si>
     <t>45-02431-002</t>
   </si>
   <si>
-    <t>GREWELL VANIDA L</t>
-[...1 lines deleted...]
-  <si>
     <t>E STATE RD</t>
   </si>
   <si>
     <t>45-02443-000</t>
   </si>
   <si>
     <t>CRAIG JEFFREY ALAN</t>
   </si>
   <si>
     <t>N GOODRICH ST REAR</t>
   </si>
   <si>
+    <t>45-02465-000</t>
+  </si>
+  <si>
+    <t>SOCKMAN CASSANDRA E</t>
+  </si>
+  <si>
+    <t>414 HARDING ST</t>
+  </si>
+  <si>
     <t>4502474</t>
   </si>
   <si>
     <t>JONES KENNETH E</t>
   </si>
   <si>
     <t>149 1/2 SCOTT DR</t>
   </si>
   <si>
+    <t>45-02474-000</t>
+  </si>
+  <si>
+    <t>YOUNG PAULINE</t>
+  </si>
+  <si>
     <t>45-02475-000</t>
   </si>
   <si>
     <t>612 MARTIN LUTHER KING DR</t>
   </si>
   <si>
     <t>45-02548-000</t>
   </si>
   <si>
+    <t>45-02582-000</t>
+  </si>
+  <si>
+    <t>CROATION RESOURCES, LLC</t>
+  </si>
+  <si>
+    <t>13137 SW STONECREEK RD</t>
+  </si>
+  <si>
+    <t>45-02584-003</t>
+  </si>
+  <si>
+    <t>VICKERS CODY</t>
+  </si>
+  <si>
+    <t>931 N COLLEGE ST</t>
+  </si>
+  <si>
     <t>4502591</t>
   </si>
   <si>
     <t>632 W STATE ST REAR</t>
   </si>
   <si>
     <t>4502649</t>
   </si>
   <si>
     <t>WILSON JERRY L</t>
   </si>
   <si>
     <t>312 PEARL ST REAR</t>
   </si>
   <si>
     <t>4502734</t>
   </si>
   <si>
     <t>BRADFORD DONNA K</t>
   </si>
   <si>
     <t>456 BEAVER ST</t>
   </si>
   <si>
     <t>4503187</t>
   </si>
   <si>
     <t>4503997</t>
   </si>
   <si>
     <t>BOWSER DOROTHY J</t>
   </si>
   <si>
     <t>525 CENTER ST</t>
   </si>
   <si>
+    <t>4504334</t>
+  </si>
+  <si>
+    <t>WEST TARA C</t>
+  </si>
+  <si>
+    <t>529 OXFORD DR</t>
+  </si>
+  <si>
     <t>4504771</t>
   </si>
   <si>
     <t>RIVERA SAMUEL &amp; MONA R</t>
   </si>
   <si>
     <t>4504806</t>
   </si>
   <si>
     <t>PEOPLES BRYAN D</t>
   </si>
   <si>
     <t>306 1/2 MCKINLEY AVE</t>
   </si>
   <si>
     <t>4504858</t>
   </si>
   <si>
     <t>STOWERS JAMES &amp; JUNE PAULINE</t>
   </si>
   <si>
     <t>4505232</t>
   </si>
   <si>
     <t>DESCHAIN ENTERPRISES LLC</t>
@@ -667,123 +1570,222 @@
   <si>
     <t>RINE DOROTHY I</t>
   </si>
   <si>
     <t>527 OXFORD DR</t>
   </si>
   <si>
     <t>4505597</t>
   </si>
   <si>
     <t>RICHARDS STEPHANIE M</t>
   </si>
   <si>
     <t>721 MULVANE ST</t>
   </si>
   <si>
     <t>4506012</t>
   </si>
   <si>
     <t>JOHNSON PATRICIA S</t>
   </si>
   <si>
     <t>138 CHURCH ST</t>
   </si>
   <si>
+    <t>4506714</t>
+  </si>
+  <si>
+    <t>MCGRAW HARRY J</t>
+  </si>
+  <si>
     <t>4507893</t>
   </si>
   <si>
     <t>CRIDER JENNIFER</t>
   </si>
   <si>
     <t>25 BLUEGILL LN LOT 25</t>
   </si>
   <si>
     <t>4508045</t>
   </si>
   <si>
     <t>SHAEFFER CHELESTINA M</t>
   </si>
   <si>
     <t>63 CREEKSIDE DR LOT 63</t>
   </si>
   <si>
     <t>4508224</t>
   </si>
   <si>
     <t>CASS LINDA E</t>
   </si>
   <si>
     <t>60 CREEKSIDE DR LOT 60</t>
   </si>
   <si>
     <t>4508624</t>
   </si>
   <si>
     <t>SCHWAB TIM</t>
   </si>
   <si>
     <t>225 RAY ST</t>
   </si>
   <si>
     <t>4509036</t>
   </si>
   <si>
     <t>SCHWAB TIMOTHY J</t>
   </si>
   <si>
     <t>227 RAY ST</t>
   </si>
   <si>
+    <t>51-00045-000</t>
+  </si>
+  <si>
+    <t>CALLENDER JESSICA A</t>
+  </si>
+  <si>
+    <t>11072 SW WOLF STATION RD</t>
+  </si>
+  <si>
+    <t>51-00046-000</t>
+  </si>
+  <si>
+    <t>SW WOLF STATION RD</t>
+  </si>
+  <si>
+    <t>51-00047-000</t>
+  </si>
+  <si>
+    <t>51-00048-000</t>
+  </si>
+  <si>
+    <t>51-00071-004</t>
+  </si>
+  <si>
+    <t>GIBBS WILLIAM H JR</t>
+  </si>
+  <si>
+    <t>5532 SW WOLF RD</t>
+  </si>
+  <si>
+    <t>51-00096-002</t>
+  </si>
+  <si>
+    <t>OLINGER FRED J</t>
+  </si>
+  <si>
+    <t>SW STONECREEK RD</t>
+  </si>
+  <si>
     <t>5100137</t>
   </si>
   <si>
     <t>METCALF JAMES T PAULA D POTSCHNER-METCALF</t>
   </si>
   <si>
     <t>4911 SW FRYS VALLEY RD</t>
   </si>
   <si>
+    <t>51-00138-001</t>
+  </si>
+  <si>
+    <t>GASKILL LARRY D &amp; SUSAN M CELUCK TRUSTEES ETAL</t>
+  </si>
+  <si>
     <t>5100217</t>
   </si>
   <si>
     <t>GAMBLE CARRIE J &amp; MARVIN S GAMBLE</t>
   </si>
   <si>
     <t>8740 SW BURTSCHER RD</t>
   </si>
   <si>
+    <t>51-00217-000</t>
+  </si>
+  <si>
+    <t>TRAILWAY RESOURCES LLC</t>
+  </si>
+  <si>
+    <t>7945 SW BUCKHORN RD</t>
+  </si>
+  <si>
+    <t>51-00223-000</t>
+  </si>
+  <si>
+    <t>51-00258-000</t>
+  </si>
+  <si>
+    <t>SOCKMAN TRAVIS</t>
+  </si>
+  <si>
+    <t>11113 SW WOLF STATION RD</t>
+  </si>
+  <si>
+    <t>51-00335-000</t>
+  </si>
+  <si>
+    <t>BRYANT JOHN LEE &amp; CATHY I</t>
+  </si>
+  <si>
+    <t>11237 SW WOLF STATION RD</t>
+  </si>
+  <si>
+    <t>5100354</t>
+  </si>
+  <si>
+    <t>LACARE CHARITY L</t>
+  </si>
+  <si>
+    <t>7558 ELLIOTT RD</t>
+  </si>
+  <si>
+    <t>51-00949-000</t>
+  </si>
+  <si>
+    <t>TRUEX RAYMOND M &amp; BONNIE L</t>
+  </si>
+  <si>
     <t>51-00951-000</t>
   </si>
   <si>
     <t>HART JAMES G &amp; ROBERTA J</t>
   </si>
   <si>
-    <t>SW STONECREEK RD</t>
-[...1 lines deleted...]
-  <si>
     <t>51-01100-000</t>
+  </si>
+  <si>
+    <t>5101931</t>
+  </si>
+  <si>
+    <t>TRUEX BONNIE L</t>
   </si>
   <si>
     <t>5102184</t>
   </si>
   <si>
     <t>HANSHAW JACQUELINE L</t>
   </si>
   <si>
     <t>9545 SW LITTLE BUCKHORN RD</t>
   </si>
   <si>
     <t>5102280</t>
   </si>
   <si>
     <t>ELLIOTT IV LEROY</t>
   </si>
   <si>
     <t>7562 ELLIOTT RD</t>
   </si>
   <si>
     <t>5104388</t>
   </si>
   <si>
     <t>KEITH BEULAH M</t>
   </si>
@@ -835,2080 +1837,4500 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F100" headerRowCount="1">
-  <autoFilter ref="A1:F100"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F221" headerRowCount="1">
+  <autoFilter ref="A1:F221"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45807&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46070&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46548&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46717&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47043&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73962&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=79957&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74234&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43823&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=43872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44355&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=69491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44451&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73735&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44638&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44658&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66236&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66245&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66317&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73765&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73767&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=79239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44984&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=44997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45141&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45179&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45279&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45437&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45529&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45533&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45562&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45623&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45740&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45749&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45807&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45815&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45873&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45898&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45915&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=45997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46013&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46059&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46070&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46099&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46156&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46206&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46212&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46235&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46280&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46295&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46314&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46548&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46642&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46699&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46717&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46778&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46790&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46917&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=46935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47030&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47035&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47043&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73930&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47151&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47185&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=47337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73957&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73962&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73965&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73966&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73644&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74016&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=79957&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49575&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49753&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49868&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74234&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F100"/>
+  <dimension ref="A1:F221"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-    <col min="2" max="2" width="54.92003631591797" customWidth="1"/>
+    <col min="2" max="2" width="62.70453643798828" customWidth="1"/>
     <col min="3" max="3" width="28.757186889648438" customWidth="1"/>
-    <col min="4" max="4" width="28.93417739868164" customWidth="1"/>
+    <col min="4" max="4" width="29.85186767578125" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>5183.29</v>
+        <v>7.91</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>2336.61</v>
+        <v>0.04</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>34.89</v>
+        <v>0.03</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>413.11</v>
+        <v>1.11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>161.11</v>
+        <v>0.09</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>42.02</v>
+        <v>5311.03</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>613.58</v>
+        <v>2562.54</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>2.58</v>
+        <v>0.09</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>2.58</v>
+        <v>462</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>10.52</v>
+        <v>558.97</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>17.36</v>
+        <v>34.89</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>17.36</v>
+        <v>448.3</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>52.87</v>
+        <v>3.16</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>19.69</v>
+        <v>62.5</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="E16" s="2">
-        <v>9.47</v>
+        <v>16.45</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="E17" s="2">
-        <v>45.76</v>
+        <v>161.11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="E18" s="2">
-        <v>26.98</v>
+        <v>145.74</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="E19" s="2">
-        <v>5.7</v>
+        <v>2390.7</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="E20" s="2">
-        <v>19.71</v>
+        <v>675.26</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="E21" s="2">
-        <v>20.7</v>
+        <v>2.38</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="E22" s="2">
-        <v>13.39</v>
+        <v>4.64</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>16</v>
+        <v>69</v>
       </c>
       <c r="E23" s="2">
-        <v>5.5</v>
+        <v>1017.9</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="E24" s="2">
-        <v>33.94</v>
+        <v>49.51</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>50</v>
+        <v>73</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="E25" s="2">
-        <v>137.89</v>
+        <v>914.35</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>52</v>
+        <v>77</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>16</v>
+        <v>78</v>
       </c>
       <c r="E26" s="2">
-        <v>0.74</v>
+        <v>2.58</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>53</v>
+        <v>79</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>55</v>
+        <v>78</v>
       </c>
       <c r="E27" s="2">
-        <v>424.12</v>
+        <v>2.58</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="E28" s="2">
-        <v>213.93</v>
+        <v>0.12</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="E29" s="2">
-        <v>787.21</v>
+        <v>1238.77</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>64</v>
+        <v>88</v>
       </c>
       <c r="E30" s="2">
-        <v>5.46</v>
+        <v>746.16</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="E31" s="2">
-        <v>1543.63</v>
+        <v>0.12</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E32" s="2">
-        <v>1765.82</v>
+        <v>0.59</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>73</v>
+        <v>97</v>
       </c>
       <c r="E33" s="2">
-        <v>203.81</v>
+        <v>10.52</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>76</v>
+        <v>40</v>
       </c>
       <c r="E34" s="2">
-        <v>103.9</v>
+        <v>17.36</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>77</v>
+        <v>99</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>79</v>
+        <v>40</v>
       </c>
       <c r="E35" s="2">
-        <v>456.28</v>
+        <v>17.36</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="E36" s="2">
-        <v>2.58</v>
+        <v>52.87</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="E37" s="2">
-        <v>2871.96</v>
+        <v>19.69</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
       <c r="E38" s="2">
-        <v>506.37</v>
+        <v>9.47</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="E39" s="2">
-        <v>2125.35</v>
+        <v>45.76</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>93</v>
+        <v>39</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>94</v>
+        <v>40</v>
       </c>
       <c r="E40" s="2">
-        <v>45.96</v>
+        <v>26.98</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>96</v>
+        <v>39</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>97</v>
+        <v>40</v>
       </c>
       <c r="E41" s="2">
-        <v>727.33</v>
+        <v>5.7</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>99</v>
+        <v>39</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="E42" s="2">
-        <v>1944.47</v>
+        <v>19.71</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>102</v>
+        <v>39</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>103</v>
+        <v>40</v>
       </c>
       <c r="E43" s="2">
-        <v>217.05</v>
+        <v>20.7</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>105</v>
+        <v>39</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>106</v>
+        <v>40</v>
       </c>
       <c r="E44" s="2">
-        <v>224.05</v>
+        <v>13.39</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>109</v>
+        <v>40</v>
       </c>
       <c r="E45" s="2">
-        <v>3967.72</v>
+        <v>5.5</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>111</v>
+        <v>39</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>112</v>
+        <v>40</v>
       </c>
       <c r="E46" s="2">
-        <v>47.81</v>
+        <v>33.94</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>114</v>
+        <v>39</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>115</v>
+        <v>40</v>
       </c>
       <c r="E47" s="2">
-        <v>106.78</v>
+        <v>137.89</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>118</v>
+        <v>40</v>
       </c>
       <c r="E48" s="2">
-        <v>4945.98</v>
+        <v>0.74</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="E49" s="2">
-        <v>2604.06</v>
+        <v>623.68</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="E50" s="2">
-        <v>19.81</v>
+        <v>422.24</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="E51" s="2">
-        <v>11021.72</v>
+        <v>1073.63</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="E52" s="2">
-        <v>98.13</v>
+        <v>117.45</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="E53" s="2">
-        <v>742.4</v>
+        <v>24.67</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="E54" s="2">
-        <v>106.09</v>
+        <v>1586.32</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="E55" s="2">
-        <v>78.89</v>
+        <v>1808.51</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="E56" s="2">
-        <v>54.45</v>
+        <v>109.71</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="E57" s="2">
-        <v>275.23</v>
+        <v>261</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="E58" s="2">
-        <v>79.69</v>
+        <v>214.43</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E59" s="2">
-        <v>1.14</v>
+        <v>686.21</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="E60" s="2">
-        <v>16311.56</v>
+        <v>3.33</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="E61" s="2">
-        <v>3422.03</v>
+        <v>34.8</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="E62" s="2">
-        <v>65.9</v>
+        <v>689.41</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B63" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="C63" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E63" s="2">
-        <v>65.9</v>
+        <v>33.43</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" s="2">
-        <v>932.26</v>
+        <v>32.4</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="B65" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E65" s="2">
-        <v>7575.29</v>
+        <v>29.77</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E66" s="2">
-        <v>378.82</v>
+        <v>4.96</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="B67" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E67" s="2">
-        <v>6962.38</v>
+        <v>3591.28</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="B68" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E68" s="2">
-        <v>238.86</v>
+        <v>86.3</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="B69" s="0" t="s">
+      <c r="C69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="C69" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E69" s="2">
-        <v>6259.63</v>
+        <v>600</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>179</v>
       </c>
       <c r="E70" s="2">
-        <v>37.98</v>
+        <v>678.76</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>182</v>
       </c>
       <c r="E71" s="2">
-        <v>462.35</v>
+        <v>90.52</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>185</v>
       </c>
       <c r="E72" s="2">
-        <v>2867.29</v>
+        <v>1007.88</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>120</v>
+        <v>187</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E73" s="2">
-        <v>985.35</v>
+        <v>6.08</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>34</v>
+        <v>190</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>35</v>
+        <v>191</v>
       </c>
       <c r="E74" s="2">
-        <v>11.44</v>
+        <v>336</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>123</v>
+        <v>193</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E75" s="2">
-        <v>4.13</v>
+        <v>1578.01</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="E76" s="2">
-        <v>8672.24</v>
+        <v>387.62</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="E77" s="2">
-        <v>99.1</v>
+        <v>2792.76</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>156</v>
+        <v>202</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>157</v>
+        <v>203</v>
       </c>
       <c r="E78" s="2">
-        <v>218.51</v>
+        <v>2049.35</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="E79" s="2">
-        <v>5955.19</v>
+        <v>0.31</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="E80" s="2">
-        <v>2438.59</v>
+        <v>0.12</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="E81" s="2">
-        <v>3044.01</v>
+        <v>1191.81</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>163</v>
+        <v>215</v>
       </c>
       <c r="E82" s="2">
-        <v>635.21</v>
+        <v>935.28</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="E83" s="2">
-        <v>15.53</v>
+        <v>1582.48</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="E84" s="2">
-        <v>3668.22</v>
+        <v>132.12</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="E85" s="2">
-        <v>56.53</v>
+        <v>478.86</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E86" s="2">
-        <v>302.05</v>
+        <v>41.04</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="E87" s="2">
-        <v>1361.79</v>
+        <v>135.85</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="E88" s="2">
-        <v>61.43</v>
+        <v>1046.5</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="E89" s="2">
-        <v>1138.81</v>
+        <v>1387.13</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>231</v>
+        <v>239</v>
       </c>
       <c r="E90" s="2">
-        <v>335.95</v>
+        <v>93.32</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="E91" s="2">
-        <v>411.22</v>
+        <v>19.77</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="E92" s="2">
-        <v>1018.22</v>
+        <v>600.67</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="E93" s="2">
-        <v>2311.19</v>
+        <v>239.91</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="E94" s="2">
-        <v>28.5</v>
+        <v>263.7</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>15</v>
+        <v>253</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>16</v>
+        <v>254</v>
       </c>
       <c r="E95" s="2">
-        <v>27.17</v>
+        <v>683.69</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="E96" s="2">
-        <v>46.75</v>
+        <v>964.61</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="E97" s="2">
-        <v>326.82</v>
+        <v>131.51</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="E98" s="2">
-        <v>3777.77</v>
+        <v>0.37</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>242</v>
+        <v>265</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="E99" s="2">
-        <v>16558.79</v>
+        <v>2915.45</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="E100" s="2">
-        <v>32.02</v>
+        <v>357.07</v>
       </c>
       <c r="F100" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D101" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="E101" s="2">
+        <v>1.7</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D102" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="E102" s="2">
+        <v>226.43</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="E103" s="2">
+        <v>453.68</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D104" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="E104" s="2">
+        <v>6691.75</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="E105" s="2">
+        <v>3988.97</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="E106" s="2">
+        <v>1765.51</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D107" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="E107" s="2">
+        <v>495.08</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C108" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D108" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="E108" s="2">
+        <v>5.01</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C109" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D109" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="E109" s="2">
+        <v>1252.25</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="C110" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D110" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="E110" s="2">
+        <v>999.7</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C111" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="E111" s="2">
+        <v>5331.94</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D112" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="E112" s="2">
+        <v>378.43</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="E113" s="2">
+        <v>2.38</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="E114" s="2">
+        <v>67.46</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="E115" s="2">
+        <v>2744.79</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="E116" s="2">
+        <v>232.1</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="E117" s="2">
+        <v>932.79</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="E118" s="2">
+        <v>11152.47</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="E119" s="2">
+        <v>112.93</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="E120" s="2">
+        <v>90.7</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="E121" s="2">
+        <v>462.83</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="E122" s="2">
+        <v>1531.15</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="E123" s="2">
+        <v>659.51</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="E124" s="2">
+        <v>588.22</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="E125" s="2">
+        <v>1465.29</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="E126" s="2">
+        <v>1083.95</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="E127" s="2">
+        <v>549.25</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="E128" s="2">
+        <v>42.76</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="E129" s="2">
+        <v>1300.04</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D130" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="E130" s="2">
+        <v>69.73</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="E131" s="2">
+        <v>32.4</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D132" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="E132" s="2">
+        <v>112.56</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="E133" s="2">
+        <v>5.81</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="E134" s="2">
+        <v>98.19</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="E135" s="2">
+        <v>0.37</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D136" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="E136" s="2">
+        <v>155.77</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D137" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="E137" s="2">
+        <v>474.09</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="E138" s="2">
+        <v>647.19</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="E139" s="2">
+        <v>476.67</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="E140" s="2">
+        <v>200.04</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D141" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="E141" s="2">
+        <v>1099.57</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D142" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="E142" s="2">
+        <v>281.7</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="E143" s="2">
+        <v>117.18</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D144" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="E144" s="2">
+        <v>1455.81</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="B145" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D145" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="E145" s="2">
+        <v>331.07</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="E146" s="2">
+        <v>16402.89</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="E147" s="2">
+        <v>1069.62</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D148" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="E148" s="2">
+        <v>980.47</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="E149" s="2">
+        <v>4409.59</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="B150" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="E150" s="2">
+        <v>72.37</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D151" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="E151" s="2">
+        <v>74.73</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D152" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="E152" s="2">
+        <v>1059.81</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D153" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="E153" s="2">
+        <v>7639.45</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D154" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="E154" s="2">
+        <v>381.74</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D155" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="E155" s="2">
+        <v>556.14</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D156" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="E156" s="2">
+        <v>445.78</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="E157" s="2">
+        <v>0.01</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="B158" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D158" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="E158" s="2">
+        <v>81.44</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B159" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D159" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="E159" s="2">
+        <v>591.13</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="E160" s="2">
+        <v>678.73</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="E161" s="2">
+        <v>90.96</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="E162" s="2">
+        <v>93.05</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D163" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="E163" s="2">
+        <v>7432.22</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D164" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="E164" s="2">
+        <v>2.69</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D165" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="E165" s="2">
+        <v>243.6</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D166" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="E166" s="2">
+        <v>5.65</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="E167" s="2">
+        <v>6394.29</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="E168" s="2">
+        <v>379.28</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D169" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="E169" s="2">
+        <v>1921.65</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="E170" s="2">
+        <v>6.82</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D171" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="E171" s="2">
+        <v>39.42</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="E172" s="2">
+        <v>758.42</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D173" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="E173" s="2">
+        <v>225.87</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D174" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="E174" s="2">
+        <v>3147.9</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D175" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="E175" s="2">
+        <v>73</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D176" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="E176" s="2">
+        <v>1062.23</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="E177" s="2">
+        <v>11.44</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D178" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="E178" s="2">
+        <v>639.43</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="E179" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="E180" s="2">
+        <v>48.44</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="E181" s="2">
+        <v>8844.1</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="E182" s="2">
+        <v>195.69</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D183" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="E183" s="2">
+        <v>258.84</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="E184" s="2">
+        <v>6055.54</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="E185" s="2">
+        <v>55.27</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="E186" s="2">
+        <v>2591.09</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D187" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="E187" s="2">
+        <v>3299.26</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="E188" s="2">
+        <v>672.01</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D189" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="E189" s="2">
+        <v>21.83</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D190" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="E190" s="2">
+        <v>3885.46</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D191" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="E191" s="2">
+        <v>108.87</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="B192" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D192" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="E192" s="2">
+        <v>344.74</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D193" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="E193" s="2">
+        <v>104.44</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="B194" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D194" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="E194" s="2">
+        <v>1633.14</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D195" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="E195" s="2">
+        <v>584.39</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D196" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="E196" s="2">
+        <v>1661.14</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D197" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="E197" s="2">
+        <v>663.09</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="C198" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D198" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="E198" s="2">
+        <v>822.93</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D199" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="E199" s="2">
+        <v>306.49</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D200" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="E200" s="2">
+        <v>10.53</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D201" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="E201" s="2">
+        <v>10.53</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D202" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="E202" s="2">
+        <v>10.53</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D203" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="E203" s="2">
+        <v>953.18</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D204" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="E204" s="2">
+        <v>165.81</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D205" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="E205" s="2">
+        <v>1317.95</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D206" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="E206" s="2">
+        <v>0.23</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D207" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="E207" s="2">
+        <v>2830.77</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D208" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="E208" s="2">
+        <v>23.84</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="B209" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D209" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="E209" s="2">
+        <v>183.48</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D210" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="E210" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D211" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="E211" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="C212" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D212" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="E212" s="2">
+        <v>55.5</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D213" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="E213" s="2">
+        <v>3.22</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D214" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="E214" s="2">
+        <v>34.45</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="E215" s="2">
+        <v>27.17</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="E216" s="2">
+        <v>6.96</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D217" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="E217" s="2">
+        <v>52.7</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="B218" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="E218" s="2">
+        <v>342.34</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="B219" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D219" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="E219" s="2">
+        <v>3999.41</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D220" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="E220" s="2">
+        <v>17194.79</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="E221" s="2">
+        <v>63.19</v>
+      </c>
+      <c r="F221" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2969,32 +6391,153 @@
     <hyperlink ref="F76" r:id="rId76"/>
     <hyperlink ref="F77" r:id="rId77"/>
     <hyperlink ref="F78" r:id="rId78"/>
     <hyperlink ref="F79" r:id="rId79"/>
     <hyperlink ref="F80" r:id="rId80"/>
     <hyperlink ref="F81" r:id="rId81"/>
     <hyperlink ref="F82" r:id="rId82"/>
     <hyperlink ref="F83" r:id="rId83"/>
     <hyperlink ref="F84" r:id="rId84"/>
     <hyperlink ref="F85" r:id="rId85"/>
     <hyperlink ref="F86" r:id="rId86"/>
     <hyperlink ref="F87" r:id="rId87"/>
     <hyperlink ref="F88" r:id="rId88"/>
     <hyperlink ref="F89" r:id="rId89"/>
     <hyperlink ref="F90" r:id="rId90"/>
     <hyperlink ref="F91" r:id="rId91"/>
     <hyperlink ref="F92" r:id="rId92"/>
     <hyperlink ref="F93" r:id="rId93"/>
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
+    <hyperlink ref="F101" r:id="rId101"/>
+    <hyperlink ref="F102" r:id="rId102"/>
+    <hyperlink ref="F103" r:id="rId103"/>
+    <hyperlink ref="F104" r:id="rId104"/>
+    <hyperlink ref="F105" r:id="rId105"/>
+    <hyperlink ref="F106" r:id="rId106"/>
+    <hyperlink ref="F107" r:id="rId107"/>
+    <hyperlink ref="F108" r:id="rId108"/>
+    <hyperlink ref="F109" r:id="rId109"/>
+    <hyperlink ref="F110" r:id="rId110"/>
+    <hyperlink ref="F111" r:id="rId111"/>
+    <hyperlink ref="F112" r:id="rId112"/>
+    <hyperlink ref="F113" r:id="rId113"/>
+    <hyperlink ref="F114" r:id="rId114"/>
+    <hyperlink ref="F115" r:id="rId115"/>
+    <hyperlink ref="F116" r:id="rId116"/>
+    <hyperlink ref="F117" r:id="rId117"/>
+    <hyperlink ref="F118" r:id="rId118"/>
+    <hyperlink ref="F119" r:id="rId119"/>
+    <hyperlink ref="F120" r:id="rId120"/>
+    <hyperlink ref="F121" r:id="rId121"/>
+    <hyperlink ref="F122" r:id="rId122"/>
+    <hyperlink ref="F123" r:id="rId123"/>
+    <hyperlink ref="F124" r:id="rId124"/>
+    <hyperlink ref="F125" r:id="rId125"/>
+    <hyperlink ref="F126" r:id="rId126"/>
+    <hyperlink ref="F127" r:id="rId127"/>
+    <hyperlink ref="F128" r:id="rId128"/>
+    <hyperlink ref="F129" r:id="rId129"/>
+    <hyperlink ref="F130" r:id="rId130"/>
+    <hyperlink ref="F131" r:id="rId131"/>
+    <hyperlink ref="F132" r:id="rId132"/>
+    <hyperlink ref="F133" r:id="rId133"/>
+    <hyperlink ref="F134" r:id="rId134"/>
+    <hyperlink ref="F135" r:id="rId135"/>
+    <hyperlink ref="F136" r:id="rId136"/>
+    <hyperlink ref="F137" r:id="rId137"/>
+    <hyperlink ref="F138" r:id="rId138"/>
+    <hyperlink ref="F139" r:id="rId139"/>
+    <hyperlink ref="F140" r:id="rId140"/>
+    <hyperlink ref="F141" r:id="rId141"/>
+    <hyperlink ref="F142" r:id="rId142"/>
+    <hyperlink ref="F143" r:id="rId143"/>
+    <hyperlink ref="F144" r:id="rId144"/>
+    <hyperlink ref="F145" r:id="rId145"/>
+    <hyperlink ref="F146" r:id="rId146"/>
+    <hyperlink ref="F147" r:id="rId147"/>
+    <hyperlink ref="F148" r:id="rId148"/>
+    <hyperlink ref="F149" r:id="rId149"/>
+    <hyperlink ref="F150" r:id="rId150"/>
+    <hyperlink ref="F151" r:id="rId151"/>
+    <hyperlink ref="F152" r:id="rId152"/>
+    <hyperlink ref="F153" r:id="rId153"/>
+    <hyperlink ref="F154" r:id="rId154"/>
+    <hyperlink ref="F155" r:id="rId155"/>
+    <hyperlink ref="F156" r:id="rId156"/>
+    <hyperlink ref="F157" r:id="rId157"/>
+    <hyperlink ref="F158" r:id="rId158"/>
+    <hyperlink ref="F159" r:id="rId159"/>
+    <hyperlink ref="F160" r:id="rId160"/>
+    <hyperlink ref="F161" r:id="rId161"/>
+    <hyperlink ref="F162" r:id="rId162"/>
+    <hyperlink ref="F163" r:id="rId163"/>
+    <hyperlink ref="F164" r:id="rId164"/>
+    <hyperlink ref="F165" r:id="rId165"/>
+    <hyperlink ref="F166" r:id="rId166"/>
+    <hyperlink ref="F167" r:id="rId167"/>
+    <hyperlink ref="F168" r:id="rId168"/>
+    <hyperlink ref="F169" r:id="rId169"/>
+    <hyperlink ref="F170" r:id="rId170"/>
+    <hyperlink ref="F171" r:id="rId171"/>
+    <hyperlink ref="F172" r:id="rId172"/>
+    <hyperlink ref="F173" r:id="rId173"/>
+    <hyperlink ref="F174" r:id="rId174"/>
+    <hyperlink ref="F175" r:id="rId175"/>
+    <hyperlink ref="F176" r:id="rId176"/>
+    <hyperlink ref="F177" r:id="rId177"/>
+    <hyperlink ref="F178" r:id="rId178"/>
+    <hyperlink ref="F179" r:id="rId179"/>
+    <hyperlink ref="F180" r:id="rId180"/>
+    <hyperlink ref="F181" r:id="rId181"/>
+    <hyperlink ref="F182" r:id="rId182"/>
+    <hyperlink ref="F183" r:id="rId183"/>
+    <hyperlink ref="F184" r:id="rId184"/>
+    <hyperlink ref="F185" r:id="rId185"/>
+    <hyperlink ref="F186" r:id="rId186"/>
+    <hyperlink ref="F187" r:id="rId187"/>
+    <hyperlink ref="F188" r:id="rId188"/>
+    <hyperlink ref="F189" r:id="rId189"/>
+    <hyperlink ref="F190" r:id="rId190"/>
+    <hyperlink ref="F191" r:id="rId191"/>
+    <hyperlink ref="F192" r:id="rId192"/>
+    <hyperlink ref="F193" r:id="rId193"/>
+    <hyperlink ref="F194" r:id="rId194"/>
+    <hyperlink ref="F195" r:id="rId195"/>
+    <hyperlink ref="F196" r:id="rId196"/>
+    <hyperlink ref="F197" r:id="rId197"/>
+    <hyperlink ref="F198" r:id="rId198"/>
+    <hyperlink ref="F199" r:id="rId199"/>
+    <hyperlink ref="F200" r:id="rId200"/>
+    <hyperlink ref="F201" r:id="rId201"/>
+    <hyperlink ref="F202" r:id="rId202"/>
+    <hyperlink ref="F203" r:id="rId203"/>
+    <hyperlink ref="F204" r:id="rId204"/>
+    <hyperlink ref="F205" r:id="rId205"/>
+    <hyperlink ref="F206" r:id="rId206"/>
+    <hyperlink ref="F207" r:id="rId207"/>
+    <hyperlink ref="F208" r:id="rId208"/>
+    <hyperlink ref="F209" r:id="rId209"/>
+    <hyperlink ref="F210" r:id="rId210"/>
+    <hyperlink ref="F211" r:id="rId211"/>
+    <hyperlink ref="F212" r:id="rId212"/>
+    <hyperlink ref="F213" r:id="rId213"/>
+    <hyperlink ref="F214" r:id="rId214"/>
+    <hyperlink ref="F215" r:id="rId215"/>
+    <hyperlink ref="F216" r:id="rId216"/>
+    <hyperlink ref="F217" r:id="rId217"/>
+    <hyperlink ref="F218" r:id="rId218"/>
+    <hyperlink ref="F219" r:id="rId219"/>
+    <hyperlink ref="F220" r:id="rId220"/>
+    <hyperlink ref="F221" r:id="rId221"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>