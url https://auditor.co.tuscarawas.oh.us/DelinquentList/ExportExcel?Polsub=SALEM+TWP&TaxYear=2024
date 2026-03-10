--- v0 (2025-11-01)
+++ v1 (2026-03-10)
@@ -5,110 +5,242 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="264">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
+    <t>50-00013-000</t>
+  </si>
+  <si>
+    <t>HUGHES MISTY L</t>
+  </si>
+  <si>
+    <t>INDIAN VALLEY SD</t>
+  </si>
+  <si>
+    <t>3387 SW WOLF RD</t>
+  </si>
+  <si>
+    <t>View</t>
+  </si>
+  <si>
     <t>50-00016-002</t>
   </si>
   <si>
     <t>MCMAHON EVERETT &amp; LORI</t>
   </si>
   <si>
-    <t>INDIAN VALLEY SD</t>
-[...1 lines deleted...]
-  <si>
     <t>SW BUNKER HILL RD</t>
   </si>
   <si>
-    <t>View</t>
+    <t>50-00026-002</t>
+  </si>
+  <si>
+    <t>MILLER DANIEL F &amp; KATIE</t>
+  </si>
+  <si>
+    <t>12611 SW RIVER RD</t>
+  </si>
+  <si>
+    <t>50-00121-000</t>
+  </si>
+  <si>
+    <t>HOSTETLER KELLI J</t>
+  </si>
+  <si>
+    <t>10534 SW STATE ROUTE 36</t>
+  </si>
+  <si>
+    <t>50-00149-001</t>
+  </si>
+  <si>
+    <t>FRONSMAN FRANK N JR</t>
+  </si>
+  <si>
+    <t>SW WINDING STAIRS DR</t>
+  </si>
+  <si>
+    <t>50-00150-002</t>
+  </si>
+  <si>
+    <t>2955 SW CENTENARY HILL RD</t>
+  </si>
+  <si>
+    <t>50-00151-001</t>
+  </si>
+  <si>
+    <t>TAYLOR LISA D</t>
+  </si>
+  <si>
+    <t>12569 SW WINDING STAIRS DR</t>
+  </si>
+  <si>
+    <t>50-00151-005</t>
+  </si>
+  <si>
+    <t>WENDLING LINDA S</t>
+  </si>
+  <si>
+    <t>12645 SW WINDING STAIRS DR</t>
+  </si>
+  <si>
+    <t>50-00161-000</t>
+  </si>
+  <si>
+    <t>GUNTON MARK W &amp; CHERYL</t>
+  </si>
+  <si>
+    <t>1471 SW ENOS RD</t>
+  </si>
+  <si>
+    <t>50-00166-000</t>
+  </si>
+  <si>
+    <t>CHRISTMAS JERICHO</t>
+  </si>
+  <si>
+    <t>8583 SW BUNKER HILL RD</t>
   </si>
   <si>
     <t>50-00246-001</t>
   </si>
   <si>
     <t>HENDERSON MICHAEL</t>
   </si>
   <si>
+    <t>50-00248-004</t>
+  </si>
+  <si>
+    <t>TRC HOLDINGS LLC &amp; SSDA HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t>SW WOLF RD</t>
+  </si>
+  <si>
+    <t>50-00248-005</t>
+  </si>
+  <si>
+    <t>50-00309-000</t>
+  </si>
+  <si>
+    <t>WATSON RONALD E JR &amp; JAMES C</t>
+  </si>
+  <si>
+    <t>11939 SW GLASGOW RD</t>
+  </si>
+  <si>
     <t>50-00319-000</t>
   </si>
   <si>
     <t>YORK CAROLYN A</t>
   </si>
   <si>
-    <t>SW WOLF RD</t>
-[...1 lines deleted...]
-  <si>
     <t>50-00324-000</t>
   </si>
   <si>
-    <t>50-00868-000</t>
-[...5 lines deleted...]
-    <t>4920 SW WEST HILL RD</t>
+    <t>50-00397-003</t>
+  </si>
+  <si>
+    <t>FILLMAN RICHARD A JR</t>
+  </si>
+  <si>
+    <t>SW STATE ROUTE 36</t>
+  </si>
+  <si>
+    <t>50-00410-001</t>
+  </si>
+  <si>
+    <t>QUILLIN GARY L &amp; GINGER L</t>
+  </si>
+  <si>
+    <t>10526 SW STATE ROUTE 36</t>
+  </si>
+  <si>
+    <t>50-00573-000</t>
+  </si>
+  <si>
+    <t>MILLER LARRY E JR &amp; ASHLIEGH N</t>
+  </si>
+  <si>
+    <t>9139 SW TSCHUDY HILL RD</t>
+  </si>
+  <si>
+    <t>50-00814-001</t>
+  </si>
+  <si>
+    <t>MILLER GLENN G</t>
+  </si>
+  <si>
+    <t>SW TSCHUDY HILL RD</t>
+  </si>
+  <si>
+    <t>50-00872-001</t>
+  </si>
+  <si>
+    <t>COLVIN CHAD A &amp; AMY</t>
+  </si>
+  <si>
+    <t>FILLMAN BOTTOM RD</t>
   </si>
   <si>
     <t>50-00926-000</t>
   </si>
   <si>
     <t>ROBINSON AARON W &amp; JENNIFER L</t>
   </si>
   <si>
     <t>N ST CLAIRSVILLE ST</t>
   </si>
   <si>
     <t>50-00927-000</t>
   </si>
   <si>
     <t>415 N ST CLAIRSVILLE ST</t>
   </si>
   <si>
     <t>50-00957-000</t>
   </si>
   <si>
     <t>POORBOY EXPLORATION INC</t>
   </si>
   <si>
     <t/>
   </si>
@@ -142,207 +274,531 @@
   <si>
     <t>MAPLE ELLEN M</t>
   </si>
   <si>
     <t>2754 SW MAPLE LEAF DR</t>
   </si>
   <si>
     <t>5002183</t>
   </si>
   <si>
     <t>SNAK THOMAS W SR</t>
   </si>
   <si>
     <t>2242 SW FILLMAN BOTTOM RD</t>
   </si>
   <si>
     <t>5002225</t>
   </si>
   <si>
     <t>FANSLER MEGAN</t>
   </si>
   <si>
     <t>2784 SW MAPLE LEAF DR LOT 4</t>
   </si>
   <si>
+    <t>5006329</t>
+  </si>
+  <si>
+    <t>DECKER ALESIA E &amp; MICHAEL J</t>
+  </si>
+  <si>
+    <t>11858 SW GLASGOW RD</t>
+  </si>
+  <si>
+    <t>52-00023-000</t>
+  </si>
+  <si>
+    <t>THORNTON ROBERT E &amp; VIRGINIA L</t>
+  </si>
+  <si>
+    <t>204 W MAIN ST</t>
+  </si>
+  <si>
+    <t>52-00028-000</t>
+  </si>
+  <si>
+    <t>WRIGHT DANIEL L</t>
+  </si>
+  <si>
+    <t>112 E MAIN ST</t>
+  </si>
+  <si>
+    <t>52-00031-000</t>
+  </si>
+  <si>
+    <t>HELSEL JEREMY L</t>
+  </si>
+  <si>
+    <t>113 E RAILROAD ST</t>
+  </si>
+  <si>
+    <t>52-00042-000</t>
+  </si>
+  <si>
+    <t>WRIGHT JAIME N</t>
+  </si>
+  <si>
+    <t>111 N WOOD ST</t>
+  </si>
+  <si>
     <t>52-00066-000</t>
   </si>
   <si>
     <t>HURSEY DAVID M</t>
   </si>
   <si>
     <t>106 E MAIN ST</t>
   </si>
   <si>
+    <t>52-00090-000</t>
+  </si>
+  <si>
+    <t>RECCO BOBBY V &amp; KATHY JO</t>
+  </si>
+  <si>
+    <t>600 W MAIN ST</t>
+  </si>
+  <si>
+    <t>52-00092-000</t>
+  </si>
+  <si>
+    <t>BRICK DANIEL D &amp; DANIEL M &amp; CARLA M</t>
+  </si>
+  <si>
+    <t>215 FIRST ST</t>
+  </si>
+  <si>
     <t>52-00124-000</t>
   </si>
   <si>
     <t>VILLAGE OF PORT WASHINGTON</t>
   </si>
   <si>
     <t>E MAIN ST</t>
   </si>
   <si>
     <t>52-00125-000</t>
   </si>
   <si>
     <t>104 E MAIN ST</t>
   </si>
   <si>
     <t>52-00128-000</t>
   </si>
   <si>
     <t>MEEK KEVIN</t>
   </si>
   <si>
     <t>107 N ST CLAIRSVILLE ST</t>
   </si>
   <si>
+    <t>52-00145-000</t>
+  </si>
+  <si>
+    <t>COEN MASEN D</t>
+  </si>
+  <si>
+    <t>304 W MAIN ST</t>
+  </si>
+  <si>
+    <t>52-00155-000</t>
+  </si>
+  <si>
+    <t>CORPMAN ROBIN L</t>
+  </si>
+  <si>
+    <t>400 S ST CLAIRSVILLE ST</t>
+  </si>
+  <si>
+    <t>52-00157-000</t>
+  </si>
+  <si>
+    <t>PARSONS LORI D &amp; STACY E GREENWALT</t>
+  </si>
+  <si>
+    <t>HIGH ST</t>
+  </si>
+  <si>
+    <t>52-00158-000</t>
+  </si>
+  <si>
+    <t>CHERRY ST</t>
+  </si>
+  <si>
+    <t>52-00159-000</t>
+  </si>
+  <si>
+    <t>S ST CLAIRSVILLE ST</t>
+  </si>
+  <si>
     <t>52-00169-000</t>
   </si>
   <si>
     <t>100 E MAIN ST</t>
   </si>
   <si>
+    <t>52-00173-000</t>
+  </si>
+  <si>
+    <t>ROTH BRITTNEY A &amp; DANIEL C</t>
+  </si>
+  <si>
+    <t>303 S ST CLAIRSVILLE ST</t>
+  </si>
+  <si>
+    <t>52-00175-000</t>
+  </si>
+  <si>
+    <t>BRANIFF GARY &amp; SUSAN</t>
+  </si>
+  <si>
+    <t>112 E ARCH ST</t>
+  </si>
+  <si>
+    <t>52-00200-000</t>
+  </si>
+  <si>
+    <t>SEEVERS AMY J &amp; JOSHUA ARMSTRONG</t>
+  </si>
+  <si>
+    <t>101 S ST CLAIRSVILLE ST</t>
+  </si>
+  <si>
+    <t>52-00201-000</t>
+  </si>
+  <si>
+    <t>ICE JOSHUA MARTIN</t>
+  </si>
+  <si>
+    <t>589 W MAIN ST</t>
+  </si>
+  <si>
+    <t>52-00204-000</t>
+  </si>
+  <si>
+    <t>STANSBERY RONALD EDWARD &amp; VALERIE K</t>
+  </si>
+  <si>
+    <t>103 RAILROAD ST</t>
+  </si>
+  <si>
+    <t>52-00219-000</t>
+  </si>
+  <si>
+    <t>PORTER KEITH A &amp; PEGGY</t>
+  </si>
+  <si>
+    <t>100 W ARCH ST</t>
+  </si>
+  <si>
     <t>52-00225-000</t>
   </si>
   <si>
     <t>MILLS KIRK B &amp; PAMELA J MURRAY</t>
   </si>
   <si>
     <t>212 E MAIN ST</t>
   </si>
   <si>
     <t>52-00227-000</t>
   </si>
   <si>
     <t>MILLS KIRK B</t>
   </si>
   <si>
     <t>111 E MAIN ST</t>
   </si>
   <si>
     <t>52-00233-000</t>
   </si>
   <si>
     <t>MURRAY PAMELA J</t>
   </si>
   <si>
     <t>609 CORNET ST</t>
   </si>
   <si>
     <t>52-00235-000</t>
   </si>
   <si>
     <t>THORNTON WENDY K</t>
   </si>
   <si>
     <t>304 N HIGH ST</t>
   </si>
   <si>
+    <t>52-00251-000</t>
+  </si>
+  <si>
+    <t>ROBINSON AARON</t>
+  </si>
+  <si>
+    <t>413 S ST CLAIRSVILLE ST</t>
+  </si>
+  <si>
+    <t>52-00254-000</t>
+  </si>
+  <si>
+    <t>WILLIAMS DAVID V &amp; BERNADINE</t>
+  </si>
+  <si>
+    <t>219 N ST CLAIRSVILLE ST</t>
+  </si>
+  <si>
+    <t>52-00256-000</t>
+  </si>
+  <si>
+    <t>BOOTH RODERICK E &amp; MARSHA BELT BOOTH &amp; WILMA JEAN ARMSTRONG</t>
+  </si>
+  <si>
+    <t>210 E MAIN ST</t>
+  </si>
+  <si>
+    <t>52-00262-000</t>
+  </si>
+  <si>
+    <t>CORPMAN JOSEPH W</t>
+  </si>
+  <si>
+    <t>111 N HIGH ST</t>
+  </si>
+  <si>
+    <t>52-00280-000</t>
+  </si>
+  <si>
+    <t>HALTER JACKLYNN J</t>
+  </si>
+  <si>
+    <t>CORNET ST</t>
+  </si>
+  <si>
     <t>52-00380-000</t>
   </si>
   <si>
     <t>SMART HARRY &amp; SHARON</t>
   </si>
   <si>
     <t>171 E ARCH ST REAR</t>
   </si>
   <si>
     <t>52-00380-001</t>
   </si>
   <si>
     <t>CALLAHAN IKIE R</t>
   </si>
   <si>
     <t>171 E ARCH ST REAR A</t>
   </si>
   <si>
+    <t>52-00381-000</t>
+  </si>
+  <si>
+    <t>GARBRANDT BRANDON B</t>
+  </si>
+  <si>
+    <t>211 E ARCH ST</t>
+  </si>
+  <si>
     <t>52-00382-000</t>
   </si>
   <si>
     <t>E ARCH ST REAR</t>
   </si>
   <si>
     <t>52-00382-001</t>
   </si>
   <si>
+    <t>52-00388-000</t>
+  </si>
+  <si>
+    <t>RENO ST</t>
+  </si>
+  <si>
+    <t>52-00399-000</t>
+  </si>
+  <si>
+    <t>LOTUT LYUBOMIR JR</t>
+  </si>
+  <si>
+    <t>207 W MAIN ST</t>
+  </si>
+  <si>
+    <t>52-00425-000</t>
+  </si>
+  <si>
+    <t>W MAIN ST</t>
+  </si>
+  <si>
     <t>5202343</t>
   </si>
   <si>
     <t>SMART SHARON L</t>
   </si>
   <si>
     <t>171 ARCH ST REAR</t>
   </si>
   <si>
     <t>5202349</t>
   </si>
   <si>
     <t>CALLAHAN IKE</t>
   </si>
   <si>
     <t>ARCH ST</t>
   </si>
   <si>
     <t>5203361</t>
   </si>
   <si>
     <t>THORNTON WHENDY KAY</t>
   </si>
   <si>
+    <t>51-00045-000</t>
+  </si>
+  <si>
+    <t>CALLENDER JESSICA A</t>
+  </si>
+  <si>
+    <t>NEWCOMERSTOWN EX VILL SD</t>
+  </si>
+  <si>
+    <t>11072 SW WOLF STATION RD</t>
+  </si>
+  <si>
+    <t>51-00046-000</t>
+  </si>
+  <si>
+    <t>SW WOLF STATION RD</t>
+  </si>
+  <si>
+    <t>51-00047-000</t>
+  </si>
+  <si>
+    <t>51-00048-000</t>
+  </si>
+  <si>
+    <t>51-00071-004</t>
+  </si>
+  <si>
+    <t>GIBBS WILLIAM H JR</t>
+  </si>
+  <si>
+    <t>5532 SW WOLF RD</t>
+  </si>
+  <si>
+    <t>51-00096-002</t>
+  </si>
+  <si>
+    <t>OLINGER FRED J</t>
+  </si>
+  <si>
+    <t>SW STONECREEK RD</t>
+  </si>
+  <si>
     <t>5100137</t>
   </si>
   <si>
     <t>METCALF JAMES T PAULA D POTSCHNER-METCALF</t>
   </si>
   <si>
-    <t>NEWCOMERSTOWN EX VILL SD</t>
-[...1 lines deleted...]
-  <si>
     <t>4911 SW FRYS VALLEY RD</t>
   </si>
   <si>
+    <t>51-00138-001</t>
+  </si>
+  <si>
+    <t>GASKILL LARRY D &amp; SUSAN M CELUCK TRUSTEES ETAL</t>
+  </si>
+  <si>
     <t>5100217</t>
   </si>
   <si>
     <t>GAMBLE CARRIE J &amp; MARVIN S GAMBLE</t>
   </si>
   <si>
     <t>8740 SW BURTSCHER RD</t>
   </si>
   <si>
+    <t>51-00217-000</t>
+  </si>
+  <si>
+    <t>TRAILWAY RESOURCES LLC</t>
+  </si>
+  <si>
+    <t>7945 SW BUCKHORN RD</t>
+  </si>
+  <si>
+    <t>51-00223-000</t>
+  </si>
+  <si>
+    <t>51-00258-000</t>
+  </si>
+  <si>
+    <t>SOCKMAN TRAVIS</t>
+  </si>
+  <si>
+    <t>11113 SW WOLF STATION RD</t>
+  </si>
+  <si>
+    <t>51-00335-000</t>
+  </si>
+  <si>
+    <t>BRYANT JOHN LEE &amp; CATHY I</t>
+  </si>
+  <si>
+    <t>11237 SW WOLF STATION RD</t>
+  </si>
+  <si>
+    <t>5100354</t>
+  </si>
+  <si>
+    <t>LACARE CHARITY L</t>
+  </si>
+  <si>
+    <t>7558 ELLIOTT RD</t>
+  </si>
+  <si>
+    <t>51-00949-000</t>
+  </si>
+  <si>
+    <t>TRUEX RAYMOND M &amp; BONNIE L</t>
+  </si>
+  <si>
     <t>51-00951-000</t>
   </si>
   <si>
     <t>HART JAMES G &amp; ROBERTA J</t>
   </si>
   <si>
-    <t>SW STONECREEK RD</t>
-[...1 lines deleted...]
-  <si>
     <t>51-01100-000</t>
+  </si>
+  <si>
+    <t>5101931</t>
+  </si>
+  <si>
+    <t>TRUEX BONNIE L</t>
   </si>
   <si>
     <t>5102184</t>
   </si>
   <si>
     <t>HANSHAW JACQUELINE L</t>
   </si>
   <si>
     <t>9545 SW LITTLE BUCKHORN RD</t>
   </si>
   <si>
     <t>5102280</t>
   </si>
   <si>
     <t>ELLIOTT IV LEROY</t>
   </si>
   <si>
     <t>7562 ELLIOTT RD</t>
   </si>
   <si>
     <t>5104388</t>
   </si>
   <si>
     <t>KEITH BEULAH M</t>
   </si>
@@ -394,969 +850,2166 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F43" headerRowCount="1">
-  <autoFilter ref="A1:F43"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F100" headerRowCount="1">
+  <autoFilter ref="A1:F100"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49207&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49457&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49459&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50428&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74234&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48879&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=48986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49041&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49194&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49207&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68850&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49240&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49456&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49457&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49459&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74161&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71461&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50234&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50242&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50254&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50334&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50365&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50366&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50367&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50380&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50405&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50426&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50428&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50432&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50434&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50451&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50460&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50478&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74261&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49556&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49575&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74196&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74197&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49753&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49788&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=49868&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=50174&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73920&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74227&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74234&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F43"/>
+  <dimension ref="A1:F100"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-    <col min="2" max="2" width="45.82805252075195" customWidth="1"/>
+    <col min="2" max="2" width="66.66891479492188" customWidth="1"/>
     <col min="3" max="3" width="28.757186889648438" customWidth="1"/>
     <col min="4" max="4" width="28.981237411499023" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>2863.28</v>
+        <v>880.67</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>2515.35</v>
+        <v>3062.09</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>47.61</v>
+        <v>977.26</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>94.86</v>
+        <v>154.74</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>2519.32</v>
+        <v>576.12</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E7" s="2">
-        <v>763.42</v>
+        <v>446.89</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E8" s="2">
-        <v>12920.18</v>
+        <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E9" s="2">
-        <v>13.82</v>
+        <v>385.45</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="E10" s="2">
-        <v>59.87</v>
+        <v>750.72</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="E11" s="2">
-        <v>17.51</v>
+        <v>1226.02</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="E12" s="2">
-        <v>29.46</v>
+        <v>2849.87</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="E13" s="2">
-        <v>15.66</v>
+        <v>0.21</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="E14" s="2">
-        <v>18.39</v>
+        <v>0.14</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E15" s="2">
-        <v>44.97</v>
+        <v>565.75</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E16" s="2">
-        <v>147.42</v>
+        <v>148.4</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E17" s="2">
-        <v>6436.76</v>
+        <v>295.95</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E18" s="2">
-        <v>109.05</v>
+        <v>0.02</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="E19" s="2">
-        <v>2330.25</v>
+        <v>150.05</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="E20" s="2">
-        <v>91.4</v>
+        <v>1259.14</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="E21" s="2">
-        <v>13092.86</v>
+        <v>10.82</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="E22" s="2">
-        <v>49.68</v>
+        <v>848.31</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="E23" s="2">
-        <v>43.5</v>
+        <v>863.82</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="E24" s="2">
-        <v>1772.79</v>
+        <v>14332.26</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="E25" s="2">
-        <v>2159.97</v>
+        <v>14.19</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="E26" s="2">
-        <v>1800.94</v>
+        <v>61.46</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E27" s="2">
-        <v>2733.01</v>
+        <v>17.98</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>11449.35</v>
+        <v>30.25</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="E29" s="2">
-        <v>28456.31</v>
+        <v>16.08</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B30" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="2">
-        <v>4667.12</v>
+        <v>18.88</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E31" s="2">
-        <v>826.75</v>
+        <v>88.86</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E32" s="2">
-        <v>2777.15</v>
+        <v>158.73</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E33" s="2">
-        <v>2828.19</v>
+        <v>6860.69</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="E34" s="2">
-        <v>205.18</v>
+        <v>340.54</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E35" s="2">
-        <v>991.77</v>
+        <v>123.58</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E36" s="2">
-        <v>2251.16</v>
+        <v>184.74</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E37" s="2">
-        <v>27.76</v>
+        <v>184.74</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>26</v>
+        <v>99</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="E38" s="2">
-        <v>26.46</v>
+        <v>184.74</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E39" s="2">
-        <v>45.54</v>
+        <v>184.74</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="E40" s="2">
-        <v>318.33</v>
+        <v>4050.01</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E41" s="2">
-        <v>3679.66</v>
+        <v>742.57</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E42" s="2">
-        <v>16128.69</v>
+        <v>166.27</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>89</v>
+        <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="E43" s="2">
-        <v>31.19</v>
+        <v>138.4</v>
       </c>
       <c r="F43" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="E44" s="2">
+        <v>15323.98</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E45" s="2">
+        <v>961.32</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="E46" s="2">
+        <v>207.9</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="E47" s="2">
+        <v>184.74</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="E48" s="2">
+        <v>56.53</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="E49" s="2">
+        <v>56.41</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="E50" s="2">
+        <v>288.72</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="E51" s="2">
+        <v>71.97</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="E52" s="2">
+        <v>368.48</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="E53" s="2">
+        <v>369.48</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="E54" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="E55" s="2">
+        <v>4.97</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="E56" s="2">
+        <v>160.12</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="E57" s="2">
+        <v>369.48</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="E58" s="2">
+        <v>3551.57</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="E59" s="2">
+        <v>184.74</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="E60" s="2">
+        <v>3609.05</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="E61" s="2">
+        <v>3723.44</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="E62" s="2">
+        <v>369.48</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="E63" s="2">
+        <v>184.74</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="E64" s="2">
+        <v>369.48</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="E65" s="2">
+        <v>328.6</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="E66" s="2">
+        <v>0.12</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="E67" s="2">
+        <v>12644.53</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="E68" s="2">
+        <v>30301.35</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="E69" s="2">
+        <v>369.48</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="E70" s="2">
+        <v>4828.76</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="E71" s="2">
+        <v>885.98</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="E72" s="2">
+        <v>33.24</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="E73" s="2">
+        <v>976.82</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="E74" s="2">
+        <v>1.93</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="E75" s="2">
+        <v>2893.89</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="E76" s="2">
+        <v>2946.28</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="E77" s="2">
+        <v>298.06</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="E78" s="2">
+        <v>306.49</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="E79" s="2">
+        <v>10.53</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="E80" s="2">
+        <v>10.53</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="E81" s="2">
+        <v>10.53</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="E82" s="2">
+        <v>953.18</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D83" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="E83" s="2">
+        <v>165.81</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="E84" s="2">
+        <v>1317.95</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D85" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="E85" s="2">
+        <v>0.23</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="E86" s="2">
+        <v>2830.77</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="E87" s="2">
+        <v>23.84</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D88" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="E88" s="2">
+        <v>183.48</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="E89" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="E90" s="2">
+        <v>62.5</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="E91" s="2">
+        <v>55.5</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D92" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="E92" s="2">
+        <v>3.22</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D93" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="E93" s="2">
+        <v>34.45</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D94" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="E94" s="2">
+        <v>27.17</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="E95" s="2">
+        <v>6.96</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D96" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="E96" s="2">
+        <v>52.7</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D97" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="E97" s="2">
+        <v>342.34</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="E98" s="2">
+        <v>3999.41</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="E99" s="2">
+        <v>17194.79</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="E100" s="2">
+        <v>63.19</v>
+      </c>
+      <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
+    <hyperlink ref="F44" r:id="rId44"/>
+    <hyperlink ref="F45" r:id="rId45"/>
+    <hyperlink ref="F46" r:id="rId46"/>
+    <hyperlink ref="F47" r:id="rId47"/>
+    <hyperlink ref="F48" r:id="rId48"/>
+    <hyperlink ref="F49" r:id="rId49"/>
+    <hyperlink ref="F50" r:id="rId50"/>
+    <hyperlink ref="F51" r:id="rId51"/>
+    <hyperlink ref="F52" r:id="rId52"/>
+    <hyperlink ref="F53" r:id="rId53"/>
+    <hyperlink ref="F54" r:id="rId54"/>
+    <hyperlink ref="F55" r:id="rId55"/>
+    <hyperlink ref="F56" r:id="rId56"/>
+    <hyperlink ref="F57" r:id="rId57"/>
+    <hyperlink ref="F58" r:id="rId58"/>
+    <hyperlink ref="F59" r:id="rId59"/>
+    <hyperlink ref="F60" r:id="rId60"/>
+    <hyperlink ref="F61" r:id="rId61"/>
+    <hyperlink ref="F62" r:id="rId62"/>
+    <hyperlink ref="F63" r:id="rId63"/>
+    <hyperlink ref="F64" r:id="rId64"/>
+    <hyperlink ref="F65" r:id="rId65"/>
+    <hyperlink ref="F66" r:id="rId66"/>
+    <hyperlink ref="F67" r:id="rId67"/>
+    <hyperlink ref="F68" r:id="rId68"/>
+    <hyperlink ref="F69" r:id="rId69"/>
+    <hyperlink ref="F70" r:id="rId70"/>
+    <hyperlink ref="F71" r:id="rId71"/>
+    <hyperlink ref="F72" r:id="rId72"/>
+    <hyperlink ref="F73" r:id="rId73"/>
+    <hyperlink ref="F74" r:id="rId74"/>
+    <hyperlink ref="F75" r:id="rId75"/>
+    <hyperlink ref="F76" r:id="rId76"/>
+    <hyperlink ref="F77" r:id="rId77"/>
+    <hyperlink ref="F78" r:id="rId78"/>
+    <hyperlink ref="F79" r:id="rId79"/>
+    <hyperlink ref="F80" r:id="rId80"/>
+    <hyperlink ref="F81" r:id="rId81"/>
+    <hyperlink ref="F82" r:id="rId82"/>
+    <hyperlink ref="F83" r:id="rId83"/>
+    <hyperlink ref="F84" r:id="rId84"/>
+    <hyperlink ref="F85" r:id="rId85"/>
+    <hyperlink ref="F86" r:id="rId86"/>
+    <hyperlink ref="F87" r:id="rId87"/>
+    <hyperlink ref="F88" r:id="rId88"/>
+    <hyperlink ref="F89" r:id="rId89"/>
+    <hyperlink ref="F90" r:id="rId90"/>
+    <hyperlink ref="F91" r:id="rId91"/>
+    <hyperlink ref="F92" r:id="rId92"/>
+    <hyperlink ref="F93" r:id="rId93"/>
+    <hyperlink ref="F94" r:id="rId94"/>
+    <hyperlink ref="F95" r:id="rId95"/>
+    <hyperlink ref="F96" r:id="rId96"/>
+    <hyperlink ref="F97" r:id="rId97"/>
+    <hyperlink ref="F98" r:id="rId98"/>
+    <hyperlink ref="F99" r:id="rId99"/>
+    <hyperlink ref="F100" r:id="rId100"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>