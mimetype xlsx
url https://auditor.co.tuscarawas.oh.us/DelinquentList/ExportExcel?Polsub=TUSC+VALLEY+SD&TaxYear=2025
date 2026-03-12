--- v0 (2026-01-07)
+++ v1 (2026-03-12)
@@ -5,2440 +5,1579 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="824" uniqueCount="824">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="534" uniqueCount="534">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>16-00001-002</t>
-[...2 lines deleted...]
-    <t>GARTRELL JOHN A 1/6 INT ETAL</t>
+    <t>16-00014-000</t>
+  </si>
+  <si>
+    <t>BEAVERS ANTHONY G</t>
   </si>
   <si>
     <t>TUSC VALLEY SD</t>
   </si>
   <si>
-    <t>N MAHER RD</t>
+    <t>NE TABOR RIDGE RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>16-00001-003</t>
-[...28 lines deleted...]
-  <si>
     <t>16-00188-000</t>
   </si>
   <si>
     <t>PUSKARICH NICK J</t>
   </si>
   <si>
     <t>SE BOONE RD</t>
   </si>
   <si>
     <t>16-00189-000</t>
   </si>
   <si>
     <t>16-00190-000</t>
   </si>
   <si>
     <t>16-00191-000</t>
   </si>
   <si>
-    <t>16-00244-000</t>
-[...25 lines deleted...]
-  <si>
     <t>16-00279-000</t>
   </si>
   <si>
     <t>GERBER SHIRLEY J</t>
   </si>
   <si>
     <t>SUB STATION RD</t>
   </si>
   <si>
-    <t>1600294</t>
-[...7 lines deleted...]
-  <si>
     <t>16-00315-000</t>
   </si>
   <si>
     <t>RAINSBURG MICHALE A &amp; TERESA F</t>
   </si>
   <si>
     <t>6063 NE RIGGLE HILL RD</t>
   </si>
   <si>
-    <t>16-00323-002</t>
+    <t>16-00326-018</t>
+  </si>
+  <si>
+    <t>HARMON JON</t>
+  </si>
+  <si>
+    <t>GOLFVIEW DR</t>
+  </si>
+  <si>
+    <t>16-00483-000</t>
+  </si>
+  <si>
+    <t>MARKLEY ELIZABETH L</t>
+  </si>
+  <si>
+    <t>STATE ROUTE 800</t>
+  </si>
+  <si>
+    <t>16-00497-000</t>
+  </si>
+  <si>
+    <t>MCGRAW ARTHUR W &amp; CAROLINE L</t>
+  </si>
+  <si>
+    <t>2799 NE JOHNSTOWN RD</t>
+  </si>
+  <si>
+    <t>1600501</t>
+  </si>
+  <si>
+    <t>CONAWAY WILLIAM E &amp; NELLIE E</t>
+  </si>
+  <si>
+    <t>5686 NE STATE ROUTE 212</t>
+  </si>
+  <si>
+    <t>16-00514-000</t>
+  </si>
+  <si>
+    <t>LINARD ROBERT O JR</t>
+  </si>
+  <si>
+    <t>4532 NE JOHNSTOWN RD</t>
+  </si>
+  <si>
+    <t>16-00542-000</t>
+  </si>
+  <si>
+    <t>HENLINE CATHERINE P</t>
+  </si>
+  <si>
+    <t>6914 NE OLD ZOARVILLE RD</t>
+  </si>
+  <si>
+    <t>1600617</t>
+  </si>
+  <si>
+    <t>RAINSBURG MICHAEL A</t>
+  </si>
+  <si>
+    <t>16-00657-000</t>
+  </si>
+  <si>
+    <t>HOGUE PHILLIP S D</t>
+  </si>
+  <si>
+    <t>7004 NE BOY SCOUT RD</t>
+  </si>
+  <si>
+    <t>16-00679-000</t>
+  </si>
+  <si>
+    <t>BROOKS RICHARD M</t>
+  </si>
+  <si>
+    <t>5710 NE STATE ROUTE 212</t>
+  </si>
+  <si>
+    <t>16-00722-000</t>
+  </si>
+  <si>
+    <t>CYRUS MINNIS E &amp; ADDA JANE</t>
+  </si>
+  <si>
+    <t>7016 NE BOY SCOUT RD</t>
+  </si>
+  <si>
+    <t>16-00940-003</t>
+  </si>
+  <si>
+    <t>KIEFFER JR WILLARD E</t>
+  </si>
+  <si>
+    <t>3246 NE TABOR RIDGE RD</t>
+  </si>
+  <si>
+    <t>16-01209-002</t>
+  </si>
+  <si>
+    <t>BEANS BRIAN D</t>
+  </si>
+  <si>
+    <t>2884 NE TABOR RIDGE RD</t>
+  </si>
+  <si>
+    <t>16-01215-001</t>
+  </si>
+  <si>
+    <t>COPEN ILENE F</t>
+  </si>
+  <si>
+    <t>6801 NE RIPLEY RD</t>
+  </si>
+  <si>
+    <t>16-01253-001</t>
+  </si>
+  <si>
+    <t>PEOPLES ELLEN R HANCOCK</t>
+  </si>
+  <si>
+    <t>4000 NE TABOR RIDGE RD</t>
+  </si>
+  <si>
+    <t>16-01437-001</t>
+  </si>
+  <si>
+    <t>GARTRELL RHONDA S</t>
+  </si>
+  <si>
+    <t>BOY SCOUT RD</t>
+  </si>
+  <si>
+    <t>16-01437-022</t>
+  </si>
+  <si>
+    <t>REESE DEBORA L ETAL</t>
+  </si>
+  <si>
+    <t>2217 NE DESSECKER DR</t>
+  </si>
+  <si>
+    <t>16-01499-002</t>
+  </si>
+  <si>
+    <t>DOMER MARTY &amp; BETH BOYD</t>
+  </si>
+  <si>
+    <t>WALTZ RD</t>
+  </si>
+  <si>
+    <t>16-01500-000</t>
+  </si>
+  <si>
+    <t>THOMPSON ROBERT &amp; AMY N</t>
+  </si>
+  <si>
+    <t>5273 NE WALTZ RD</t>
+  </si>
+  <si>
+    <t>16-01540-003</t>
+  </si>
+  <si>
+    <t>LANZER LESLIE C</t>
+  </si>
+  <si>
+    <t>5119 NE BOONE RD</t>
+  </si>
+  <si>
+    <t>16-01540-010</t>
+  </si>
+  <si>
+    <t>ALLEN ABIGAIL L &amp; CODY L</t>
+  </si>
+  <si>
+    <t>RIGGLE HILL RD</t>
+  </si>
+  <si>
+    <t>16-01540-012</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>16-00326-018</t>
-[...11 lines deleted...]
-    <t>MILLER ROBERT R &amp; ANN ELSIE</t>
+    <t>16-01612-001</t>
+  </si>
+  <si>
+    <t>DOMER BARBARA</t>
+  </si>
+  <si>
+    <t>3738 NE TALL TIMBER RD</t>
+  </si>
+  <si>
+    <t>16-01612-003</t>
+  </si>
+  <si>
+    <t>BARKER DANNY</t>
+  </si>
+  <si>
+    <t>3762 NE TALL TIMBER RD</t>
+  </si>
+  <si>
+    <t>16-01614-002</t>
+  </si>
+  <si>
+    <t>HASSEMAN EARL D &amp; JENNIFER R</t>
+  </si>
+  <si>
+    <t>SATTLERS BOTTOM RD</t>
+  </si>
+  <si>
+    <t>1601871</t>
+  </si>
+  <si>
+    <t>BARKER DANIEL</t>
+  </si>
+  <si>
+    <t>3762 NE TALL TIMBER RD NE</t>
+  </si>
+  <si>
+    <t>1602789</t>
+  </si>
+  <si>
+    <t>KERENS JESSE K</t>
+  </si>
+  <si>
+    <t>2394 TABOR RIDGE RD NE</t>
+  </si>
+  <si>
+    <t>1604980</t>
+  </si>
+  <si>
+    <t>WRANA JAMES D &amp; JOLIEN</t>
+  </si>
+  <si>
+    <t>3985 NE TABOR RIDGE RD</t>
+  </si>
+  <si>
+    <t>1605460</t>
+  </si>
+  <si>
+    <t>DOMER BARBARA A</t>
   </si>
   <si>
     <t>5285 NE WALTZ RD</t>
   </si>
   <si>
-    <t>16-00406-004</t>
-[...11 lines deleted...]
-    <t>FUND XI-A APPALACHIA, LLC ETAL</t>
+    <t>1605644</t>
+  </si>
+  <si>
+    <t>GREEN VALLEY GOLF CLUB</t>
+  </si>
+  <si>
+    <t>2657 NE PLEASANT VALLEY RD</t>
+  </si>
+  <si>
+    <t>1606814</t>
+  </si>
+  <si>
+    <t>ELLIOTT DAWN</t>
+  </si>
+  <si>
+    <t>4361 SW BUEHLER RD</t>
+  </si>
+  <si>
+    <t>1607163</t>
+  </si>
+  <si>
+    <t>CAMPBELL JENNINGS A JR</t>
+  </si>
+  <si>
+    <t>2557 NE NEW ENGLAND RD</t>
+  </si>
+  <si>
+    <t>1607678</t>
+  </si>
+  <si>
+    <t>MCINTOSH PATRICIA R</t>
+  </si>
+  <si>
+    <t>1608303</t>
+  </si>
+  <si>
+    <t>HARVEY DANITA S</t>
+  </si>
+  <si>
+    <t>4431 NE AULT RD</t>
+  </si>
+  <si>
+    <t>1608304</t>
+  </si>
+  <si>
+    <t>MULLINS WENDELL</t>
+  </si>
+  <si>
+    <t>6266 NE RIGGLE HILL RD</t>
+  </si>
+  <si>
+    <t>1608336</t>
+  </si>
+  <si>
+    <t>DANIELS GARRY</t>
+  </si>
+  <si>
+    <t>6452 NE RIPLEY RD</t>
+  </si>
+  <si>
+    <t>34-00101-017</t>
+  </si>
+  <si>
+    <t>GLICK REAL ESTATE LTD</t>
+  </si>
+  <si>
+    <t>NW REED RD</t>
+  </si>
+  <si>
+    <t>34-00101-019</t>
+  </si>
+  <si>
+    <t>3400135</t>
+  </si>
+  <si>
+    <t>RUNYON DAVID R &amp; JANET L</t>
+  </si>
+  <si>
+    <t>8588 NW REED RD</t>
+  </si>
+  <si>
+    <t>34-00390-003</t>
+  </si>
+  <si>
+    <t>MILLER SHIRLEY C ETAL</t>
+  </si>
+  <si>
+    <t>FRENCH HILL RD</t>
+  </si>
+  <si>
+    <t>34-00463-000</t>
+  </si>
+  <si>
+    <t>SWINFORD MICHAEL J</t>
+  </si>
+  <si>
+    <t>DOVER ZOAR RD</t>
+  </si>
+  <si>
+    <t>34-00481-000</t>
+  </si>
+  <si>
+    <t>HIPLE JASON J &amp; TERRA A</t>
+  </si>
+  <si>
+    <t>NW STRASBURG BOLIVAR RD</t>
+  </si>
+  <si>
+    <t>34-00482-006</t>
+  </si>
+  <si>
+    <t>VAZQUEZ JORGE</t>
+  </si>
+  <si>
+    <t>34-00493-001</t>
+  </si>
+  <si>
+    <t>CRIHFIELD CHRISTINA M</t>
+  </si>
+  <si>
+    <t>329 OLDE ORCHARD DR NE</t>
+  </si>
+  <si>
+    <t>34-00496-009</t>
+  </si>
+  <si>
+    <t>MB OPERATING CO., INC</t>
+  </si>
+  <si>
+    <t>34-00598-000</t>
+  </si>
+  <si>
+    <t>34-00608-000</t>
+  </si>
+  <si>
+    <t>SHAFER EDWARD H &amp; JULIE A</t>
+  </si>
+  <si>
+    <t>1560 NW STATE ROUTE 212</t>
+  </si>
+  <si>
+    <t>34-00736-009</t>
+  </si>
+  <si>
+    <t>THOMAS TAMIE</t>
+  </si>
+  <si>
+    <t>8878 NW REED RD</t>
+  </si>
+  <si>
+    <t>34-02371-000</t>
+  </si>
+  <si>
+    <t>MILLER CHARLES B &amp; 2 OTHERS</t>
+  </si>
+  <si>
+    <t>NE SHERMAN CHURCH RD RD</t>
+  </si>
+  <si>
+    <t>34-02390-000</t>
+  </si>
+  <si>
+    <t>RIVERBLUFF LTD</t>
+  </si>
+  <si>
+    <t>780 NE GARBERDALE SQ</t>
+  </si>
+  <si>
+    <t>34-03013-005</t>
+  </si>
+  <si>
+    <t>OLIVER RICHARD A &amp; SHARON L</t>
+  </si>
+  <si>
+    <t>ZUTAVERN CHURCH RD</t>
+  </si>
+  <si>
+    <t>34-03091-000</t>
+  </si>
+  <si>
+    <t>1065 NE SOUTH HALLMARK DR</t>
+  </si>
+  <si>
+    <t>34-03098-000</t>
+  </si>
+  <si>
+    <t>STUMP AARON J &amp; CHRISTINE A</t>
+  </si>
+  <si>
+    <t>NE NORTHWOOD AVE REAR</t>
+  </si>
+  <si>
+    <t>34-03202-000</t>
+  </si>
+  <si>
+    <t>TRUSTEES ASSEMBLEY OF GOD CHURCH</t>
+  </si>
+  <si>
+    <t>NW ST PETERS CHURCH RD</t>
+  </si>
+  <si>
+    <t>34-03333-001</t>
+  </si>
+  <si>
+    <t>AULTMAN HEALTH FOUNDATION</t>
+  </si>
+  <si>
+    <t>10724 NE STATE ROUTE 212</t>
+  </si>
+  <si>
+    <t>34-03400-000</t>
+  </si>
+  <si>
+    <t>HANEY ROGER &amp; TRACY</t>
+  </si>
+  <si>
+    <t>NE WELTON RD REAR</t>
+  </si>
+  <si>
+    <t>34-03449-000</t>
+  </si>
+  <si>
+    <t>KARAM JOSEPH L &amp; FRANK A PAULY</t>
+  </si>
+  <si>
+    <t>NE KERNS SQ</t>
+  </si>
+  <si>
+    <t>34-03450-000</t>
+  </si>
+  <si>
+    <t>OLIVER RICHARD O &amp; SHARON L</t>
+  </si>
+  <si>
+    <t>1036 NE KERNS DR</t>
+  </si>
+  <si>
+    <t>34-03469-000</t>
+  </si>
+  <si>
+    <t>WALLACE RODNEY P &amp; RICHARD A OLIVER</t>
+  </si>
+  <si>
+    <t>1077 NE KERNS DR</t>
+  </si>
+  <si>
+    <t>34-03476-000</t>
+  </si>
+  <si>
+    <t>ROG WIN INC</t>
+  </si>
+  <si>
+    <t>NE BUEHLER RD</t>
+  </si>
+  <si>
+    <t>34-03576-000</t>
+  </si>
+  <si>
+    <t>SHANE MICHAEL J</t>
+  </si>
+  <si>
+    <t>9908 NE BIMELER ST</t>
+  </si>
+  <si>
+    <t>34-03742-000</t>
+  </si>
+  <si>
+    <t>SCHROCK DEVELOPMENT COMPANY LLC</t>
+  </si>
+  <si>
+    <t>WILKSHIRE BLVD</t>
+  </si>
+  <si>
+    <t>34-03743-000</t>
+  </si>
+  <si>
+    <t>GARBERDALE SQ</t>
+  </si>
+  <si>
+    <t>34-03748-006</t>
+  </si>
+  <si>
+    <t>MCKNIGHT JOEY R &amp; CYNTHIA J</t>
+  </si>
+  <si>
+    <t>7493 NW FRENCH HILL RD</t>
+  </si>
+  <si>
+    <t>34-03756-001</t>
+  </si>
+  <si>
+    <t>MBJ PROPERTY DEVELOPMENT LLC</t>
+  </si>
+  <si>
+    <t>298 NE EDGEBROOK RD</t>
+  </si>
+  <si>
+    <t>34-03822-000</t>
+  </si>
+  <si>
+    <t>JOHNSON MATTHEW K &amp; KIEVE ANN</t>
+  </si>
+  <si>
+    <t>MICHAEL LN</t>
+  </si>
+  <si>
+    <t>34-03920-000</t>
+  </si>
+  <si>
+    <t>HABRUN TODD ALLEN &amp; CYNTHIA MARIE</t>
+  </si>
+  <si>
+    <t>9700 NE BIMELER ST</t>
+  </si>
+  <si>
+    <t>37-00071-000</t>
+  </si>
+  <si>
+    <t>BURKHART PAUL JOSEPH</t>
+  </si>
+  <si>
+    <t>557 NE CANAL ST</t>
+  </si>
+  <si>
+    <t>37-00100-000</t>
+  </si>
+  <si>
+    <t>OLIVER RICHARD A</t>
+  </si>
+  <si>
+    <t>533 NE PARK AVE</t>
+  </si>
+  <si>
+    <t>37-00140-000</t>
+  </si>
+  <si>
+    <t>WOODS-WESTON ZACHARY A</t>
+  </si>
+  <si>
+    <t>NE CANAL ST</t>
+  </si>
+  <si>
+    <t>37-00249-000</t>
+  </si>
+  <si>
+    <t>WALSH LISA K</t>
+  </si>
+  <si>
+    <t>525 NW LADYNE AVE</t>
+  </si>
+  <si>
+    <t>37-00293-000</t>
+  </si>
+  <si>
+    <t>KING JOSEPH C</t>
+  </si>
+  <si>
+    <t>224 SW POPLAR ST</t>
+  </si>
+  <si>
+    <t>37-00298-000</t>
+  </si>
+  <si>
+    <t>CONVST, LLC</t>
+  </si>
+  <si>
+    <t>357 SE CANAL ST</t>
+  </si>
+  <si>
+    <t>37-00320-000</t>
+  </si>
+  <si>
+    <t>LASH JOHN</t>
+  </si>
+  <si>
+    <t>37-00436-000</t>
+  </si>
+  <si>
+    <t>OLIVER RICHARD &amp; SHARON</t>
+  </si>
+  <si>
+    <t>540 NW PARK AVE</t>
+  </si>
+  <si>
+    <t>37-00489-000</t>
+  </si>
+  <si>
+    <t>509 NE PARK AVE</t>
+  </si>
+  <si>
+    <t>37-00541-000</t>
+  </si>
+  <si>
+    <t>DEVORE MARY LOU</t>
+  </si>
+  <si>
+    <t>216 NW BOLIVAR ST</t>
+  </si>
+  <si>
+    <t>37-00547-000</t>
+  </si>
+  <si>
+    <t>CJRP, LLC</t>
+  </si>
+  <si>
+    <t>141 SW WATER ST</t>
+  </si>
+  <si>
+    <t>37-00592-000</t>
+  </si>
+  <si>
+    <t>MILLIKEN JEREMY R</t>
+  </si>
+  <si>
+    <t>NW LADYNE AVE</t>
+  </si>
+  <si>
+    <t>37-00619-000</t>
+  </si>
+  <si>
+    <t>SW WATER ST</t>
+  </si>
+  <si>
+    <t>37-00711-001</t>
+  </si>
+  <si>
+    <t>556 SW PARK AVE</t>
+  </si>
+  <si>
+    <t>38-00016-000</t>
+  </si>
+  <si>
+    <t>LOWERY JAMES &amp; KAELA</t>
+  </si>
+  <si>
+    <t>245 E THIRD ST</t>
+  </si>
+  <si>
+    <t>38-00308-000</t>
+  </si>
+  <si>
+    <t>M &amp; M ENTERPRISES LIMITED LIABILITY CO</t>
+  </si>
+  <si>
+    <t>WEST OF ZOAR</t>
+  </si>
+  <si>
+    <t>54-00150-000</t>
+  </si>
+  <si>
+    <t>DORSEY ROBERT</t>
+  </si>
+  <si>
+    <t>8537 NE LINDERS ALY</t>
+  </si>
+  <si>
+    <t>54-00170-000</t>
+  </si>
+  <si>
+    <t>GRANT BEVERLY J</t>
+  </si>
+  <si>
+    <t>8986 NE TUNNEL HILL RD</t>
+  </si>
+  <si>
+    <t>54-00198-000</t>
+  </si>
+  <si>
+    <t>BUCH LOUIS S</t>
+  </si>
+  <si>
+    <t>8554 NE GERMAN CEMETERY RD</t>
+  </si>
+  <si>
+    <t>54-00215-000</t>
+  </si>
+  <si>
+    <t>KAISER JR EDWARD J</t>
+  </si>
+  <si>
+    <t>NE LINDENTREE RD</t>
+  </si>
+  <si>
+    <t>54-00222-000</t>
+  </si>
+  <si>
+    <t>JOHNSTON JOHN P</t>
+  </si>
+  <si>
+    <t>MCKINLEY AVE</t>
+  </si>
+  <si>
+    <t>54-00225-000</t>
+  </si>
+  <si>
+    <t>KAHLER CODY LEE &amp; TINA MARIE</t>
+  </si>
+  <si>
+    <t>7656 NE HUFF RUN RD</t>
+  </si>
+  <si>
+    <t>54-00300-000</t>
+  </si>
+  <si>
+    <t>WARD BRENDAN</t>
+  </si>
+  <si>
+    <t>54-00301-000</t>
+  </si>
+  <si>
+    <t>8637 NE MCKINLEY AVE</t>
+  </si>
+  <si>
+    <t>54-00326-000</t>
+  </si>
+  <si>
+    <t>MILLER JOSEPHINE</t>
+  </si>
+  <si>
+    <t>54-00371-000</t>
+  </si>
+  <si>
+    <t>PUNCHEON MINNIE RUTH &amp; 2 OTHERS</t>
+  </si>
+  <si>
+    <t>54-00372-000</t>
+  </si>
+  <si>
+    <t>54-00377-001</t>
+  </si>
+  <si>
+    <t>JOBES EDWARD J &amp; VELVA J</t>
+  </si>
+  <si>
+    <t>HUFF RUN RD</t>
+  </si>
+  <si>
+    <t>54-00398-000</t>
+  </si>
+  <si>
+    <t>LEWIS THOMAS W</t>
+  </si>
+  <si>
+    <t>8574 MCKINLEY AVE</t>
+  </si>
+  <si>
+    <t>54-00421-002</t>
+  </si>
+  <si>
+    <t>NEGLEY TIMOTHY A</t>
+  </si>
+  <si>
+    <t>4609 NE SATTLER BOTTOM RD</t>
+  </si>
+  <si>
+    <t>54-00443-000</t>
+  </si>
+  <si>
+    <t>MIZER DAVID &amp; JULIE ANN &amp; JEAN</t>
+  </si>
+  <si>
+    <t>NE GERMAN CEMETERY RD</t>
+  </si>
+  <si>
+    <t>54-00547-000</t>
+  </si>
+  <si>
+    <t>LINDSAY RICHARD</t>
+  </si>
+  <si>
+    <t>8540 NE GERMAN CEMETERY RD</t>
+  </si>
+  <si>
+    <t>54-00553-000</t>
+  </si>
+  <si>
+    <t>WEISEN GARRETT</t>
+  </si>
+  <si>
+    <t>54-00554-000</t>
+  </si>
+  <si>
+    <t>54-00555-000</t>
+  </si>
+  <si>
+    <t>8618 MCKINLEY AVE</t>
+  </si>
+  <si>
+    <t>54-00557-000</t>
+  </si>
+  <si>
+    <t>54-00558-000</t>
+  </si>
+  <si>
+    <t>54-00560-002</t>
+  </si>
+  <si>
+    <t>PALMER JACOB C</t>
+  </si>
+  <si>
+    <t>NE PENNSYLVANIA AVE</t>
+  </si>
+  <si>
+    <t>54-00628-000</t>
+  </si>
+  <si>
+    <t>COPELAND JOHNNIE</t>
+  </si>
+  <si>
+    <t>54-00629-000</t>
+  </si>
+  <si>
+    <t>COPELAND JOHNNIE H</t>
+  </si>
+  <si>
+    <t>54-00648-000</t>
+  </si>
+  <si>
+    <t>STATUS-GRABER-RICHARD JAMES JR AGENT</t>
+  </si>
+  <si>
+    <t>54-01001-001</t>
+  </si>
+  <si>
+    <t>4816 NE SATTLER BOTTOM RD</t>
+  </si>
+  <si>
+    <t>54-01030-000</t>
+  </si>
+  <si>
+    <t>ALEXANDER BROTHERS INC</t>
+  </si>
+  <si>
+    <t>54-01138-000</t>
+  </si>
+  <si>
+    <t>THE HUNTINGTON NATIONAL BANK -TRUSTEE</t>
+  </si>
+  <si>
+    <t>5402276</t>
+  </si>
+  <si>
+    <t>ANDERSON LEONARD D II</t>
+  </si>
+  <si>
+    <t>5550 NE THIRD ST</t>
+  </si>
+  <si>
+    <t>5402356</t>
+  </si>
+  <si>
+    <t>ANSLOW JOANNE</t>
+  </si>
+  <si>
+    <t>8984 SANDYVILLE RD</t>
+  </si>
+  <si>
+    <t>5403001</t>
+  </si>
+  <si>
+    <t>HASSEMAN JENNIFER R</t>
+  </si>
+  <si>
+    <t>5406992</t>
+  </si>
+  <si>
+    <t>ALLEN DARREN S</t>
+  </si>
+  <si>
+    <t>8672 NE BAILEY RD</t>
+  </si>
+  <si>
+    <t>5408344</t>
+  </si>
+  <si>
+    <t>LEWIS THOMAS</t>
+  </si>
+  <si>
+    <t>8574 NE MCKINLEY AVE</t>
+  </si>
+  <si>
+    <t>5408355</t>
+  </si>
+  <si>
+    <t>EDDY MELANIE ANN</t>
+  </si>
+  <si>
+    <t>7606 NE SOMERDALE RD</t>
+  </si>
+  <si>
+    <t>5408845</t>
+  </si>
+  <si>
+    <t>DUNLAP AMY</t>
+  </si>
+  <si>
+    <t>9537 NE DUTCHTOWN EXT RD</t>
+  </si>
+  <si>
+    <t>55-00001-000</t>
+  </si>
+  <si>
+    <t>DALLAS JASON W</t>
+  </si>
+  <si>
+    <t>8593 E 1ST ST</t>
+  </si>
+  <si>
+    <t>55-00029-000</t>
+  </si>
+  <si>
+    <t>SHUTLER CURTIS L &amp; KRISTEN D</t>
+  </si>
+  <si>
+    <t>4798 W CENTER ST</t>
+  </si>
+  <si>
+    <t>55-00079-000</t>
+  </si>
+  <si>
+    <t>COTTRELL BROOKS P</t>
+  </si>
+  <si>
+    <t>FACTORY ST</t>
+  </si>
+  <si>
+    <t>55-00099-000</t>
+  </si>
+  <si>
+    <t>BISHOP BRENDA L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8311 S HIGH ST  EXT</t>
+  </si>
+  <si>
+    <t>55-00119-000</t>
+  </si>
+  <si>
+    <t>GEIS AUDRA E</t>
+  </si>
+  <si>
+    <t>NE FAIRVIEW RD</t>
+  </si>
+  <si>
+    <t>55-00174-000</t>
+  </si>
+  <si>
+    <t>HOGUE PARKER R</t>
+  </si>
+  <si>
+    <t>8380 W BROADWAY ST</t>
+  </si>
+  <si>
+    <t>55-00200-000</t>
+  </si>
+  <si>
+    <t>LOWMILLER ERROL R</t>
+  </si>
+  <si>
+    <t>E MINER ST</t>
+  </si>
+  <si>
+    <t>55-00235-000</t>
+  </si>
+  <si>
+    <t>MCKINNEY HOWARD L &amp; LAURA S PARIANO ETAL</t>
+  </si>
+  <si>
+    <t>8644 E 1ST ST</t>
+  </si>
+  <si>
+    <t>55-00275-000</t>
+  </si>
+  <si>
+    <t>SOWERS JAMES W JR &amp; LINDA K</t>
+  </si>
+  <si>
+    <t>4866 E MINER ST</t>
+  </si>
+  <si>
+    <t>55-00297-000</t>
+  </si>
+  <si>
+    <t>W NORTH ST</t>
+  </si>
+  <si>
+    <t>55-00310-000</t>
+  </si>
+  <si>
+    <t>AJ AND FAMILY COMPANY, LLC</t>
+  </si>
+  <si>
+    <t>4964 E LINDENTREE RD</t>
+  </si>
+  <si>
+    <t>55-00313-000</t>
+  </si>
+  <si>
+    <t>BEATTY VICKI &amp; BRYAN</t>
+  </si>
+  <si>
+    <t>E DUTCHTOWN RD</t>
+  </si>
+  <si>
+    <t>55-00317-000</t>
+  </si>
+  <si>
+    <t>KNEPPER CAROL</t>
+  </si>
+  <si>
+    <t>BROADWAY ST</t>
+  </si>
+  <si>
+    <t>55-00319-000</t>
+  </si>
+  <si>
+    <t>55-00322-000</t>
+  </si>
+  <si>
+    <t>8332 W BROADWAY ST</t>
+  </si>
+  <si>
+    <t>55-00331-000</t>
+  </si>
+  <si>
+    <t>STONE KEITH D &amp; TAMI A</t>
+  </si>
+  <si>
+    <t>8500 E SHORT ST</t>
+  </si>
+  <si>
+    <t>55-00334-000</t>
+  </si>
+  <si>
+    <t>SHEDRON CALUM NICHOLAS ALLEN</t>
+  </si>
+  <si>
+    <t>8370 W BROADWAY ST</t>
+  </si>
+  <si>
+    <t>55-00337-000</t>
+  </si>
+  <si>
+    <t>ANTROBIUS MATTHEW J</t>
+  </si>
+  <si>
+    <t>4666 W CENTER ST</t>
+  </si>
+  <si>
+    <t>5500339</t>
+  </si>
+  <si>
+    <t>SOWERS LINDA K</t>
+  </si>
+  <si>
+    <t>4866 E MINOR ST</t>
+  </si>
+  <si>
+    <t>55-00349-000</t>
+  </si>
+  <si>
+    <t>4769 W CENTER ST</t>
+  </si>
+  <si>
+    <t>55-00446-000</t>
+  </si>
+  <si>
+    <t>HOGUE PARKER</t>
+  </si>
+  <si>
+    <t>W BROADWAY ST</t>
+  </si>
+  <si>
+    <t>55-00481-000</t>
+  </si>
+  <si>
+    <t>SPAAR TABITHA L</t>
+  </si>
+  <si>
+    <t>4693 W CENTER ST REAR</t>
+  </si>
+  <si>
+    <t>55-00575-000</t>
+  </si>
+  <si>
+    <t>55-00618-000</t>
+  </si>
+  <si>
+    <t>CARLING JOHN E JR &amp; ROGER L COTTRELL</t>
+  </si>
+  <si>
+    <t>55-00619-000</t>
+  </si>
+  <si>
+    <t>55-00620-000</t>
+  </si>
+  <si>
+    <t>55-00625-000</t>
+  </si>
+  <si>
+    <t>NE THIRD ST</t>
+  </si>
+  <si>
+    <t>55-00638-001</t>
+  </si>
+  <si>
+    <t>S HIGH ST</t>
+  </si>
+  <si>
+    <t>55-00655-000</t>
+  </si>
+  <si>
+    <t>MINER ST</t>
+  </si>
+  <si>
+    <t>55-00664-000</t>
+  </si>
+  <si>
+    <t>62-00043-000</t>
+  </si>
+  <si>
+    <t>CARROLL TOMMY R</t>
+  </si>
+  <si>
+    <t>7974 NE LAKE DR</t>
+  </si>
+  <si>
+    <t>62-00054-000</t>
+  </si>
+  <si>
+    <t>LOUCKS SHARON ELYSE &amp; JEFFREY CLINTON</t>
+  </si>
+  <si>
+    <t>8206 NE LAPPIN LN</t>
+  </si>
+  <si>
+    <t>62-00136-000</t>
+  </si>
+  <si>
+    <t>BURKHART JOSEPH A</t>
+  </si>
+  <si>
+    <t>1565 NE OAK DALE RD</t>
+  </si>
+  <si>
+    <t>6200166</t>
+  </si>
+  <si>
+    <t>FELGENHAUER RODNEY</t>
+  </si>
+  <si>
+    <t>6200175</t>
+  </si>
+  <si>
+    <t>BUTTS ROGER L</t>
+  </si>
+  <si>
+    <t>6709 NE MCKEE RD</t>
+  </si>
+  <si>
+    <t>62-00218-004</t>
+  </si>
+  <si>
+    <t>KIEFFER RALPH EUGENE</t>
+  </si>
+  <si>
+    <t>62-00291-004</t>
+  </si>
+  <si>
+    <t>OLIVER FRANCES I</t>
+  </si>
+  <si>
+    <t>7013 NE ECHO LAKE RD</t>
+  </si>
+  <si>
+    <t>62-00322-000</t>
+  </si>
+  <si>
+    <t>LEVENGOOD SCOTT A</t>
+  </si>
+  <si>
+    <t>62-00410-000</t>
+  </si>
+  <si>
+    <t>MUSKINGUM WATERSHED C D</t>
+  </si>
+  <si>
+    <t>9236 NE LAKEWOOD DR</t>
+  </si>
+  <si>
+    <t>6200488</t>
+  </si>
+  <si>
+    <t>OLIVER TIMOTHY D &amp; FRANCES I</t>
+  </si>
+  <si>
+    <t>62-00579-001</t>
+  </si>
+  <si>
+    <t>SNYDER GARY E</t>
+  </si>
+  <si>
+    <t>4824 NE LAKE DR</t>
+  </si>
+  <si>
+    <t>62-00631-000</t>
+  </si>
+  <si>
+    <t>PADRO LYNN &amp; ROBERT TINKER &amp; NANCY DIETZ ETAL</t>
+  </si>
+  <si>
+    <t>62-00632-000</t>
+  </si>
+  <si>
+    <t>62-00634-000</t>
+  </si>
+  <si>
+    <t>62-00635-000</t>
+  </si>
+  <si>
+    <t>62-00636-000</t>
+  </si>
+  <si>
+    <t>62-00637-000</t>
+  </si>
+  <si>
+    <t>62-00638-000</t>
+  </si>
+  <si>
+    <t>62-00639-000</t>
+  </si>
+  <si>
+    <t>62-00640-000</t>
+  </si>
+  <si>
+    <t>62-00641-000</t>
+  </si>
+  <si>
+    <t>62-00644-000</t>
+  </si>
+  <si>
+    <t>62-00665-002</t>
+  </si>
+  <si>
+    <t>LAND PARTNERS OF HOLMES LLC</t>
+  </si>
+  <si>
+    <t>9486 NE CUTLER RD</t>
+  </si>
+  <si>
+    <t>62-00668-000</t>
+  </si>
+  <si>
+    <t>COX RYAN A &amp; REBECCA A PREVOST</t>
+  </si>
+  <si>
+    <t>4120 NE NEW CUMBERLAND RD</t>
+  </si>
+  <si>
+    <t>62-00673-000</t>
+  </si>
+  <si>
+    <t>DUNN KEVIN L</t>
+  </si>
+  <si>
+    <t>8058 NE LAKE DR</t>
+  </si>
+  <si>
+    <t>62-00729-000</t>
+  </si>
+  <si>
+    <t>62-00730-000</t>
+  </si>
+  <si>
+    <t>62-00731-000</t>
+  </si>
+  <si>
+    <t>6200739</t>
+  </si>
+  <si>
+    <t>HARAMIS NICHOLAS P &amp; KRISTEN K</t>
+  </si>
+  <si>
+    <t>9193 CTULER RD</t>
+  </si>
+  <si>
+    <t>62-00752-000</t>
+  </si>
+  <si>
+    <t>MAPLE JOHN H &amp; TAUNIA J</t>
+  </si>
+  <si>
+    <t>9246 NE LAKEVIEW RD</t>
+  </si>
+  <si>
+    <t>6200762</t>
+  </si>
+  <si>
+    <t>SOWARDS JEFFERY TODD</t>
+  </si>
+  <si>
+    <t>798 NE OAK DALE RD</t>
+  </si>
+  <si>
+    <t>62-01128-002</t>
+  </si>
+  <si>
+    <t>MILLER CAROL L</t>
+  </si>
+  <si>
+    <t>4816 NE NEW CUMBERLAND RD</t>
+  </si>
+  <si>
+    <t>62-01163-000</t>
+  </si>
+  <si>
+    <t>FOULTZ HEATHER</t>
+  </si>
+  <si>
+    <t>8127 NE OLD ROSWELL RD</t>
+  </si>
+  <si>
+    <t>62-01271-004</t>
+  </si>
+  <si>
+    <t>BUTTS ROGER</t>
+  </si>
+  <si>
+    <t>62-01383-000</t>
+  </si>
+  <si>
+    <t>LORENZ RONALD W</t>
+  </si>
+  <si>
+    <t>3198 NE STATE ROUTE 212</t>
+  </si>
+  <si>
+    <t>62-01912-000</t>
+  </si>
+  <si>
+    <t>BURKHART STANLEY E &amp; SHERRY L</t>
+  </si>
+  <si>
+    <t>NE CUTLER RD</t>
+  </si>
+  <si>
+    <t>62-01921-001</t>
+  </si>
+  <si>
+    <t>UPPLING JACK J</t>
+  </si>
+  <si>
+    <t>2778 NE NEW CUMBERLAND RD REAR</t>
+  </si>
+  <si>
+    <t>62-01959-004</t>
+  </si>
+  <si>
+    <t>MEECHAN MARK C</t>
+  </si>
+  <si>
+    <t>9081 NE STATE ROUTE 39</t>
+  </si>
+  <si>
+    <t>62-01963-006</t>
+  </si>
+  <si>
+    <t>PETERMAN AMANDA &amp; JOHNNY</t>
+  </si>
+  <si>
+    <t>NE OAK DALE RD</t>
+  </si>
+  <si>
+    <t>62-02431-000</t>
+  </si>
+  <si>
+    <t>FRINK DOROTHY</t>
+  </si>
+  <si>
+    <t>62-02435-000</t>
+  </si>
+  <si>
+    <t>LEY EARL R</t>
+  </si>
+  <si>
+    <t>6202604</t>
+  </si>
+  <si>
+    <t>WARREN PROPERTY MANAGEMENT LLC</t>
+  </si>
+  <si>
+    <t>3977 NE NEW CUMBERLAND RD</t>
+  </si>
+  <si>
+    <t>6203413</t>
+  </si>
+  <si>
+    <t>WINDSOR RUSSELL</t>
+  </si>
+  <si>
+    <t>4253 NE STATE ROUTE 212</t>
+  </si>
+  <si>
+    <t>6203595</t>
+  </si>
+  <si>
+    <t>WINDSOR HESTER</t>
   </si>
   <si>
     <t>STATE ROUTE 212</t>
   </si>
   <si>
-    <t>16-00483-000</t>
-[...2209 lines deleted...]
-  <si>
     <t>6204005</t>
   </si>
   <si>
     <t>9193 NE CUTLER RD</t>
   </si>
   <si>
     <t>6205027</t>
   </si>
   <si>
     <t>GERMANN DOUG</t>
   </si>
   <si>
     <t>9021 NE CUTLER RD</t>
   </si>
   <si>
     <t>6205289</t>
   </si>
   <si>
     <t>WINDSOR RUSSELL R</t>
   </si>
   <si>
     <t>4245 NE STATE ROUTE 212</t>
   </si>
   <si>
     <t>6205377</t>
@@ -2468,59 +1607,50 @@
     <t>6208406</t>
   </si>
   <si>
     <t>HADDEN KATHI M</t>
   </si>
   <si>
     <t>6159 NE ECHO LAKE RD</t>
   </si>
   <si>
     <t>6208855</t>
   </si>
   <si>
     <t>STONEMAN BRIAN M &amp; AMANDA K</t>
   </si>
   <si>
     <t>4203 NE NEW CUMBERLAND RD</t>
   </si>
   <si>
     <t>6208872</t>
   </si>
   <si>
     <t>COX RYAN</t>
   </si>
   <si>
     <t>8013 NE LAKE DR</t>
-  </si>
-[...7 lines deleted...]
-    <t>2715 NE MINERAL CITY ZOAR RD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -2530,6320 +1660,4240 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F312" headerRowCount="1">
-  <autoFilter ref="A1:F312"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F208" headerRowCount="1">
+  <autoFilter ref="A1:F208"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68253&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=78685&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14099&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14204&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14293&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14296&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14329&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14347&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14365&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71957&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14427&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14535&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14544&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14571&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14611&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14615&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14654&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67338&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14712&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14768&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14769&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14770&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14914&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14934&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15042&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15043&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15044&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15243&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15256&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15334&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67017&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15389&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15391&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15398&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67877&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15467&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15468&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15469&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15470&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=76902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15494&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15506&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74349&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71978&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72013&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72014&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72019&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72027&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72030&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75904&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=22499&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24822&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24894&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24904&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77280&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25250&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25270&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25517&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70929&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25550&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25610&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25828&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25873&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25990&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70122&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26351&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26532&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26565&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26628&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26656&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26920&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27002&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27050&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27185&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27194&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27216&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27270&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27465&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27828&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27872&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27914&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27937&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27998&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28024&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28035&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28059&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28103&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28205&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28215&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28258&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28416&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28527&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28649&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28653&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51785&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51796&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51830&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51864&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51867&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51876&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51886&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52004&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52005&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52015&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52040&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52115&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52162&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52163&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52167&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52244&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52356&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52437&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52768&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74661&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71809&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74640&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75944&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52497&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52543&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52557&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52568&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52706&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52709&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52741&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52747&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52750&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52785&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52790&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52804&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74649&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52819&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52820&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52918&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53010&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53053&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53054&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53055&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53062&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57536&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57548&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74854&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57733&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57793&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57807&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57810&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57918&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57939&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57999&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58122&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58127&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58134&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58135&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58138&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58142&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58180&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58230&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74866&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58253&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74867&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58364&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58412&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58425&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58521&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58642&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58704&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70704&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66517&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74909&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74911&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74919&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74929&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74930&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=65340&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14100&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14293&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14294&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14295&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14296&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14384&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14413&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14448&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14615&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71961&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14626&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14654&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71964&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14731&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14751&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14791&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=14914&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15028&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15042&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15079&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15256&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15334&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15337&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15391&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15398&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=67016&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=76902&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=15494&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74349&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75800&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72014&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72019&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72023&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72026&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72027&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72030&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75903&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75904&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24786&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=24788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72799&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25182&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25241&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25250&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25261&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25285&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=77094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25369&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25380&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=25587&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26112&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26119&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26532&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26582&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26589&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26656&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26792&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26900&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26921&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26922&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26935&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=26941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27050&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27183&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27184&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27194&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27297&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27465&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27872&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27899&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=27936&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28035&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28078&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28083&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28103&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28205&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28258&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28307&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28314&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28353&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28377&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28471&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28489&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=28649&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51783&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51796&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51830&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51851&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51864&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51867&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51941&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51942&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=51965&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52004&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52005&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52015&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52040&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52061&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52075&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52156&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52162&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52163&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52164&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52166&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52167&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=68435&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52211&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52212&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52214&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52417&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52437&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52768&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74661&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74605&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=71809&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74640&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75944&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75956&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78022&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52497&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52523&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52568&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52585&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52604&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52655&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52678&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52709&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52750&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52772&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52782&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52785&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52788&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52789&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52790&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52798&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52801&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52804&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74649&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52815&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=52918&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53010&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53053&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53054&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53055&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53062&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53076&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53089&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=53097&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57536&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57545&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57650&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74854&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74855&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57739&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57810&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57834&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=57918&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74591&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58088&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58134&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58135&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58136&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58137&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58138&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58139&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58140&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58141&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58142&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58143&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58144&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58170&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58176&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58180&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58229&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58230&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58231&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74866&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58253&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74867&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58364&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58382&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58425&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58463&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58696&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58704&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=58715&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=70704&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66513&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=66517&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75606&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74909&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74911&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74919&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74929&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74930&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72724&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74955&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75892&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76006&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78045&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78136&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F312"/>
+  <dimension ref="A1:F208"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-    <col min="2" max="2" width="53.67394256591797" customWidth="1"/>
+    <col min="2" max="2" width="48.17394256591797" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="34.84442901611328" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>1.49</v>
+        <v>0.51</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>0.26</v>
+        <v>1774.64</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E4" s="2">
-        <v>119.19</v>
+        <v>1213.14</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E5" s="2">
-        <v>0.51</v>
+        <v>3988.37</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E6" s="2">
-        <v>775.6</v>
+        <v>4465.96</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E7" s="2">
-        <v>1774.64</v>
+        <v>371.81</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B8" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E8" s="2">
-        <v>1213.14</v>
+        <v>298.35</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E9" s="2">
-        <v>3988.37</v>
+        <v>1296.98</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E10" s="2">
-        <v>4465.96</v>
+        <v>5314.37</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E11" s="2">
-        <v>62.5</v>
+        <v>799.83</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E12" s="2">
-        <v>0.36</v>
+        <v>196.21</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E13" s="2">
-        <v>62.5</v>
+        <v>6344.54</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E14" s="2">
-        <v>371.81</v>
+        <v>62.5</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="E15" s="2">
-        <v>83.72</v>
+        <v>15.05</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E16" s="2">
-        <v>298.35</v>
+        <v>17040.62</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E17" s="2">
-        <v>0.38</v>
+        <v>3086.75</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E18" s="2">
-        <v>1296.98</v>
+        <v>919.72</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E19" s="2">
-        <v>184.15</v>
+        <v>900.89</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E20" s="2">
-        <v>62.5</v>
+        <v>1615.04</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E21" s="2">
-        <v>380.93</v>
+        <v>706.51</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E22" s="2">
-        <v>5314.37</v>
+        <v>798.24</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E23" s="2">
-        <v>62.5</v>
+        <v>951.55</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E24" s="2">
-        <v>799.83</v>
+        <v>13.67</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E25" s="2">
-        <v>196.21</v>
+        <v>154.66</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E26" s="2">
-        <v>6344.54</v>
+        <v>616.78</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E27" s="2">
-        <v>62.5</v>
+        <v>0.67</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E28" s="2">
-        <v>62.5</v>
+        <v>11.35</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="B29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>44</v>
+        <v>83</v>
       </c>
       <c r="E29" s="2">
-        <v>15.05</v>
+        <v>0.63</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E30" s="2">
-        <v>62.5</v>
+        <v>351.2</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E31" s="2">
-        <v>17040.62</v>
+        <v>421.14</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E32" s="2">
-        <v>3086.75</v>
+        <v>34.12</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E33" s="2">
-        <v>0.85</v>
+        <v>474.95</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="E34" s="2">
-        <v>0.38</v>
+        <v>2127.6</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="E35" s="2">
-        <v>0.26</v>
+        <v>743.82</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="E36" s="2">
-        <v>919.72</v>
+        <v>2707.06</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="E37" s="2">
-        <v>900.89</v>
+        <v>336.82</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="E38" s="2">
-        <v>62.5</v>
+        <v>363.27</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="E39" s="2">
-        <v>1615.04</v>
+        <v>3722.58</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>110</v>
+        <v>31</v>
       </c>
       <c r="E40" s="2">
-        <v>706.51</v>
+        <v>78.31</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="E41" s="2">
-        <v>62.5</v>
+        <v>166.67</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="E42" s="2">
-        <v>62.5</v>
+        <v>6226.38</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="E43" s="2">
-        <v>62.5</v>
+        <v>2325.69</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="E44" s="2">
-        <v>798.24</v>
+        <v>226.43</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>93</v>
+        <v>127</v>
       </c>
       <c r="E45" s="2">
-        <v>951.55</v>
+        <v>193.85</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="E46" s="2">
-        <v>2226.78</v>
+        <v>8071.4</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="E47" s="2">
-        <v>155.17</v>
+        <v>0.37</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="E48" s="2">
-        <v>154.66</v>
+        <v>4696.25</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="E49" s="2">
-        <v>616.78</v>
+        <v>714.29</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E50" s="2">
-        <v>62.5</v>
+        <v>0.61</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E51" s="2">
-        <v>0.16</v>
+        <v>62.5</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="E52" s="2">
-        <v>0.67</v>
+        <v>48.31</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="E53" s="2">
-        <v>11.35</v>
+        <v>1271.4</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>46</v>
+        <v>151</v>
       </c>
       <c r="E54" s="2">
-        <v>0.39</v>
+        <v>3040.72</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>46</v>
+        <v>154</v>
       </c>
       <c r="E55" s="2">
-        <v>0.63</v>
+        <v>3074.89</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="E56" s="2">
-        <v>9.51</v>
+        <v>4279.79</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="E57" s="2">
-        <v>89.07</v>
+        <v>13.29</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="E58" s="2">
-        <v>277.85</v>
+        <v>937.33</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>151</v>
+        <v>165</v>
       </c>
       <c r="E59" s="2">
-        <v>15.81</v>
+        <v>1203.29</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>66</v>
+        <v>167</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="E60" s="2">
-        <v>62.5</v>
+        <v>14.06</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="E61" s="2">
-        <v>651.2</v>
+        <v>752.84</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="E62" s="2">
-        <v>421.14</v>
+        <v>593.99</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="E63" s="2">
-        <v>34.12</v>
+        <v>486.46</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E64" s="2">
-        <v>62.5</v>
+        <v>227.52</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="E65" s="2">
-        <v>474.95</v>
+        <v>1256.65</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="E66" s="2">
-        <v>201.68</v>
+        <v>1071.12</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="E67" s="2">
-        <v>2127.6</v>
+        <v>6480.12</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="E68" s="2">
-        <v>0.92</v>
+        <v>3247.01</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="E69" s="2">
-        <v>743.82</v>
+        <v>19.4</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>52</v>
+        <v>197</v>
       </c>
       <c r="E70" s="2">
-        <v>2707.06</v>
+        <v>5.4</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="E71" s="2">
-        <v>336.82</v>
+        <v>698.89</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="E72" s="2">
-        <v>363.27</v>
+        <v>1725.54</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="E73" s="2">
-        <v>3722.58</v>
+        <v>119.61</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>67</v>
+        <v>209</v>
       </c>
       <c r="E74" s="2">
-        <v>78.31</v>
+        <v>2470.36</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="E75" s="2">
-        <v>166.67</v>
+        <v>2830.69</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="E76" s="2">
-        <v>6226.38</v>
+        <v>1511.67</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="E77" s="2">
-        <v>2325.69</v>
+        <v>560.29</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="E78" s="2">
-        <v>8.48</v>
+        <v>386.26</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="E79" s="2">
-        <v>62.5</v>
+        <v>10948.68</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="E80" s="2">
-        <v>226.43</v>
+        <v>3178.64</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>218</v>
       </c>
       <c r="E81" s="2">
-        <v>193.85</v>
+        <v>9634.64</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="E82" s="2">
-        <v>62.5</v>
+        <v>649.14</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>224</v>
+        <v>162</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="E83" s="2">
-        <v>62.5</v>
+        <v>486.05</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="E84" s="2">
-        <v>62.5</v>
+        <v>7604.68</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="E85" s="2">
-        <v>62.5</v>
+        <v>2863.45</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="E86" s="2">
-        <v>62.5</v>
+        <v>6.51</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="E87" s="2">
-        <v>8071.4</v>
+        <v>332.82</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="E88" s="2">
-        <v>62.5</v>
+        <v>6780.37</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="E89" s="2">
-        <v>29.4</v>
+        <v>1963.66</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="E90" s="2">
-        <v>0.37</v>
+        <v>1580.1</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="E91" s="2">
-        <v>6696.25</v>
+        <v>34926.02</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="E92" s="2">
-        <v>62.5</v>
+        <v>225.27</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="E93" s="2">
-        <v>714.29</v>
+        <v>4562.37</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="E94" s="2">
-        <v>0.61</v>
+        <v>0.02</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="E95" s="2">
-        <v>62.5</v>
+        <v>2796.64</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="E96" s="2">
-        <v>62.5</v>
+        <v>1707.53</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>255</v>
+        <v>268</v>
       </c>
       <c r="E97" s="2">
-        <v>48.31</v>
+        <v>55.77</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>236</v>
+        <v>273</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>237</v>
+        <v>275</v>
       </c>
       <c r="E98" s="2">
-        <v>1271.4</v>
+        <v>1156.48</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="B99" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D99" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="C99" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E99" s="2">
-        <v>3040.72</v>
+        <v>4216.62</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>272</v>
+        <v>83</v>
       </c>
       <c r="E100" s="2">
-        <v>62.5</v>
+        <v>123.08</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>275</v>
+        <v>83</v>
       </c>
       <c r="E101" s="2">
-        <v>62.5</v>
+        <v>73.1</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="E102" s="2">
-        <v>62.5</v>
+        <v>1091.13</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="E103" s="2">
-        <v>3074.89</v>
+        <v>22340.77</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="E104" s="2">
-        <v>0.62</v>
+        <v>62.5</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="E105" s="2">
-        <v>62.5</v>
+        <v>56.53</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="E106" s="2">
-        <v>295.31</v>
+        <v>18565.14</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>293</v>
+        <v>268</v>
       </c>
       <c r="E107" s="2">
-        <v>62.5</v>
+        <v>48.25</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>296</v>
+        <v>268</v>
       </c>
       <c r="E108" s="2">
-        <v>62.5</v>
+        <v>47.82</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="B109" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="B109" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E109" s="2">
-        <v>77.66</v>
+        <v>51.17</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>302</v>
+        <v>268</v>
       </c>
       <c r="E110" s="2">
-        <v>4346.11</v>
+        <v>80.59</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>305</v>
+        <v>268</v>
       </c>
       <c r="E111" s="2">
-        <v>4279.79</v>
+        <v>49.32</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="E112" s="2">
-        <v>13.29</v>
+        <v>83.02</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>311</v>
+        <v>83</v>
       </c>
       <c r="E113" s="2">
-        <v>2192.63</v>
+        <v>858.36</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>314</v>
+        <v>83</v>
       </c>
       <c r="E114" s="2">
-        <v>1.13</v>
+        <v>7.66</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>317</v>
+        <v>83</v>
       </c>
       <c r="E115" s="2">
-        <v>937.33</v>
+        <v>7.76</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>319</v>
+        <v>91</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="E116" s="2">
-        <v>1602.82</v>
+        <v>2061.01</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>322</v>
+        <v>83</v>
       </c>
       <c r="E117" s="2">
-        <v>1203.29</v>
+        <v>5.24</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>325</v>
+        <v>283</v>
       </c>
       <c r="E118" s="2">
-        <v>14.06</v>
+        <v>127.27</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="E119" s="2">
-        <v>62.5</v>
+        <v>101.44</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="E120" s="2">
-        <v>0.97</v>
+        <v>1407.3</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>334</v>
+        <v>313</v>
       </c>
       <c r="E121" s="2">
-        <v>752.84</v>
+        <v>171.27</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>336</v>
+        <v>327</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>337</v>
+        <v>328</v>
       </c>
       <c r="E122" s="2">
-        <v>593.99</v>
+        <v>18611.73</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>340</v>
+        <v>331</v>
       </c>
       <c r="E123" s="2">
-        <v>486.46</v>
+        <v>7645.13</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>341</v>
+        <v>332</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>342</v>
+        <v>333</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>343</v>
+        <v>334</v>
       </c>
       <c r="E124" s="2">
-        <v>0.02</v>
+        <v>7431.45</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>346</v>
+        <v>337</v>
       </c>
       <c r="E125" s="2">
-        <v>227.52</v>
+        <v>13171.05</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="E126" s="2">
-        <v>1256.65</v>
+        <v>21095.27</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="E127" s="2">
-        <v>1071.12</v>
+        <v>2321.21</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>353</v>
+        <v>344</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="E128" s="2">
-        <v>6480.12</v>
+        <v>729.91</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>358</v>
+        <v>349</v>
       </c>
       <c r="E129" s="2">
-        <v>0.01</v>
+        <v>1341.9</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>359</v>
+        <v>350</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="E130" s="2">
-        <v>3247.01</v>
+        <v>206.72</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>363</v>
+        <v>354</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>364</v>
+        <v>355</v>
       </c>
       <c r="E131" s="2">
-        <v>102.67</v>
+        <v>44.43</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>365</v>
+        <v>356</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>367</v>
+        <v>358</v>
       </c>
       <c r="E132" s="2">
-        <v>19.4</v>
+        <v>1891.7</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>368</v>
+        <v>359</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>369</v>
+        <v>361</v>
       </c>
       <c r="E133" s="2">
-        <v>5.4</v>
+        <v>11.54</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E134" s="2">
-        <v>1335.22</v>
+        <v>790.93</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>374</v>
+        <v>317</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>375</v>
+        <v>366</v>
       </c>
       <c r="E135" s="2">
-        <v>698.89</v>
+        <v>761.64</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>376</v>
+        <v>367</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="E136" s="2">
-        <v>1725.54</v>
+        <v>3124.46</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>379</v>
+        <v>370</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>380</v>
+        <v>371</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>381</v>
+        <v>372</v>
       </c>
       <c r="E137" s="2">
-        <v>650</v>
+        <v>5.73</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>382</v>
+        <v>373</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>383</v>
+        <v>374</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>384</v>
+        <v>375</v>
       </c>
       <c r="E138" s="2">
-        <v>3749.52</v>
+        <v>91.04</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>385</v>
+        <v>376</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>386</v>
+        <v>374</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>387</v>
+        <v>375</v>
       </c>
       <c r="E139" s="2">
-        <v>119.61</v>
+        <v>809.38</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>388</v>
+        <v>377</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>389</v>
+        <v>374</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>390</v>
+        <v>378</v>
       </c>
       <c r="E140" s="2">
-        <v>2470.36</v>
+        <v>8257.66</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>391</v>
+        <v>379</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>392</v>
+        <v>380</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>393</v>
+        <v>381</v>
       </c>
       <c r="E141" s="2">
-        <v>383.37</v>
+        <v>1700.91</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>395</v>
+        <v>383</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>396</v>
+        <v>384</v>
       </c>
       <c r="E142" s="2">
-        <v>2830.69</v>
+        <v>1133.66</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>397</v>
+        <v>385</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>398</v>
+        <v>386</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>399</v>
+        <v>387</v>
       </c>
       <c r="E143" s="2">
-        <v>1480.11</v>
+        <v>1314.52</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>400</v>
+        <v>388</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>401</v>
+        <v>389</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>402</v>
+        <v>390</v>
       </c>
       <c r="E144" s="2">
-        <v>217.61</v>
+        <v>138.29</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>403</v>
+        <v>391</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>404</v>
+        <v>363</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>405</v>
+        <v>392</v>
       </c>
       <c r="E145" s="2">
-        <v>560.29</v>
+        <v>4112.42</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>406</v>
+        <v>393</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>407</v>
+        <v>395</v>
       </c>
       <c r="E146" s="2">
-        <v>235.82</v>
+        <v>63.34</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>408</v>
+        <v>396</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>409</v>
+        <v>397</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>410</v>
+        <v>398</v>
       </c>
       <c r="E147" s="2">
-        <v>0.68</v>
+        <v>2251.03</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>412</v>
+        <v>363</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>413</v>
+        <v>364</v>
       </c>
       <c r="E148" s="2">
-        <v>161.41</v>
+        <v>337.84</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>414</v>
+        <v>400</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>415</v>
+        <v>401</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>416</v>
+        <v>352</v>
       </c>
       <c r="E149" s="2">
-        <v>351.14</v>
+        <v>187.12</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>417</v>
+        <v>402</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>418</v>
+        <v>351</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>419</v>
+        <v>352</v>
       </c>
       <c r="E150" s="2">
-        <v>109.86</v>
+        <v>2923.37</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>420</v>
+        <v>403</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>421</v>
+        <v>401</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>422</v>
+        <v>352</v>
       </c>
       <c r="E151" s="2">
-        <v>10929.16</v>
+        <v>20.99</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>423</v>
+        <v>404</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>424</v>
+        <v>357</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>425</v>
+        <v>405</v>
       </c>
       <c r="E152" s="2">
-        <v>3178.64</v>
+        <v>3823.03</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>426</v>
+        <v>406</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>427</v>
+        <v>363</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="E153" s="2">
-        <v>9634.64</v>
+        <v>124.8</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>428</v>
+        <v>408</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>429</v>
+        <v>363</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>430</v>
+        <v>409</v>
       </c>
       <c r="E154" s="2">
-        <v>649.14</v>
+        <v>9.78</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>431</v>
+        <v>410</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>432</v>
+        <v>374</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>433</v>
+        <v>375</v>
       </c>
       <c r="E155" s="2">
-        <v>148.98</v>
+        <v>30.99</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>434</v>
+        <v>411</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>316</v>
+        <v>412</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>435</v>
+        <v>413</v>
       </c>
       <c r="E156" s="2">
-        <v>486.05</v>
+        <v>6366.4</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>436</v>
+        <v>414</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>437</v>
+        <v>415</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>438</v>
+        <v>416</v>
       </c>
       <c r="E157" s="2">
-        <v>7585.16</v>
+        <v>232.25</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>439</v>
+        <v>417</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>440</v>
+        <v>418</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>441</v>
+        <v>419</v>
       </c>
       <c r="E158" s="2">
-        <v>2863.45</v>
+        <v>925.18</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>443</v>
+        <v>421</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>444</v>
+        <v>419</v>
       </c>
       <c r="E159" s="2">
-        <v>6.51</v>
+        <v>767.31</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>445</v>
+        <v>422</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>440</v>
+        <v>423</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>446</v>
+        <v>424</v>
       </c>
       <c r="E160" s="2">
-        <v>332.82</v>
+        <v>815.68</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>447</v>
+        <v>425</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>448</v>
+        <v>426</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>449</v>
+        <v>9</v>
       </c>
       <c r="E161" s="2">
-        <v>1</v>
+        <v>1039.13</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>450</v>
+        <v>427</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>440</v>
+        <v>428</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>451</v>
+        <v>429</v>
       </c>
       <c r="E162" s="2">
-        <v>6780.37</v>
+        <v>689.2</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>452</v>
+        <v>430</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>453</v>
+        <v>431</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>454</v>
+        <v>9</v>
       </c>
       <c r="E163" s="2">
-        <v>1963.66</v>
+        <v>42.13</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>455</v>
+        <v>432</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>456</v>
+        <v>433</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>457</v>
+        <v>434</v>
       </c>
       <c r="E164" s="2">
-        <v>1945.65</v>
+        <v>1416.75</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>458</v>
+        <v>435</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>459</v>
+        <v>436</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>460</v>
+        <v>429</v>
       </c>
       <c r="E165" s="2">
-        <v>1580.1</v>
+        <v>1005.45</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>461</v>
+        <v>437</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>462</v>
+        <v>438</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>463</v>
+        <v>439</v>
       </c>
       <c r="E166" s="2">
-        <v>1.03</v>
+        <v>2620.2</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>464</v>
+        <v>440</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>465</v>
+        <v>441</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>466</v>
+        <v>83</v>
       </c>
       <c r="E167" s="2">
-        <v>34872.3</v>
+        <v>174.55</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>467</v>
+        <v>442</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>468</v>
+        <v>441</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>469</v>
+        <v>83</v>
       </c>
       <c r="E168" s="2">
-        <v>77.66</v>
+        <v>776.9</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>470</v>
+        <v>443</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>471</v>
+        <v>441</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>472</v>
+        <v>83</v>
       </c>
       <c r="E169" s="2">
-        <v>225.27</v>
+        <v>398.54</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>473</v>
+        <v>444</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>474</v>
+        <v>441</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>475</v>
+        <v>83</v>
       </c>
       <c r="E170" s="2">
-        <v>4494.71</v>
+        <v>408.08</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>476</v>
+        <v>445</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>477</v>
+        <v>441</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>478</v>
+        <v>83</v>
       </c>
       <c r="E171" s="2">
-        <v>0.02</v>
+        <v>967.77</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>479</v>
+        <v>446</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>480</v>
+        <v>441</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>481</v>
+        <v>83</v>
       </c>
       <c r="E172" s="2">
-        <v>2796.64</v>
+        <v>253.52</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>482</v>
+        <v>447</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>483</v>
+        <v>441</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>484</v>
+        <v>83</v>
       </c>
       <c r="E173" s="2">
-        <v>1707.53</v>
+        <v>431.38</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>485</v>
+        <v>448</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>486</v>
+        <v>441</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>487</v>
+        <v>83</v>
       </c>
       <c r="E174" s="2">
-        <v>0.12</v>
+        <v>618.77</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>488</v>
+        <v>449</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>489</v>
+        <v>441</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>490</v>
+        <v>83</v>
       </c>
       <c r="E175" s="2">
-        <v>62.5</v>
+        <v>434.47</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>491</v>
+        <v>450</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>492</v>
+        <v>441</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>481</v>
+        <v>83</v>
       </c>
       <c r="E176" s="2">
-        <v>55.77</v>
+        <v>1366.5</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>493</v>
+        <v>451</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>492</v>
+        <v>441</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>494</v>
+        <v>83</v>
       </c>
       <c r="E177" s="2">
-        <v>1156.48</v>
+        <v>1379.39</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>495</v>
+        <v>452</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>496</v>
+        <v>453</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>481</v>
+        <v>454</v>
       </c>
       <c r="E178" s="2">
-        <v>4216.62</v>
+        <v>3305.25</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>497</v>
+        <v>455</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>498</v>
+        <v>456</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>46</v>
+        <v>457</v>
       </c>
       <c r="E179" s="2">
-        <v>123.08</v>
+        <v>377.12</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>499</v>
+        <v>458</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>498</v>
+        <v>459</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>46</v>
+        <v>460</v>
       </c>
       <c r="E180" s="2">
-        <v>73.1</v>
+        <v>42693.09</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>500</v>
+        <v>461</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>501</v>
+        <v>441</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>502</v>
+        <v>83</v>
       </c>
       <c r="E181" s="2">
-        <v>1091.13</v>
+        <v>187.78</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>503</v>
+        <v>462</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>504</v>
+        <v>441</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>505</v>
+        <v>83</v>
       </c>
       <c r="E182" s="2">
-        <v>22292.61</v>
+        <v>1056.7</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>506</v>
+        <v>463</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>507</v>
+        <v>441</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>508</v>
+        <v>83</v>
       </c>
       <c r="E183" s="2">
-        <v>62.5</v>
+        <v>688.38</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>509</v>
+        <v>464</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>510</v>
+        <v>465</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>511</v>
+        <v>466</v>
       </c>
       <c r="E184" s="2">
-        <v>56.53</v>
+        <v>32.14</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>512</v>
+        <v>467</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>513</v>
+        <v>468</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>514</v>
+        <v>469</v>
       </c>
       <c r="E185" s="2">
-        <v>62.5</v>
+        <v>13634.77</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>515</v>
+        <v>470</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>516</v>
+        <v>471</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>517</v>
+        <v>472</v>
       </c>
       <c r="E186" s="2">
-        <v>18507.48</v>
+        <v>2190.57</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>518</v>
+        <v>473</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>519</v>
+        <v>474</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="E187" s="2">
-        <v>48.25</v>
+        <v>2894.19</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>520</v>
+        <v>476</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>519</v>
+        <v>477</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="E188" s="2">
-        <v>47.82</v>
+        <v>814.72</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>521</v>
+        <v>479</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>519</v>
+        <v>480</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>522</v>
+        <v>424</v>
       </c>
       <c r="E189" s="2">
-        <v>51.17</v>
+        <v>2985.11</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>523</v>
+        <v>481</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>519</v>
+        <v>482</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="E190" s="2">
-        <v>80.59</v>
+        <v>1983.7</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>524</v>
+        <v>484</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>519</v>
+        <v>485</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="E191" s="2">
-        <v>49.32</v>
+        <v>1062.95</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>525</v>
+        <v>487</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>526</v>
+        <v>488</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>527</v>
+        <v>489</v>
       </c>
       <c r="E192" s="2">
-        <v>83.02</v>
+        <v>709.73</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>528</v>
+        <v>490</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>529</v>
+        <v>491</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>46</v>
+        <v>492</v>
       </c>
       <c r="E193" s="2">
-        <v>858.36</v>
+        <v>1558.67</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>530</v>
+        <v>493</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>531</v>
+        <v>494</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>46</v>
+        <v>495</v>
       </c>
       <c r="E194" s="2">
-        <v>7.66</v>
+        <v>19.72</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>532</v>
+        <v>496</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>533</v>
+        <v>497</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>46</v>
+        <v>83</v>
       </c>
       <c r="E195" s="2">
-        <v>7.76</v>
+        <v>16.15</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>534</v>
+        <v>498</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>535</v>
+        <v>499</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>536</v>
+        <v>83</v>
       </c>
       <c r="E196" s="2">
-        <v>62.5</v>
+        <v>16.15</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>537</v>
+        <v>500</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>538</v>
+        <v>501</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>539</v>
+        <v>502</v>
       </c>
       <c r="E197" s="2">
-        <v>0.02</v>
+        <v>932.16</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>540</v>
+        <v>503</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>168</v>
+        <v>504</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>541</v>
+        <v>505</v>
       </c>
       <c r="E198" s="2">
-        <v>2061.01</v>
+        <v>639.61</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>542</v>
+        <v>506</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>543</v>
+        <v>507</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>46</v>
+        <v>508</v>
       </c>
       <c r="E199" s="2">
-        <v>5.24</v>
+        <v>1322.77</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>544</v>
+        <v>509</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>545</v>
+        <v>465</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="E200" s="2">
-        <v>127.27</v>
+        <v>434.2</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>546</v>
+        <v>511</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>547</v>
+        <v>512</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>548</v>
+        <v>513</v>
       </c>
       <c r="E201" s="2">
-        <v>101.44</v>
+        <v>844.54</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>549</v>
+        <v>514</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>550</v>
+        <v>515</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>551</v>
+        <v>516</v>
       </c>
       <c r="E202" s="2">
-        <v>1407.3</v>
+        <v>4261.64</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>552</v>
+        <v>517</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>553</v>
+        <v>518</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>541</v>
+        <v>519</v>
       </c>
       <c r="E203" s="2">
-        <v>171.27</v>
+        <v>140.94</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>554</v>
+        <v>520</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>555</v>
+        <v>521</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>556</v>
+        <v>522</v>
       </c>
       <c r="E204" s="2">
-        <v>18611.73</v>
+        <v>2729.39</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>557</v>
+        <v>523</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>558</v>
+        <v>412</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>559</v>
+        <v>524</v>
       </c>
       <c r="E205" s="2">
-        <v>7645.13</v>
+        <v>2753.66</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>560</v>
+        <v>525</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>561</v>
+        <v>526</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>562</v>
+        <v>527</v>
       </c>
       <c r="E206" s="2">
-        <v>7431.45</v>
+        <v>102.54</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>563</v>
+        <v>528</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>564</v>
+        <v>529</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>565</v>
+        <v>530</v>
       </c>
       <c r="E207" s="2">
-        <v>13171.05</v>
+        <v>5137.28</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>566</v>
+        <v>531</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>567</v>
+        <v>532</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>568</v>
+        <v>533</v>
       </c>
       <c r="E208" s="2">
-        <v>21075.75</v>
+        <v>443.09</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>10</v>
-[...2078 lines deleted...]
-      <c r="F312" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -9012,136 +6062,32 @@
     <hyperlink ref="F184" r:id="rId184"/>
     <hyperlink ref="F185" r:id="rId185"/>
     <hyperlink ref="F186" r:id="rId186"/>
     <hyperlink ref="F187" r:id="rId187"/>
     <hyperlink ref="F188" r:id="rId188"/>
     <hyperlink ref="F189" r:id="rId189"/>
     <hyperlink ref="F190" r:id="rId190"/>
     <hyperlink ref="F191" r:id="rId191"/>
     <hyperlink ref="F192" r:id="rId192"/>
     <hyperlink ref="F193" r:id="rId193"/>
     <hyperlink ref="F194" r:id="rId194"/>
     <hyperlink ref="F195" r:id="rId195"/>
     <hyperlink ref="F196" r:id="rId196"/>
     <hyperlink ref="F197" r:id="rId197"/>
     <hyperlink ref="F198" r:id="rId198"/>
     <hyperlink ref="F199" r:id="rId199"/>
     <hyperlink ref="F200" r:id="rId200"/>
     <hyperlink ref="F201" r:id="rId201"/>
     <hyperlink ref="F202" r:id="rId202"/>
     <hyperlink ref="F203" r:id="rId203"/>
     <hyperlink ref="F204" r:id="rId204"/>
     <hyperlink ref="F205" r:id="rId205"/>
     <hyperlink ref="F206" r:id="rId206"/>
     <hyperlink ref="F207" r:id="rId207"/>
     <hyperlink ref="F208" r:id="rId208"/>
-    <hyperlink ref="F209" r:id="rId209"/>
-[...102 lines deleted...]
-    <hyperlink ref="F312" r:id="rId312"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>