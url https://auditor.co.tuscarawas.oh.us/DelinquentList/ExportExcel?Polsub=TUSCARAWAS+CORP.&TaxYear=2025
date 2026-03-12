--- v0 (2026-01-07)
+++ v1 (2026-03-12)
@@ -5,130 +5,112 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>66-00004-000</t>
   </si>
   <si>
     <t>BROWN JEFFREY</t>
   </si>
   <si>
     <t>INDIAN VALLEY SD</t>
   </si>
   <si>
     <t>230 N MAIN AVE</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>66-00116-000</t>
-[...7 lines deleted...]
-  <si>
     <t>66-00152-000</t>
   </si>
   <si>
     <t>CAPITAL FINANCIAL VENTURES I LLC</t>
   </si>
   <si>
     <t>126 N MAIN AVE</t>
   </si>
   <si>
     <t>66-00155-000</t>
   </si>
   <si>
     <t>INTERNATIONAL PENTECOSTAL CHURCH OF CHRIST</t>
   </si>
   <si>
     <t>221 S MAIN AVE</t>
   </si>
   <si>
     <t>66-00178-002</t>
   </si>
   <si>
     <t>TRENTON MEADOWS INC</t>
   </si>
   <si>
     <t>SE HERITAGE DR</t>
   </si>
   <si>
-    <t>66-00193-000</t>
-[...7 lines deleted...]
-  <si>
     <t>66-00233-000</t>
   </si>
   <si>
     <t>JAKUBOWSKI MICHEAL E</t>
   </si>
   <si>
     <t>123 S MAIN AVE</t>
   </si>
   <si>
     <t>66-00304-001</t>
   </si>
   <si>
     <t>KELLEY GORDON P</t>
   </si>
   <si>
     <t>119 NE EAST AVE</t>
   </si>
   <si>
     <t>66-00314-000</t>
   </si>
   <si>
     <t>VESCO RAY ALAN &amp; CINDY LOU SUTTON-SCHAUB</t>
   </si>
   <si>
     <t>355 S MAIN AVE</t>
@@ -137,59 +119,50 @@
     <t>66-00410-000</t>
   </si>
   <si>
     <t>KERNS MELODY</t>
   </si>
   <si>
     <t>N MAIN ST REAR</t>
   </si>
   <si>
     <t>6600486</t>
   </si>
   <si>
     <t>BARKER JULIE A</t>
   </si>
   <si>
     <t>204 PARK DR</t>
   </si>
   <si>
     <t>66-00499-000</t>
   </si>
   <si>
     <t>ROTH HOMER G</t>
   </si>
   <si>
     <t>441 N MAIN AVE</t>
-  </si>
-[...7 lines deleted...]
-    <t>594 SCHOOL ST REAR EXT</t>
   </si>
   <si>
     <t>6602156</t>
   </si>
   <si>
     <t>FAWCETT JESSICA L</t>
   </si>
   <si>
     <t>210 PARK DR</t>
   </si>
   <si>
     <t>6608922</t>
   </si>
   <si>
     <t>BELL LISA</t>
   </si>
   <si>
     <t>221 PARK DR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -217,79 +190,79 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F16" headerRowCount="1">
-  <autoFilter ref="A1:F16"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F13" headerRowCount="1">
+  <autoFilter ref="A1:F13"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60645&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60745&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60805&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60841&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61039&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61168&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78553&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60645&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60776&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60779&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60805&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60878&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60949&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=60959&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61039&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75094&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=61130&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75486&amp;Tax_Year=2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=78553&amp;Tax_Year=2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F16"/>
+  <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="46.46234893798828" customWidth="1"/>
     <col min="3" max="3" width="17.552576065063477" customWidth="1"/>
-    <col min="4" max="4" width="23.812713623046875" customWidth="1"/>
+    <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
@@ -304,315 +277,252 @@
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
         <v>2287.86</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>0.02</v>
+        <v>719.08</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>719.08</v>
+        <v>1.16</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>1.16</v>
+        <v>10.52</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>10.52</v>
+        <v>5.13</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>557.57</v>
+        <v>1932.5</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>5.13</v>
+        <v>89.22</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>1932.5</v>
+        <v>290.57</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>89.22</v>
+        <v>672.47</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>290.57</v>
+        <v>2101.83</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>672.47</v>
+        <v>4949.75</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>2101.83</v>
+        <v>651.52</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>10</v>
-[...58 lines deleted...]
-      <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
-    <hyperlink ref="F14" r:id="rId14"/>
-[...1 lines deleted...]
-    <hyperlink ref="F16" r:id="rId16"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>