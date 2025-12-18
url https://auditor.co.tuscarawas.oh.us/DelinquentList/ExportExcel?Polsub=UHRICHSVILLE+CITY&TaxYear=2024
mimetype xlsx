--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="332" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="317" uniqueCount="317">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>41-00009-000</t>
   </si>
   <si>
     <t>ADAMS WM O &amp; ESTHER M</t>
   </si>
   <si>
@@ -103,59 +103,50 @@
   <si>
     <t>BROWN RICHARD A</t>
   </si>
   <si>
     <t>W 4TH ST</t>
   </si>
   <si>
     <t>41-00210-000</t>
   </si>
   <si>
     <t>CARTER RONALD &amp; BENITA</t>
   </si>
   <si>
     <t>309 N CENTER ST</t>
   </si>
   <si>
     <t>4100213</t>
   </si>
   <si>
     <t>ANNON BRENT</t>
   </si>
   <si>
     <t>105 RIVER RD</t>
   </si>
   <si>
-    <t>41-00214-000</t>
-[...7 lines deleted...]
-  <si>
     <t>4100360</t>
   </si>
   <si>
     <t>GARBRANDT JAMES</t>
   </si>
   <si>
     <t>276 PEARL ST</t>
   </si>
   <si>
     <t>4100386</t>
   </si>
   <si>
     <t>HOGUE BRANDI J</t>
   </si>
   <si>
     <t>224 PEARL ST</t>
   </si>
   <si>
     <t>41-00399-000</t>
   </si>
   <si>
     <t>FAUSTO CHRIS A</t>
   </si>
   <si>
     <t>714 W 1ST ST</t>
@@ -208,206 +199,188 @@
   <si>
     <t>41-00511-000</t>
   </si>
   <si>
     <t>JOHNS DWIGHT</t>
   </si>
   <si>
     <t>DEERSVILLE AVE</t>
   </si>
   <si>
     <t>41-00596-000</t>
   </si>
   <si>
     <t>ENOS FRANCIS PAUL &amp; NORA MARIE</t>
   </si>
   <si>
     <t>41-00637-000</t>
   </si>
   <si>
     <t>FETTER CHRISTIAN C</t>
   </si>
   <si>
     <t>MURPHY ST</t>
   </si>
   <si>
-    <t>41-00655-000</t>
+    <t>41-00670-000</t>
+  </si>
+  <si>
+    <t>FRED FAIRALL CONSTRUCTION CO</t>
+  </si>
+  <si>
+    <t>LAKE ST</t>
+  </si>
+  <si>
+    <t>41-00696-000</t>
+  </si>
+  <si>
+    <t>KERNS CLINTON W</t>
+  </si>
+  <si>
+    <t>256 MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>4100744</t>
+  </si>
+  <si>
+    <t>FOUTS FRITZ A &amp; TAMMY K</t>
+  </si>
+  <si>
+    <t>270 PEARL ST</t>
+  </si>
+  <si>
+    <t>4100751</t>
+  </si>
+  <si>
+    <t>PATTERSON RICHARD S &amp; DIANNA L</t>
+  </si>
+  <si>
+    <t>6299 S WATER ST</t>
+  </si>
+  <si>
+    <t>41-00763-000</t>
+  </si>
+  <si>
+    <t>MADONI JOHN C</t>
+  </si>
+  <si>
+    <t>629 TRENTON AVE</t>
+  </si>
+  <si>
+    <t>41-00779-000</t>
+  </si>
+  <si>
+    <t>BOWLING RALPH &amp; PATRICIA</t>
+  </si>
+  <si>
+    <t>N JAY ST</t>
+  </si>
+  <si>
+    <t>41-00780-000</t>
+  </si>
+  <si>
+    <t>W 2ND ST REAR</t>
+  </si>
+  <si>
+    <t>41-00781-000</t>
+  </si>
+  <si>
+    <t>206 N JAY ST</t>
+  </si>
+  <si>
+    <t>4100810</t>
+  </si>
+  <si>
+    <t>GRAY TERRIA A</t>
+  </si>
+  <si>
+    <t>408 E HIGH ST LOT 2</t>
+  </si>
+  <si>
+    <t>4100834</t>
   </si>
   <si>
     <t>HENRY EARL L JR &amp; JANET S</t>
   </si>
   <si>
-    <t>714 NEWPORT AVE</t>
-[...2 lines deleted...]
-    <t>41-00656-000</t>
+    <t>710 NEWPORT AVE</t>
+  </si>
+  <si>
+    <t>41-00835-000</t>
+  </si>
+  <si>
+    <t>CENTRAL CONSULTING LLC</t>
+  </si>
+  <si>
+    <t>329 N MILLER ST</t>
+  </si>
+  <si>
+    <t>4100839</t>
+  </si>
+  <si>
+    <t>JONES CHRISTIE L</t>
+  </si>
+  <si>
+    <t>232 PEARL ST</t>
+  </si>
+  <si>
+    <t>41-00850-000</t>
+  </si>
+  <si>
+    <t>MEEK JAMES L &amp; SHEILA FISHER &amp; GAYLON STUDER ETAL</t>
+  </si>
+  <si>
+    <t>E 4TH ST</t>
+  </si>
+  <si>
+    <t>41-00852-000</t>
+  </si>
+  <si>
+    <t>HARRIS JOS S &amp; CUMI</t>
+  </si>
+  <si>
+    <t>230 W 11TH ST</t>
+  </si>
+  <si>
+    <t>41-00909-000</t>
+  </si>
+  <si>
+    <t>HILLYER BARRY L &amp; BONNIE R</t>
+  </si>
+  <si>
+    <t>140 DEERSVILLE AVE</t>
+  </si>
+  <si>
+    <t>4100923</t>
+  </si>
+  <si>
+    <t>HENRY JANET S</t>
   </si>
   <si>
     <t>712 NEWPORT AVE</t>
   </si>
   <si>
-    <t>41-00670-000</t>
-[...139 lines deleted...]
-  <si>
     <t>41-01002-000</t>
   </si>
   <si>
     <t>HUTCHINS ALMA M ET AL</t>
   </si>
   <si>
     <t>N WATER ST</t>
   </si>
   <si>
     <t>41-01017-000</t>
   </si>
   <si>
     <t>BLANK DAVID S</t>
   </si>
   <si>
     <t>41-01063-000</t>
   </si>
   <si>
     <t>K-HILL SIGNAL CO INC</t>
   </si>
   <si>
     <t>W 2ND ST</t>
   </si>
   <si>
     <t>41-01065-000</t>
@@ -530,68 +503,50 @@
     <t>41-01609-000</t>
   </si>
   <si>
     <t>BEACH EDWIN T</t>
   </si>
   <si>
     <t>546 E 1ST ST</t>
   </si>
   <si>
     <t>41-01686-000</t>
   </si>
   <si>
     <t>MUNSON ANN M</t>
   </si>
   <si>
     <t>611 N DAWSON ST</t>
   </si>
   <si>
     <t>41-01687-000</t>
   </si>
   <si>
     <t>WADE PAUL</t>
   </si>
   <si>
     <t>347 S MCCONNELL ST</t>
-  </si>
-[...16 lines deleted...]
-    <t>531 TRENTON AVE</t>
   </si>
   <si>
     <t>41-01818-000</t>
   </si>
   <si>
     <t>CARTER GARY</t>
   </si>
   <si>
     <t>420 CROSS ST</t>
   </si>
   <si>
     <t>41-01822-000</t>
   </si>
   <si>
     <t>GREENWALT ROBERT B JR &amp; BRIDGETT R BURKHART</t>
   </si>
   <si>
     <t>412 N ROMIG ST</t>
   </si>
   <si>
     <t>41-01958-000</t>
   </si>
   <si>
     <t>ANNON BRENT ALLEN</t>
   </si>
@@ -1054,2560 +1009,2440 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F124" headerRowCount="1">
-  <autoFilter ref="A1:F124"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F118" headerRowCount="1">
+  <autoFilter ref="A1:F118"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31086&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31224&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32229&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32281&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73067&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31086&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73067&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F124"/>
+  <dimension ref="A1:F118"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="64.33325958251953" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="26.330476760864258" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>2984.24</v>
+        <v>3063.8</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>18.44</v>
+        <v>18.93</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>13935.47</v>
+        <v>14307.06</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>76.27</v>
+        <v>78.31</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>406.69</v>
+        <v>417.54</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>4743.62</v>
+        <v>4870.1</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>15829.72</v>
+        <v>16251.85</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>192.69</v>
+        <v>197.83</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>954.38</v>
+        <v>374.18</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>364.46</v>
+        <v>200.94</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>195.72</v>
+        <v>5645.51</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>5598.88</v>
+        <v>350.69</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>341.58</v>
+        <v>1350.24</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>1315.17</v>
+        <v>1472.12</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>1433.88</v>
+        <v>2133.08</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>2077.68</v>
+        <v>3759.5</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>3661.87</v>
+        <v>132.12</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="E19" s="2">
-        <v>128.69</v>
+        <v>1582.52</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="C20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="2">
-        <v>1541.42</v>
+        <v>5141.59</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="2">
-        <v>5008.04</v>
+        <v>3075.91</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="2">
-        <v>916.39</v>
+        <v>53.87</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E23" s="2">
-        <v>217.29</v>
+        <v>5150.53</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E24" s="2">
-        <v>2996.02</v>
+        <v>2326.41</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E25" s="2">
-        <v>52.47</v>
+        <v>24730.42</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E26" s="2">
-        <v>5016.74</v>
+        <v>33.64</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="E27" s="2">
-        <v>2265.98</v>
+        <v>120.03</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>24088.06</v>
+        <v>1233.48</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="2">
-        <v>32.76</v>
+        <v>0.24</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E30" s="2">
-        <v>116.92</v>
+        <v>147.19</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E31" s="2">
-        <v>1201.44</v>
+        <v>16239.12</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E32" s="2">
-        <v>0.23</v>
+        <v>3397.97</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E33" s="2">
-        <v>143.37</v>
+        <v>2.67</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E34" s="2">
-        <v>15817.32</v>
+        <v>347.71</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E35" s="2">
-        <v>3309.71</v>
+        <v>593.81</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E36" s="2">
-        <v>2.6</v>
+        <v>7.31</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E37" s="2">
-        <v>338.68</v>
+        <v>17859.01</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>113</v>
+        <v>58</v>
       </c>
       <c r="E38" s="2">
-        <v>578.39</v>
+        <v>1291.6</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>71</v>
+        <v>117</v>
       </c>
       <c r="E39" s="2">
-        <v>7.12</v>
+        <v>825.95</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="B40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E40" s="2">
-        <v>192.56</v>
+        <v>758.22</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="B41" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E41" s="2">
-        <v>17395.16</v>
+        <v>758.22</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="B42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="E42" s="2">
-        <v>1258.08</v>
+        <v>8711.54</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="2">
-        <v>804.5</v>
+        <v>1877.12</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>128</v>
       </c>
       <c r="E44" s="2">
-        <v>738.53</v>
+        <v>1547.13</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E45" s="2">
-        <v>738.53</v>
+        <v>793.69</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>107</v>
+        <v>133</v>
       </c>
       <c r="E46" s="2">
-        <v>8485.29</v>
+        <v>2579.39</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E47" s="2">
-        <v>1828.37</v>
+        <v>4776.59</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E48" s="2">
-        <v>1506.95</v>
+        <v>6119.34</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E49" s="2">
-        <v>773.08</v>
+        <v>260.84</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="E50" s="2">
-        <v>2512.4</v>
+        <v>22108.3</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>145</v>
+        <v>58</v>
       </c>
       <c r="E51" s="2">
-        <v>4652.53</v>
+        <v>4560.5</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E52" s="2">
-        <v>5960.43</v>
+        <v>1674.52</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E53" s="2">
-        <v>254.07</v>
+        <v>24.41</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E54" s="2">
-        <v>21534.08</v>
+        <v>871.71</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>61</v>
+        <v>159</v>
       </c>
       <c r="E55" s="2">
-        <v>4442.06</v>
+        <v>17446.33</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="E56" s="2">
-        <v>1631.03</v>
+        <v>1208.61</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="E57" s="2">
-        <v>23.78</v>
+        <v>301.7</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="E58" s="2">
-        <v>849.07</v>
+        <v>11717.72</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="E59" s="2">
-        <v>16993.19</v>
+        <v>1681.51</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>171</v>
+        <v>31</v>
       </c>
       <c r="E60" s="2">
-        <v>1177.22</v>
+        <v>298.97</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E61" s="2">
-        <v>293.86</v>
+        <v>428.71</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E62" s="2">
-        <v>250.32</v>
+        <v>8752.9</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E63" s="2">
-        <v>1358.33</v>
+        <v>1653.94</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E64" s="2">
-        <v>11413.36</v>
+        <v>7121.28</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E65" s="2">
-        <v>1637.83</v>
+        <v>95.6</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="E66" s="2">
-        <v>291.2</v>
+        <v>427.84</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>190</v>
+        <v>57</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E67" s="2">
-        <v>417.57</v>
+        <v>539.7</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E68" s="2">
-        <v>8525.57</v>
+        <v>14.01</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E69" s="2">
-        <v>1610.98</v>
+        <v>431.71</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>200</v>
+        <v>63</v>
       </c>
       <c r="E70" s="2">
-        <v>6936.3</v>
+        <v>1686.04</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>203</v>
+        <v>63</v>
       </c>
       <c r="E71" s="2">
-        <v>93.12</v>
+        <v>1508.13</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>121</v>
+        <v>58</v>
       </c>
       <c r="E72" s="2">
-        <v>416.73</v>
+        <v>3452.83</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>207</v>
+        <v>63</v>
       </c>
       <c r="E73" s="2">
-        <v>525.68</v>
+        <v>1540.4</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>210</v>
+        <v>58</v>
       </c>
       <c r="E74" s="2">
-        <v>13.64</v>
+        <v>4274.34</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>213</v>
+        <v>58</v>
       </c>
       <c r="E75" s="2">
-        <v>420.5</v>
+        <v>5564.49</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>215</v>
+        <v>200</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="E76" s="2">
-        <v>1642.22</v>
+        <v>1489.44</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="E77" s="2">
-        <v>1468.95</v>
+        <v>10876.38</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>61</v>
+        <v>211</v>
       </c>
       <c r="E78" s="2">
-        <v>3363.18</v>
+        <v>5274.12</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>66</v>
+        <v>214</v>
       </c>
       <c r="E79" s="2">
-        <v>1500.38</v>
+        <v>95.22</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>61</v>
+        <v>217</v>
       </c>
       <c r="E80" s="2">
-        <v>4163.33</v>
+        <v>69.41</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="E81" s="2">
-        <v>5419.96</v>
+        <v>3402.71</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B82" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="B82" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="E82" s="2">
-        <v>1450.75</v>
+        <v>5393.08</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="E83" s="2">
-        <v>10593.88</v>
+        <v>4295.71</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="B84" s="0" t="s">
+      <c r="C84" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="C84" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" s="2">
-        <v>5137.17</v>
+        <v>1259.18</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="C85" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="C85" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E85" s="2">
-        <v>92.74</v>
+        <v>3204.69</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="B86" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E86" s="2">
-        <v>67.61</v>
+        <v>327.97</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="E87" s="2">
-        <v>3314.34</v>
+        <v>2890.93</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="B88" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E88" s="2">
-        <v>5253.01</v>
+        <v>4958.34</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="B89" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>61</v>
+        <v>238</v>
       </c>
       <c r="E89" s="2">
-        <v>4184.15</v>
+        <v>2370.81</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E90" s="2">
-        <v>1226.48</v>
+        <v>937.09</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>242</v>
+        <v>164</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>243</v>
       </c>
       <c r="E91" s="2">
-        <v>3121.47</v>
+        <v>355.54</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="E92" s="2">
-        <v>319.45</v>
+        <v>334.1</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="B93" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="B93" s="0" t="s">
+      <c r="C93" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C93" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E93" s="2">
-        <v>2815.87</v>
+        <v>85.28</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>249</v>
+        <v>116</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>250</v>
+        <v>119</v>
       </c>
       <c r="E94" s="2">
-        <v>4829.56</v>
+        <v>2666.13</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="B95" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E95" s="2">
-        <v>2309.23</v>
+        <v>246.94</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="B96" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E96" s="2">
-        <v>912.75</v>
+        <v>425.57</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="B97" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E97" s="2">
-        <v>346.3</v>
+        <v>849.01</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>173</v>
+        <v>256</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E98" s="2">
-        <v>325.42</v>
+        <v>1455.04</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="B99" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="B99" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="E99" s="2">
-        <v>83.06</v>
+        <v>1571.7</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="B100" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E100" s="2">
-        <v>2596.88</v>
+        <v>350.64</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>264</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>266</v>
       </c>
       <c r="E101" s="2">
-        <v>240.51</v>
+        <v>56.7</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>267</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>268</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>269</v>
       </c>
       <c r="E102" s="2">
-        <v>414.51</v>
+        <v>105.46</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>272</v>
       </c>
       <c r="E103" s="2">
-        <v>826.97</v>
+        <v>223.9</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>273</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="E104" s="2">
-        <v>1417.25</v>
+        <v>126.29</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="E105" s="2">
-        <v>1530.87</v>
+        <v>725.36</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E106" s="2">
-        <v>341.53</v>
+        <v>777.8</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="E107" s="2">
-        <v>55.23</v>
+        <v>1834.35</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="E108" s="2">
-        <v>102.74</v>
+        <v>22</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="E109" s="2">
-        <v>218.08</v>
+        <v>250.3</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="E110" s="2">
-        <v>123.03</v>
+        <v>49.71</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="E111" s="2">
-        <v>706.52</v>
+        <v>2336.44</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E112" s="2">
-        <v>757.59</v>
+        <v>2966.81</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="E113" s="2">
-        <v>1786.7</v>
+        <v>39.46</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="E114" s="2">
-        <v>21.43</v>
+        <v>21.62</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>304</v>
+        <v>57</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="E115" s="2">
-        <v>243.8</v>
+        <v>6.29</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="E116" s="2">
-        <v>48.41</v>
+        <v>173.23</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E117" s="2">
-        <v>2275.76</v>
+        <v>267.54</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="E118" s="2">
-        <v>2889.75</v>
+        <v>217.37</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>10</v>
-[...118 lines deleted...]
-      <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3686,38 +3521,32 @@
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
     <hyperlink ref="F101" r:id="rId101"/>
     <hyperlink ref="F102" r:id="rId102"/>
     <hyperlink ref="F103" r:id="rId103"/>
     <hyperlink ref="F104" r:id="rId104"/>
     <hyperlink ref="F105" r:id="rId105"/>
     <hyperlink ref="F106" r:id="rId106"/>
     <hyperlink ref="F107" r:id="rId107"/>
     <hyperlink ref="F108" r:id="rId108"/>
     <hyperlink ref="F109" r:id="rId109"/>
     <hyperlink ref="F110" r:id="rId110"/>
     <hyperlink ref="F111" r:id="rId111"/>
     <hyperlink ref="F112" r:id="rId112"/>
     <hyperlink ref="F113" r:id="rId113"/>
     <hyperlink ref="F114" r:id="rId114"/>
     <hyperlink ref="F115" r:id="rId115"/>
     <hyperlink ref="F116" r:id="rId116"/>
     <hyperlink ref="F117" r:id="rId117"/>
     <hyperlink ref="F118" r:id="rId118"/>
-    <hyperlink ref="F119" r:id="rId119"/>
-[...4 lines deleted...]
-    <hyperlink ref="F124" r:id="rId124"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>