--- v1 (2025-12-18)
+++ v2 (2026-03-03)
@@ -5,932 +5,1889 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="317" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="636" uniqueCount="636">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>41-00009-000</t>
   </si>
   <si>
     <t>ADAMS WM O &amp; ESTHER M</t>
   </si>
   <si>
     <t>CLAYMONT SD</t>
   </si>
   <si>
     <t>STATE ROUTE 250</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>4100010</t>
   </si>
   <si>
     <t>COX RUBY</t>
   </si>
   <si>
     <t>922 MAURER DR</t>
   </si>
   <si>
+    <t>41-00018-000</t>
+  </si>
+  <si>
+    <t>ERICKSON CHASE</t>
+  </si>
+  <si>
+    <t>637 PARRISH ST</t>
+  </si>
+  <si>
+    <t>41-00022-000</t>
+  </si>
+  <si>
+    <t>JOHNS DWIGHT W</t>
+  </si>
+  <si>
+    <t>424 N MAIN ST</t>
+  </si>
+  <si>
     <t>41-00048-000</t>
   </si>
   <si>
     <t>MORRISON WILLIAM N &amp; RUTH I</t>
   </si>
   <si>
     <t>NEWPORT AVE</t>
   </si>
   <si>
+    <t>41-00049-000</t>
+  </si>
+  <si>
+    <t>M &amp; S BROKEN ROAD, LLC</t>
+  </si>
+  <si>
+    <t>1016 TRENTON AVE</t>
+  </si>
+  <si>
+    <t>41-00073-000</t>
+  </si>
+  <si>
+    <t>STEVE DARLENE</t>
+  </si>
+  <si>
+    <t>528 WILCOXEN ST</t>
+  </si>
+  <si>
+    <t>41-00101-000</t>
+  </si>
+  <si>
+    <t>GRANT RENTALS</t>
+  </si>
+  <si>
+    <t>336 S MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>41-00106-000</t>
+  </si>
+  <si>
+    <t>STOLLINGS JODI</t>
+  </si>
+  <si>
+    <t>1469 ROANOKE AVE</t>
+  </si>
+  <si>
+    <t>4100121</t>
+  </si>
+  <si>
+    <t>KOHLER SONYA R</t>
+  </si>
+  <si>
+    <t>306 PEARL ST</t>
+  </si>
+  <si>
+    <t>41-00123-000</t>
+  </si>
+  <si>
+    <t>SMOTHERS CHAD</t>
+  </si>
+  <si>
+    <t>128 S WATER ST</t>
+  </si>
+  <si>
+    <t>41-00124-000</t>
+  </si>
+  <si>
+    <t>BIRNEY PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>426 N DAWSON ST</t>
+  </si>
+  <si>
     <t>41-00133-000</t>
   </si>
   <si>
     <t>BERNI VIRGINIA M</t>
   </si>
   <si>
     <t>HUSTON ALY</t>
   </si>
   <si>
     <t>41-00134-001</t>
   </si>
   <si>
     <t>REICHMAN WESLEY P &amp; ARANA</t>
   </si>
   <si>
     <t>S DAWSON ST</t>
   </si>
   <si>
     <t>41-00141-000</t>
   </si>
   <si>
     <t>BROWN RICHARD A</t>
   </si>
   <si>
     <t>W 4TH ST</t>
   </si>
   <si>
+    <t>41-00142-000</t>
+  </si>
+  <si>
+    <t>SCHWIGER DAVID P &amp; LOLA M LUTE-SCHWIGER</t>
+  </si>
+  <si>
+    <t>423 E BANK ST</t>
+  </si>
+  <si>
+    <t>41-00146-000</t>
+  </si>
+  <si>
+    <t>ALBRIGHT EARL DANIEL &amp; WANDA L</t>
+  </si>
+  <si>
+    <t>234 PACKER ST</t>
+  </si>
+  <si>
+    <t>41-00169-000</t>
+  </si>
+  <si>
+    <t>BREHM WILLIAM E</t>
+  </si>
+  <si>
+    <t>1128 N MAIN ST</t>
+  </si>
+  <si>
+    <t>41-00182-000</t>
+  </si>
+  <si>
+    <t>SMITH JAMES &amp; DIANA</t>
+  </si>
+  <si>
+    <t>912 W 1ST ST</t>
+  </si>
+  <si>
     <t>41-00210-000</t>
   </si>
   <si>
     <t>CARTER RONALD &amp; BENITA</t>
   </si>
   <si>
     <t>309 N CENTER ST</t>
   </si>
   <si>
     <t>4100213</t>
   </si>
   <si>
     <t>ANNON BRENT</t>
   </si>
   <si>
     <t>105 RIVER RD</t>
   </si>
   <si>
+    <t>41-00231-000</t>
+  </si>
+  <si>
+    <t>NEWPORT PROPERTY MANAGEMENT LLC</t>
+  </si>
+  <si>
+    <t>320 E 5TH ST</t>
+  </si>
+  <si>
+    <t>41-00234-000</t>
+  </si>
+  <si>
+    <t>BOWE RODNEY &amp; DEBBIE</t>
+  </si>
+  <si>
+    <t>448 E 5TH ST</t>
+  </si>
+  <si>
+    <t>41-00247-000</t>
+  </si>
+  <si>
+    <t>329 N CENTER ST</t>
+  </si>
+  <si>
+    <t>41-00342-000</t>
+  </si>
+  <si>
+    <t>STULL ZACHARY H &amp; SAVANNAH SNIVELY</t>
+  </si>
+  <si>
+    <t>S WATER ST</t>
+  </si>
+  <si>
     <t>4100360</t>
   </si>
   <si>
     <t>GARBRANDT JAMES</t>
   </si>
   <si>
     <t>276 PEARL ST</t>
   </si>
   <si>
     <t>4100386</t>
   </si>
   <si>
     <t>HOGUE BRANDI J</t>
   </si>
   <si>
     <t>224 PEARL ST</t>
   </si>
   <si>
+    <t>41-00395-000</t>
+  </si>
+  <si>
+    <t>TECZA IAN CHASE</t>
+  </si>
+  <si>
+    <t>132 S MAIN ST</t>
+  </si>
+  <si>
+    <t>41-00397-000</t>
+  </si>
+  <si>
+    <t>COX SUZANNE C</t>
+  </si>
+  <si>
+    <t>1641 ROANOKE AVE</t>
+  </si>
+  <si>
     <t>41-00399-000</t>
   </si>
   <si>
     <t>FAUSTO CHRIS A</t>
   </si>
   <si>
     <t>714 W 1ST ST</t>
   </si>
   <si>
+    <t>41-00401-000</t>
+  </si>
+  <si>
+    <t>GRANT RENTALS LLC</t>
+  </si>
+  <si>
+    <t>531 E 1ST ST</t>
+  </si>
+  <si>
     <t>41-00409-000</t>
   </si>
   <si>
     <t>SPROUL LAUREN</t>
   </si>
   <si>
     <t>314 W 1ST ST</t>
   </si>
   <si>
     <t>41-00412-000</t>
   </si>
   <si>
     <t>LILLIE HAROLD &amp; DARLENE</t>
   </si>
   <si>
     <t>505 E 3RD ST</t>
   </si>
   <si>
     <t>41-00428-000</t>
   </si>
   <si>
     <t>BLACKBURN JOHNATHEN W &amp; RHAWNIE L ALEXANDER</t>
   </si>
   <si>
     <t>226 S WATER ST</t>
   </si>
   <si>
     <t>41-00448-000</t>
   </si>
   <si>
     <t>SCF-I LLC</t>
   </si>
   <si>
     <t>S WARDELL ST</t>
   </si>
   <si>
     <t>41-00481-000</t>
   </si>
   <si>
     <t>DEARTH CLAYTON W</t>
   </si>
   <si>
     <t>MCCONNELL ST</t>
   </si>
   <si>
+    <t>41-00492-000</t>
+  </si>
+  <si>
+    <t>KAIL MARK A</t>
+  </si>
+  <si>
+    <t>594 E 1ST ST</t>
+  </si>
+  <si>
     <t>41-00511-000</t>
   </si>
   <si>
     <t>JOHNS DWIGHT</t>
   </si>
   <si>
     <t>DEERSVILLE AVE</t>
   </si>
   <si>
+    <t>41-00523-000</t>
+  </si>
+  <si>
+    <t>COOPER PAUL K JR &amp; MELISSA LOU</t>
+  </si>
+  <si>
+    <t>534 W BANK ST</t>
+  </si>
+  <si>
+    <t>41-00557-000</t>
+  </si>
+  <si>
+    <t>PARRISH ROGER</t>
+  </si>
+  <si>
+    <t>271 MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>41-00595-000</t>
+  </si>
+  <si>
+    <t>PATTERSON JUANITA M</t>
+  </si>
+  <si>
+    <t>532 W HIGH ST</t>
+  </si>
+  <si>
     <t>41-00596-000</t>
   </si>
   <si>
     <t>ENOS FRANCIS PAUL &amp; NORA MARIE</t>
   </si>
   <si>
     <t>41-00637-000</t>
   </si>
   <si>
     <t>FETTER CHRISTIAN C</t>
   </si>
   <si>
     <t>MURPHY ST</t>
   </si>
   <si>
+    <t>41-00645-000</t>
+  </si>
+  <si>
+    <t>COLLETTI THOMAS E</t>
+  </si>
+  <si>
+    <t>314 S WATER ST</t>
+  </si>
+  <si>
+    <t>41-00645-001</t>
+  </si>
+  <si>
+    <t>ADDLEMAN MARILYN</t>
+  </si>
+  <si>
     <t>41-00670-000</t>
   </si>
   <si>
     <t>FRED FAIRALL CONSTRUCTION CO</t>
   </si>
   <si>
     <t>LAKE ST</t>
   </si>
   <si>
+    <t>41-00679-000</t>
+  </si>
+  <si>
+    <t>HEID KIMBERLY A</t>
+  </si>
+  <si>
+    <t>556 E 1ST ST</t>
+  </si>
+  <si>
     <t>41-00696-000</t>
   </si>
   <si>
     <t>KERNS CLINTON W</t>
   </si>
   <si>
     <t>256 MCCONNELL ST</t>
   </si>
   <si>
+    <t>41-00698-000</t>
+  </si>
+  <si>
+    <t>GARBRANDT BRITTANY DIANNE</t>
+  </si>
+  <si>
+    <t>237 MCCONNELL ST</t>
+  </si>
+  <si>
     <t>4100744</t>
   </si>
   <si>
     <t>FOUTS FRITZ A &amp; TAMMY K</t>
   </si>
   <si>
     <t>270 PEARL ST</t>
   </si>
   <si>
+    <t>41-00750-000</t>
+  </si>
+  <si>
+    <t>HEWISON DOUGLAS A II &amp; SIERRA N</t>
+  </si>
+  <si>
+    <t>294 S MCCONNELL ST</t>
+  </si>
+  <si>
     <t>4100751</t>
   </si>
   <si>
     <t>PATTERSON RICHARD S &amp; DIANNA L</t>
   </si>
   <si>
     <t>6299 S WATER ST</t>
   </si>
   <si>
+    <t>41-00751-000</t>
+  </si>
+  <si>
+    <t>S MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>41-00752-000</t>
+  </si>
+  <si>
+    <t>MAST ADRIAN</t>
+  </si>
+  <si>
+    <t>439 E 4TH ST</t>
+  </si>
+  <si>
     <t>41-00763-000</t>
   </si>
   <si>
     <t>MADONI JOHN C</t>
   </si>
   <si>
     <t>629 TRENTON AVE</t>
   </si>
   <si>
+    <t>41-00766-000</t>
+  </si>
+  <si>
+    <t>320 W 4TH ST</t>
+  </si>
+  <si>
+    <t>41-00775-001</t>
+  </si>
+  <si>
+    <t>HALTER JOSEPH &amp; BRENDA</t>
+  </si>
+  <si>
+    <t>W 1ST ST</t>
+  </si>
+  <si>
     <t>41-00779-000</t>
   </si>
   <si>
     <t>BOWLING RALPH &amp; PATRICIA</t>
   </si>
   <si>
     <t>N JAY ST</t>
   </si>
   <si>
     <t>41-00780-000</t>
   </si>
   <si>
     <t>W 2ND ST REAR</t>
   </si>
   <si>
     <t>41-00781-000</t>
   </si>
   <si>
     <t>206 N JAY ST</t>
   </si>
   <si>
     <t>4100810</t>
   </si>
   <si>
     <t>GRAY TERRIA A</t>
   </si>
   <si>
     <t>408 E HIGH ST LOT 2</t>
   </si>
   <si>
+    <t>41-00818-000</t>
+  </si>
+  <si>
+    <t>834 EAST 5TH TRUST</t>
+  </si>
+  <si>
+    <t>438 E 5TH ST</t>
+  </si>
+  <si>
     <t>4100834</t>
   </si>
   <si>
     <t>HENRY EARL L JR &amp; JANET S</t>
   </si>
   <si>
     <t>710 NEWPORT AVE</t>
   </si>
   <si>
     <t>41-00835-000</t>
   </si>
   <si>
     <t>CENTRAL CONSULTING LLC</t>
   </si>
   <si>
     <t>329 N MILLER ST</t>
   </si>
   <si>
+    <t>41-00836-000</t>
+  </si>
+  <si>
+    <t>320 N CENTER ST</t>
+  </si>
+  <si>
     <t>4100839</t>
   </si>
   <si>
     <t>JONES CHRISTIE L</t>
   </si>
   <si>
     <t>232 PEARL ST</t>
   </si>
   <si>
     <t>41-00850-000</t>
   </si>
   <si>
     <t>MEEK JAMES L &amp; SHEILA FISHER &amp; GAYLON STUDER ETAL</t>
   </si>
   <si>
     <t>E 4TH ST</t>
   </si>
   <si>
     <t>41-00852-000</t>
   </si>
   <si>
     <t>HARRIS JOS S &amp; CUMI</t>
   </si>
   <si>
     <t>230 W 11TH ST</t>
   </si>
   <si>
+    <t>41-00864-000</t>
+  </si>
+  <si>
+    <t>MCKAIN ANDREW</t>
+  </si>
+  <si>
+    <t>417 CROSS ST</t>
+  </si>
+  <si>
+    <t>41-00874-000</t>
+  </si>
+  <si>
+    <t>NEWPORT PROPERTY MANAGEMENT, LLC</t>
+  </si>
+  <si>
+    <t>716 W 4TH ST</t>
+  </si>
+  <si>
     <t>41-00909-000</t>
   </si>
   <si>
     <t>HILLYER BARRY L &amp; BONNIE R</t>
   </si>
   <si>
     <t>140 DEERSVILLE AVE</t>
   </si>
   <si>
+    <t>41-00913-000</t>
+  </si>
+  <si>
     <t>4100923</t>
   </si>
   <si>
     <t>HENRY JANET S</t>
   </si>
   <si>
     <t>712 NEWPORT AVE</t>
   </si>
   <si>
+    <t>41-00938-000</t>
+  </si>
+  <si>
+    <t>BEATTY TIMOTHY A &amp; GLENDA STRIKER</t>
+  </si>
+  <si>
+    <t>420 W 4TH ST</t>
+  </si>
+  <si>
+    <t>41-00942-000</t>
+  </si>
+  <si>
+    <t>STARNES MARY</t>
+  </si>
+  <si>
+    <t>608 W 1ST ST</t>
+  </si>
+  <si>
+    <t>41-00972-000</t>
+  </si>
+  <si>
+    <t>VOSICK SALLY A</t>
+  </si>
+  <si>
+    <t>319 E 5TH ST</t>
+  </si>
+  <si>
+    <t>41-00988-000</t>
+  </si>
+  <si>
+    <t>LESLIE DWAIN ALLEN</t>
+  </si>
+  <si>
+    <t>448 E 4TH ST</t>
+  </si>
+  <si>
+    <t>41-00994-000</t>
+  </si>
+  <si>
+    <t>BOWE RODNEY J &amp; DEBORAH K</t>
+  </si>
+  <si>
+    <t>435 E 5TH ST</t>
+  </si>
+  <si>
+    <t>41-01000-000</t>
+  </si>
+  <si>
+    <t>CALVEY BURNETT ROBERT</t>
+  </si>
+  <si>
+    <t>460 DEERSVILLE AVE</t>
+  </si>
+  <si>
+    <t>41-01001-000</t>
+  </si>
+  <si>
     <t>41-01002-000</t>
   </si>
   <si>
     <t>HUTCHINS ALMA M ET AL</t>
   </si>
   <si>
     <t>N WATER ST</t>
   </si>
   <si>
+    <t>41-01007-000</t>
+  </si>
+  <si>
+    <t>CARPENTER THERESA RENEE</t>
+  </si>
+  <si>
+    <t>613 W 1ST ST</t>
+  </si>
+  <si>
     <t>41-01017-000</t>
   </si>
   <si>
     <t>BLANK DAVID S</t>
   </si>
   <si>
+    <t>41-01023-000</t>
+  </si>
+  <si>
+    <t>HUFF MICHAEL R &amp; TARAH B</t>
+  </si>
+  <si>
+    <t>307 OAK ST</t>
+  </si>
+  <si>
+    <t>41-01036-000</t>
+  </si>
+  <si>
+    <t>GREEN MATTHEW</t>
+  </si>
+  <si>
+    <t>4101062</t>
+  </si>
+  <si>
+    <t>SELL ERIC DEAN</t>
+  </si>
+  <si>
+    <t>103 THOMPSON ST</t>
+  </si>
+  <si>
     <t>41-01063-000</t>
   </si>
   <si>
     <t>K-HILL SIGNAL CO INC</t>
   </si>
   <si>
     <t>W 2ND ST</t>
   </si>
   <si>
     <t>41-01065-000</t>
   </si>
   <si>
     <t>W SECOND ST</t>
   </si>
   <si>
     <t>41-01066-000</t>
   </si>
   <si>
+    <t>41-01114-000</t>
+  </si>
+  <si>
+    <t>307 S MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>41-01128-000</t>
+  </si>
+  <si>
+    <t>109 S UHRICH ST</t>
+  </si>
+  <si>
+    <t>41-01145-000</t>
+  </si>
+  <si>
+    <t>WILLIS KYLE RYAN</t>
+  </si>
+  <si>
+    <t>148 WASHINGTON AVE</t>
+  </si>
+  <si>
+    <t>41-01147-000</t>
+  </si>
+  <si>
+    <t>CUSTOM PROPERTY REHAB SERVICES LLC</t>
+  </si>
+  <si>
+    <t>118 N WARDELL ST</t>
+  </si>
+  <si>
+    <t>41-01205-000</t>
+  </si>
+  <si>
+    <t>ROBINSON ORA L</t>
+  </si>
+  <si>
+    <t>226 W 11TH ST</t>
+  </si>
+  <si>
     <t>41-01211-000</t>
   </si>
   <si>
     <t>STRIKER JAMES &amp; EDNA</t>
   </si>
   <si>
+    <t>41-01222-000</t>
+  </si>
+  <si>
+    <t>LAPP, TTEE OF AN AGREEMENT AND DECLARATION OF TRUST AMANDA D</t>
+  </si>
+  <si>
+    <t>424 E 8TH ST</t>
+  </si>
+  <si>
+    <t>41-01230-000</t>
+  </si>
+  <si>
+    <t>REYNOLDS MICHAEL</t>
+  </si>
+  <si>
+    <t>220 W 3RD ST</t>
+  </si>
+  <si>
     <t>41-01258-000</t>
   </si>
   <si>
     <t>WOODWARD MICHELLE</t>
   </si>
   <si>
     <t>E DEERSVILLE AVE REAR</t>
   </si>
   <si>
     <t>41-01264-000</t>
   </si>
   <si>
     <t>RILEY JACK L</t>
   </si>
   <si>
     <t>E 3RD ST REAR</t>
   </si>
   <si>
     <t>41-01265-000</t>
   </si>
   <si>
     <t>E 3RD ST</t>
   </si>
   <si>
+    <t>41-01276-000</t>
+  </si>
+  <si>
+    <t>AUSTIN PAUL F JR &amp; RONALD E HAWKINBERRY JR</t>
+  </si>
+  <si>
+    <t>516 E 2ND ST</t>
+  </si>
+  <si>
+    <t>41-01292-000</t>
+  </si>
+  <si>
+    <t>ELLIOTT CLIFFORD</t>
+  </si>
+  <si>
+    <t>125 S UHRICH ST</t>
+  </si>
+  <si>
     <t>41-01312-000</t>
   </si>
   <si>
     <t>SWEET &amp; LOWE LLC</t>
   </si>
   <si>
     <t>311 S MCCONNELL ST</t>
   </si>
   <si>
+    <t>41-01372-000</t>
+  </si>
+  <si>
+    <t>CLEMONS ANDREA</t>
+  </si>
+  <si>
+    <t>120 E 6TH ST</t>
+  </si>
+  <si>
     <t>41-01380-000</t>
   </si>
   <si>
     <t>DUDZIAK GOLDIE</t>
   </si>
   <si>
-    <t>S WATER ST</t>
-[...1 lines deleted...]
-  <si>
     <t>41-01381-000</t>
   </si>
   <si>
     <t>STRIKER NORMA</t>
   </si>
   <si>
     <t>6277 S WATER ST EXT</t>
   </si>
   <si>
     <t>41-01382-000</t>
   </si>
   <si>
     <t>CIVIELLO GARRETT L</t>
   </si>
   <si>
     <t>418 S WATER ST</t>
   </si>
   <si>
+    <t>41-01394-000</t>
+  </si>
+  <si>
+    <t>MIGONI JOSEPH M JR</t>
+  </si>
+  <si>
+    <t>41-01430-000</t>
+  </si>
+  <si>
+    <t>DICKINSON HELEN</t>
+  </si>
+  <si>
+    <t>215 E 5TH ST</t>
+  </si>
+  <si>
+    <t>41-01433-000</t>
+  </si>
+  <si>
+    <t>SANDERS HENRY &amp; MELISSA</t>
+  </si>
+  <si>
+    <t>204 N DAWSON ST</t>
+  </si>
+  <si>
     <t>41-01460-000</t>
   </si>
   <si>
     <t>MORRIS PATRICK G</t>
   </si>
   <si>
     <t>208 S WATER ST</t>
   </si>
   <si>
     <t>41-01469-000</t>
   </si>
   <si>
     <t>MUMMA MARY W &amp; W W BELKNAP II &amp; D BELKNAP &amp; A LUKENS/H HILL</t>
   </si>
   <si>
+    <t>41-01494-000</t>
+  </si>
+  <si>
+    <t>FISHER RITA C</t>
+  </si>
+  <si>
+    <t>407 W 3RD ST</t>
+  </si>
+  <si>
+    <t>41-01496-000</t>
+  </si>
+  <si>
+    <t>MCCUE SAMANTHA KAY &amp; JONAS WILLIAM BAILEY</t>
+  </si>
+  <si>
+    <t>271 S WARDELL ST</t>
+  </si>
+  <si>
+    <t>41-01498-000</t>
+  </si>
+  <si>
+    <t>MURPHY STEVEN L</t>
+  </si>
+  <si>
+    <t>705 TRENTON AVE</t>
+  </si>
+  <si>
+    <t>4101499</t>
+  </si>
+  <si>
+    <t>GOFF DARLENE F</t>
+  </si>
+  <si>
+    <t>242 S WARDELL ST</t>
+  </si>
+  <si>
     <t>41-01543-000</t>
   </si>
   <si>
     <t>RICHARDS JANICE ANN-MARGARET LOUISE KNOTTS-SHIRLEY J RAUSCH</t>
   </si>
   <si>
     <t>440 DEERSVILLE AVE</t>
   </si>
   <si>
     <t>41-01572-000</t>
   </si>
   <si>
     <t>UNKNOWN/ABANDONED</t>
   </si>
   <si>
     <t>MURPHY ST REAR</t>
   </si>
   <si>
     <t>41-01574-000</t>
   </si>
   <si>
     <t>PAULINE SUZANNE M &amp; FRED M MARLO</t>
   </si>
   <si>
     <t>ROANOKE AVE</t>
   </si>
   <si>
+    <t>41-01587-000</t>
+  </si>
+  <si>
+    <t>BUTLER LORI A</t>
+  </si>
+  <si>
+    <t>411 N WATER ST</t>
+  </si>
+  <si>
     <t>41-01609-000</t>
   </si>
   <si>
     <t>BEACH EDWIN T</t>
   </si>
   <si>
     <t>546 E 1ST ST</t>
   </si>
   <si>
+    <t>41-01648-000</t>
+  </si>
+  <si>
+    <t>CHRISTMAS BRIAN K</t>
+  </si>
+  <si>
+    <t>439 DEERSVILLE AVE</t>
+  </si>
+  <si>
+    <t>41-01658-000</t>
+  </si>
+  <si>
+    <t>CITY OF UHRICHSVILLE</t>
+  </si>
+  <si>
+    <t>521 E 1ST ST</t>
+  </si>
+  <si>
     <t>41-01686-000</t>
   </si>
   <si>
     <t>MUNSON ANN M</t>
   </si>
   <si>
     <t>611 N DAWSON ST</t>
   </si>
   <si>
     <t>41-01687-000</t>
   </si>
   <si>
     <t>WADE PAUL</t>
   </si>
   <si>
     <t>347 S MCCONNELL ST</t>
   </si>
   <si>
+    <t>41-01703-000</t>
+  </si>
+  <si>
+    <t>RIPLEY LUCAS T</t>
+  </si>
+  <si>
+    <t>TRENTON AVE</t>
+  </si>
+  <si>
+    <t>41-01704-000</t>
+  </si>
+  <si>
+    <t>514 TRENTON AVE</t>
+  </si>
+  <si>
+    <t>41-01705-000</t>
+  </si>
+  <si>
+    <t>41-01723-000</t>
+  </si>
+  <si>
+    <t>286 MCCONNELL ST</t>
+  </si>
+  <si>
+    <t>41-01757-000</t>
+  </si>
+  <si>
+    <t>DRAHER TIMOTHY J &amp; KAYLA A</t>
+  </si>
+  <si>
+    <t>325 W 3RD ST</t>
+  </si>
+  <si>
+    <t>41-01759-000</t>
+  </si>
+  <si>
+    <t>ELLIOTT CLIFFORD J</t>
+  </si>
+  <si>
+    <t>137 S UHRICH ST</t>
+  </si>
+  <si>
+    <t>41-01801-000</t>
+  </si>
+  <si>
+    <t>433 DEERSVILLE AVE</t>
+  </si>
+  <si>
+    <t>41-01809-000</t>
+  </si>
+  <si>
+    <t>HART CHARLES J</t>
+  </si>
+  <si>
+    <t>405 E BANK ST</t>
+  </si>
+  <si>
+    <t>41-01811-000</t>
+  </si>
+  <si>
+    <t>E 5TH ST</t>
+  </si>
+  <si>
     <t>41-01818-000</t>
   </si>
   <si>
     <t>CARTER GARY</t>
   </si>
   <si>
     <t>420 CROSS ST</t>
   </si>
   <si>
     <t>41-01822-000</t>
   </si>
   <si>
     <t>GREENWALT ROBERT B JR &amp; BRIDGETT R BURKHART</t>
   </si>
   <si>
     <t>412 N ROMIG ST</t>
   </si>
   <si>
+    <t>41-01831-000</t>
+  </si>
+  <si>
+    <t>M &amp; S BROKEN ROAD LLC</t>
+  </si>
+  <si>
+    <t>268 S WATER ST</t>
+  </si>
+  <si>
+    <t>41-01864-000</t>
+  </si>
+  <si>
+    <t>1126 N MAIN ST</t>
+  </si>
+  <si>
+    <t>41-01882-000</t>
+  </si>
+  <si>
+    <t>SCHUPP RICHARD L &amp; KATHY</t>
+  </si>
+  <si>
+    <t>516 N MAIN ST</t>
+  </si>
+  <si>
+    <t>41-01930-000</t>
+  </si>
+  <si>
+    <t>DUNN MICHAEL &amp; LISA</t>
+  </si>
+  <si>
+    <t>325 S WARDELL ST</t>
+  </si>
+  <si>
+    <t>41-01939-000</t>
+  </si>
+  <si>
+    <t>JOHNS ANGELA</t>
+  </si>
+  <si>
+    <t>834 N MAIN ST</t>
+  </si>
+  <si>
+    <t>41-01954-000</t>
+  </si>
+  <si>
+    <t>CHRISTMAS BRIAN KEITH</t>
+  </si>
+  <si>
+    <t>101 N ROMIG ST</t>
+  </si>
+  <si>
     <t>41-01958-000</t>
   </si>
   <si>
     <t>ANNON BRENT ALLEN</t>
   </si>
   <si>
     <t>41-01958-002</t>
   </si>
   <si>
     <t>DENNIS THOMAS &amp; ROBIN ANNON</t>
   </si>
   <si>
     <t>2109 N WATER ST EXT</t>
   </si>
   <si>
     <t>41-01960-000</t>
   </si>
   <si>
     <t>ROBINSON WILLIAM D</t>
   </si>
   <si>
     <t>109 RIVER RD</t>
   </si>
   <si>
+    <t>41-01962-000</t>
+  </si>
+  <si>
+    <t>SEPTER BOBBY BURRELL JR</t>
+  </si>
+  <si>
+    <t>520 E 1ST ST</t>
+  </si>
+  <si>
+    <t>41-01977-000</t>
+  </si>
+  <si>
+    <t>JOHNSON JEREMY</t>
+  </si>
+  <si>
+    <t>119 BELLE ALY</t>
+  </si>
+  <si>
     <t>4102027</t>
   </si>
   <si>
     <t>MAURER JOHN BEN</t>
   </si>
   <si>
     <t>264 PEARL ST</t>
   </si>
   <si>
+    <t>41-02035-000</t>
+  </si>
+  <si>
+    <t>ANDERSON ERIC</t>
+  </si>
+  <si>
+    <t>915 TRENTON AVE</t>
+  </si>
+  <si>
     <t>41-02037-000</t>
   </si>
   <si>
     <t>LEAS SONJA</t>
   </si>
   <si>
     <t>349 HERRICK ST</t>
   </si>
   <si>
     <t>4102056</t>
   </si>
   <si>
     <t>COOL ROBERT F</t>
   </si>
   <si>
     <t>517 E 2ND ST</t>
   </si>
   <si>
+    <t>41-02072-000</t>
+  </si>
+  <si>
+    <t>MILLER JOYCE A</t>
+  </si>
+  <si>
+    <t>528 E 7TH ST</t>
+  </si>
+  <si>
     <t>41-02077-000</t>
   </si>
   <si>
     <t>REISER ARTHUR E &amp; JANICE A CONTI &amp; VIRGINIA M WALTON</t>
   </si>
   <si>
     <t>41-02089-000</t>
   </si>
   <si>
     <t>450 DEERSVILLE AVE</t>
   </si>
   <si>
     <t>4102090</t>
   </si>
   <si>
     <t>ROBINSON MADISON M &amp; DALBERT W SANDERS</t>
   </si>
   <si>
     <t>537 HERRICK ST</t>
   </si>
   <si>
     <t>41-02116-000</t>
   </si>
   <si>
     <t>LINARD TRAVIS W &amp; MICHELLE A</t>
   </si>
   <si>
     <t>424 E 2ND ST</t>
   </si>
   <si>
+    <t>41-02118-000</t>
+  </si>
+  <si>
+    <t>COFFEE THOMAS B</t>
+  </si>
+  <si>
+    <t>267 MCCONNELL ST</t>
+  </si>
+  <si>
     <t>41-02119-000</t>
   </si>
   <si>
     <t>THAYER WALTER A &amp; 13 OTHERS</t>
   </si>
   <si>
     <t>41-02120-000</t>
   </si>
   <si>
     <t>41-02121-000</t>
   </si>
   <si>
     <t>41-02122-000</t>
   </si>
   <si>
     <t>41-02123-000</t>
   </si>
   <si>
     <t>41-02124-000</t>
   </si>
   <si>
     <t>41-02125-000</t>
   </si>
   <si>
     <t>41-02126-000</t>
   </si>
   <si>
     <t>THAYER CECIL &amp; JANET</t>
   </si>
   <si>
     <t>41-02142-000</t>
   </si>
   <si>
     <t>LENDON LESLIE L</t>
   </si>
   <si>
     <t>439 E 4TH ST REAR</t>
   </si>
   <si>
+    <t>41-02153-000</t>
+  </si>
+  <si>
+    <t>MAROSCHER RITA M</t>
+  </si>
+  <si>
+    <t>817 PARRISH ST</t>
+  </si>
+  <si>
+    <t>41-02154-000</t>
+  </si>
+  <si>
+    <t>BUTCHER KAREN</t>
+  </si>
+  <si>
+    <t>130 S DAWSON ST</t>
+  </si>
+  <si>
+    <t>41-02163-000</t>
+  </si>
+  <si>
+    <t>MCQUAID WILLIAM R &amp; VINCENZA M</t>
+  </si>
+  <si>
+    <t>418 ORCHARD ST</t>
+  </si>
+  <si>
+    <t>41-02187-000</t>
+  </si>
+  <si>
+    <t>PMF PROPERTIES LLC</t>
+  </si>
+  <si>
+    <t>222 N MAIN ST</t>
+  </si>
+  <si>
     <t>4102189</t>
   </si>
   <si>
     <t>PATTERSON OLLIE H III</t>
   </si>
   <si>
-    <t>532 W HIGH ST</t>
-[...1 lines deleted...]
-  <si>
     <t>41-02202-000</t>
   </si>
   <si>
     <t>SEPTER BOB</t>
   </si>
   <si>
     <t>524 E 1ST ST</t>
   </si>
   <si>
+    <t>41-02209-000</t>
+  </si>
+  <si>
+    <t>421 E 2ND ST</t>
+  </si>
+  <si>
+    <t>41-02228-000</t>
+  </si>
+  <si>
+    <t>M&amp;S BROKEN ROAD LLC</t>
+  </si>
+  <si>
+    <t>108 S DAWSON ST</t>
+  </si>
+  <si>
+    <t>41-02238-000</t>
+  </si>
+  <si>
+    <t>BEATTY DIANA L</t>
+  </si>
+  <si>
+    <t>W BANK ST</t>
+  </si>
+  <si>
+    <t>41-02243-000</t>
+  </si>
+  <si>
+    <t>STULL ZACHARY H &amp; SAVANNAH R</t>
+  </si>
+  <si>
+    <t>234 S WATER ST</t>
+  </si>
+  <si>
+    <t>4102272</t>
+  </si>
+  <si>
+    <t>MANNING BRYAN J</t>
+  </si>
+  <si>
+    <t>251 S WARDELL ST</t>
+  </si>
+  <si>
+    <t>41-02273-000</t>
+  </si>
+  <si>
+    <t>BOWER KRISTOFFER</t>
+  </si>
+  <si>
+    <t>101 S WATER ST</t>
+  </si>
+  <si>
+    <t>41-02297-000</t>
+  </si>
+  <si>
+    <t>1028 W 1ST ST</t>
+  </si>
+  <si>
+    <t>41-02317-000</t>
+  </si>
+  <si>
+    <t>CUNNINGHAM JAMIE &amp; TAMMY</t>
+  </si>
+  <si>
+    <t>323 E HIGH ST</t>
+  </si>
+  <si>
     <t>41-02319-000</t>
   </si>
   <si>
     <t>VIRTUE JAMES J &amp; MARILYN A</t>
   </si>
   <si>
     <t>41-02320-000</t>
   </si>
   <si>
     <t>BRIGHT KURT E</t>
   </si>
   <si>
     <t>41-02321-000</t>
   </si>
   <si>
     <t>41-02355-000</t>
   </si>
   <si>
     <t>SICKELS JOSEPH M &amp; REBECCA</t>
   </si>
   <si>
     <t>458 BANK ST</t>
   </si>
   <si>
     <t>41-02384-000</t>
   </si>
   <si>
     <t>HAWKINS THOMAS P &amp; RUTH C HAYES</t>
   </si>
   <si>
     <t>313 N ROMIG ST</t>
   </si>
   <si>
+    <t>41-02450-000</t>
+  </si>
+  <si>
+    <t>526 E HIGH ST</t>
+  </si>
+  <si>
     <t>41-02458-000</t>
   </si>
   <si>
     <t>337 S MCCONNELL ST</t>
   </si>
   <si>
     <t>41-02462-000</t>
   </si>
   <si>
     <t>WINNINGHAM ROBERT C</t>
   </si>
   <si>
     <t>41-02466-000</t>
   </si>
   <si>
     <t>RICHMOND PAUL L</t>
   </si>
   <si>
     <t>329 E HIGH ST</t>
   </si>
   <si>
+    <t>41-02475-000</t>
+  </si>
+  <si>
+    <t>504 N MAIN ST</t>
+  </si>
+  <si>
+    <t>41-02487-000</t>
+  </si>
+  <si>
+    <t>WORK ROBERT L &amp; SHARON</t>
+  </si>
+  <si>
+    <t>1025 N MAIN ST</t>
+  </si>
+  <si>
     <t>41-02511-000</t>
   </si>
   <si>
     <t>ROUPE CECIL &amp; EVADINE</t>
   </si>
   <si>
     <t>511 W BANK ST</t>
   </si>
   <si>
     <t>4102580</t>
   </si>
   <si>
     <t>SIMS GARY</t>
   </si>
   <si>
     <t>248 PEARL ST</t>
   </si>
   <si>
+    <t>41-02613-000</t>
+  </si>
+  <si>
+    <t>113 BELLE ALY</t>
+  </si>
+  <si>
+    <t>41-02637-000</t>
+  </si>
+  <si>
+    <t>PAGE SANDRA &amp; ROSS</t>
+  </si>
+  <si>
+    <t>214 W 2ND ST</t>
+  </si>
+  <si>
+    <t>41-02638-000</t>
+  </si>
+  <si>
     <t>41-02667-000</t>
   </si>
   <si>
     <t>343 S MCCONNELL ST</t>
   </si>
   <si>
     <t>41-02668-000</t>
   </si>
   <si>
     <t>4102670</t>
   </si>
   <si>
     <t>WADE II PAUL W</t>
   </si>
   <si>
     <t>343 MCCONNELL ST LOT C</t>
   </si>
   <si>
+    <t>41-02685-000</t>
+  </si>
+  <si>
+    <t>KULIG JAMES R &amp; BARBARA E CANNON</t>
+  </si>
+  <si>
+    <t>255 PACKER ST</t>
+  </si>
+  <si>
+    <t>41-02722-001</t>
+  </si>
+  <si>
+    <t>ELIXIR VI, LLC</t>
+  </si>
+  <si>
+    <t>SPANSON DR</t>
+  </si>
+  <si>
+    <t>41-02722-002</t>
+  </si>
+  <si>
+    <t>41-02762-000</t>
+  </si>
+  <si>
+    <t>MAURER ANDREW</t>
+  </si>
+  <si>
+    <t>1006 MAURER DR</t>
+  </si>
+  <si>
+    <t>41-02764-000</t>
+  </si>
+  <si>
+    <t>1002 MAURER DR</t>
+  </si>
+  <si>
     <t>41-02825-000</t>
   </si>
   <si>
     <t>4102866</t>
   </si>
   <si>
     <t>STRIKER WILLIAM E</t>
   </si>
   <si>
-    <t>118 N WARDELL ST</t>
+    <t>41-02884-000</t>
+  </si>
+  <si>
+    <t>SLABAUGH CLARISSA &amp; MICHELLE E MCGEE</t>
+  </si>
+  <si>
+    <t>111 W 5TH ST</t>
   </si>
   <si>
     <t>41-02910-000</t>
   </si>
   <si>
-    <t>GOFF DARLENE F</t>
-[...2 lines deleted...]
-    <t>242 S WARDELL ST</t>
+    <t>41-03104-000</t>
+  </si>
+  <si>
+    <t>41-03116-000</t>
+  </si>
+  <si>
+    <t>1010 MAURER DR</t>
+  </si>
+  <si>
+    <t>41-03168-000</t>
+  </si>
+  <si>
+    <t>E 7TH ST</t>
+  </si>
+  <si>
+    <t>41-03191-000</t>
+  </si>
+  <si>
+    <t>CAPITAL FINANCIAL VENTURES I LLC</t>
+  </si>
+  <si>
+    <t>999 TRENTON AVE</t>
   </si>
   <si>
     <t>41-03199-000</t>
   </si>
   <si>
     <t>MAGNAGHETTI JOS &amp; ROSIE</t>
   </si>
   <si>
-    <t>TRENTON AVE</t>
-[...1 lines deleted...]
-  <si>
     <t>41-03200-000</t>
   </si>
   <si>
     <t>41-03208-000</t>
   </si>
   <si>
     <t>KURILOVCHAN JOHN</t>
   </si>
   <si>
     <t>41-03264-000</t>
   </si>
   <si>
     <t>ANNON ROBIN E &amp; BRENT A</t>
   </si>
   <si>
     <t>2105 N WATER ST EXT</t>
   </si>
   <si>
     <t>4103789</t>
   </si>
   <si>
     <t>DOWDLE WESLEY JOHN</t>
   </si>
   <si>
     <t>365 MCCONNELL ST</t>
   </si>
   <si>
     <t>4104268</t>
   </si>
   <si>
     <t>COOPER MATTHEW</t>
   </si>
   <si>
     <t>337 MCCONNELL ST LOT 1/2</t>
   </si>
   <si>
+    <t>4104463</t>
+  </si>
+  <si>
     <t>4104528</t>
   </si>
   <si>
-    <t>MAURER ANDREW</t>
-[...1 lines deleted...]
-  <si>
     <t>920 MAURER DR</t>
   </si>
   <si>
+    <t>4105135</t>
+  </si>
+  <si>
+    <t>ROUP LEOTA M</t>
+  </si>
+  <si>
+    <t>1160 HOLIDAY AVE</t>
+  </si>
+  <si>
     <t>4106011</t>
   </si>
   <si>
     <t>WADE SHAWN D</t>
   </si>
   <si>
     <t>343 MCCONNELL ST LOT A</t>
   </si>
   <si>
     <t>4106202</t>
   </si>
   <si>
     <t>KYLIE R BRINKMAN FOSTER</t>
   </si>
   <si>
     <t>155 LAPORTE DR</t>
   </si>
   <si>
+    <t>4106346</t>
+  </si>
+  <si>
+    <t>ERICKSON JULIE A</t>
+  </si>
+  <si>
+    <t>107 THOMPSON ST</t>
+  </si>
+  <si>
     <t>4106388</t>
   </si>
   <si>
     <t>GRIMM CATHY S</t>
   </si>
   <si>
     <t>520 E 2ND ST</t>
   </si>
   <si>
     <t>4106470</t>
   </si>
   <si>
     <t>ARTHURS TAMARA</t>
   </si>
   <si>
     <t>165 LAPORTE DR</t>
   </si>
   <si>
     <t>4106754</t>
   </si>
   <si>
     <t>SEARS DONALD K</t>
   </si>
   <si>
     <t>533 HERRICK ST</t>
   </si>
   <si>
+    <t>4107042</t>
+  </si>
+  <si>
+    <t>LOVEDAY ROBERT W &amp; TAMMY L</t>
+  </si>
+  <si>
+    <t>130 LAPORTE DR</t>
+  </si>
+  <si>
     <t>4107253</t>
   </si>
   <si>
     <t>BARRICK JIM L</t>
   </si>
   <si>
     <t>525 HERRICK ST</t>
   </si>
   <si>
     <t>4107339</t>
   </si>
   <si>
     <t>MAURER ANDREW L</t>
-  </si>
-[...1 lines deleted...]
-    <t>1006 MAURER DR</t>
   </si>
   <si>
     <t>4107450</t>
   </si>
   <si>
     <t>DEVORE TONIA M</t>
   </si>
   <si>
     <t>551 HERRICK ST</t>
   </si>
   <si>
     <t>4107506</t>
   </si>
   <si>
     <t>LEWIS ALICIA S</t>
   </si>
   <si>
     <t>246 PEARL ST</t>
   </si>
   <si>
     <t>4107806</t>
   </si>
   <si>
     <t>SMART DONNA</t>
   </si>
@@ -1009,2440 +1966,4860 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F118" headerRowCount="1">
-  <autoFilter ref="A1:F118"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F239" headerRowCount="1">
+  <autoFilter ref="A1:F239"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31086&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73067&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72982&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30611&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30641&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30642&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30691&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30695&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30720&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30751&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30791&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30956&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30958&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30960&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30967&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30969&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=30997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31061&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31086&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31127&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31163&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31205&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31237&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31246&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31311&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31323&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31337&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31388&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31403&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31414&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31424&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31481&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31485&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31531&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31544&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31566&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31645&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31678&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31732&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31752&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31786&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31793&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31840&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31900&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31913&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31976&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=31985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32010&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32012&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73060&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32118&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32150&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32200&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32201&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32202&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32220&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32257&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32259&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32308&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32315&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32422&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32435&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32444&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32458&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32515&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32517&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72897&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73074&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32593&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32594&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32599&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32616&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32637&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32658&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32674&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32681&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32716&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32759&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32777&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32808&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32929&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=32970&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33038&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33058&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33059&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33080&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33088&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33113&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33488&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33502&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33586&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33591&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33592&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33598&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/RealEstate/Index?Property_ID=33614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73105&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73110&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73124&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73126&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=74828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=72416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75571&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73142&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73145&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73147&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=75907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=76137&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.tuscarawas.oh.us/ManufacturedHome?Property_ID=73067&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F118"/>
+  <dimension ref="A1:F239"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-    <col min="2" max="2" width="64.33325958251953" customWidth="1"/>
+    <col min="2" max="2" width="65.93742370605469" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="26.330476760864258" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>3063.8</v>
+        <v>3134.06</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>18.93</v>
+        <v>31.15</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>14307.06</v>
+        <v>795.11</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>78.31</v>
+        <v>2894.61</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>417.54</v>
+        <v>14524.4</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>4870.1</v>
+        <v>53.72</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>16251.85</v>
+        <v>28.46</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>197.83</v>
+        <v>675.6</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>374.18</v>
+        <v>1726.46</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>200.94</v>
+        <v>417.52</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>5645.51</v>
+        <v>391.39</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>350.69</v>
+        <v>46.45</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>1350.24</v>
+        <v>83.42</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>1472.12</v>
+        <v>538.28</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>2133.08</v>
+        <v>5152.53</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>3759.5</v>
+        <v>503.12</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>132.12</v>
+        <v>424.98</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="E19" s="2">
-        <v>1582.52</v>
+        <v>0.23</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E20" s="2">
-        <v>5141.59</v>
+        <v>1046.54</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E21" s="2">
-        <v>3075.91</v>
+        <v>16378.6</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E22" s="2">
-        <v>53.87</v>
+        <v>547.72</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E23" s="2">
-        <v>5150.53</v>
+        <v>79.01</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E24" s="2">
-        <v>2326.41</v>
+        <v>29.22</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="2">
-        <v>24730.42</v>
+        <v>52.11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="2">
-        <v>33.64</v>
+        <v>217.83</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E27" s="2">
-        <v>120.03</v>
+        <v>608.47</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E28" s="2">
-        <v>1233.48</v>
+        <v>386.81</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E29" s="2">
-        <v>0.24</v>
+        <v>72.32</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E30" s="2">
-        <v>147.19</v>
+        <v>1021.26</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E31" s="2">
-        <v>16239.12</v>
+        <v>6613.49</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E32" s="2">
-        <v>3397.97</v>
+        <v>929.4</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E33" s="2">
-        <v>2.67</v>
+        <v>668.87</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E34" s="2">
-        <v>347.71</v>
+        <v>1837.64</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E35" s="2">
-        <v>593.81</v>
+        <v>2001.81</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E36" s="2">
-        <v>7.31</v>
+        <v>2296.25</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E37" s="2">
-        <v>17859.01</v>
+        <v>3856.41</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>58</v>
+        <v>117</v>
       </c>
       <c r="E38" s="2">
-        <v>1291.6</v>
+        <v>886.4</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="E39" s="2">
-        <v>825.95</v>
+        <v>254.31</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="E40" s="2">
-        <v>758.22</v>
+        <v>495.17</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="E41" s="2">
-        <v>758.22</v>
+        <v>781.78</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>100</v>
+        <v>129</v>
       </c>
       <c r="E42" s="2">
-        <v>8711.54</v>
+        <v>196.56</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="E43" s="2">
-        <v>1877.12</v>
+        <v>1714.36</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="E44" s="2">
-        <v>1547.13</v>
+        <v>5148.77</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="E45" s="2">
-        <v>793.69</v>
+        <v>0.03</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>133</v>
+        <v>81</v>
       </c>
       <c r="E46" s="2">
-        <v>2579.39</v>
+        <v>26.8</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="E47" s="2">
-        <v>4776.59</v>
+        <v>3351.65</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="E48" s="2">
-        <v>6119.34</v>
+        <v>223.87</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="E49" s="2">
-        <v>260.84</v>
+        <v>279.71</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="E50" s="2">
-        <v>22108.3</v>
+        <v>306.29</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>58</v>
+        <v>154</v>
       </c>
       <c r="E51" s="2">
-        <v>4560.5</v>
+        <v>5525.02</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="E52" s="2">
-        <v>1674.52</v>
+        <v>498.13</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="E53" s="2">
-        <v>24.41</v>
+        <v>2649.93</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="E54" s="2">
-        <v>871.71</v>
+        <v>10.76</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="E55" s="2">
-        <v>17446.33</v>
+        <v>1021.69</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="E56" s="2">
-        <v>1208.61</v>
+        <v>24884.89</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>164</v>
+        <v>42</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="E57" s="2">
-        <v>301.7</v>
+        <v>6.78</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="E58" s="2">
-        <v>11717.72</v>
+        <v>293.59</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="E59" s="2">
-        <v>1681.51</v>
+        <v>45.43</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>31</v>
+        <v>178</v>
       </c>
       <c r="E60" s="2">
-        <v>298.97</v>
+        <v>161.78</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="E61" s="2">
-        <v>428.71</v>
+        <v>1752.5</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="E62" s="2">
-        <v>8752.9</v>
+        <v>0.24</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="E63" s="2">
-        <v>1653.94</v>
+        <v>451.73</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="E64" s="2">
-        <v>7121.28</v>
+        <v>189.88</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E65" s="2">
-        <v>95.6</v>
+        <v>16435.68</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>190</v>
+        <v>98</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>112</v>
+        <v>194</v>
       </c>
       <c r="E66" s="2">
-        <v>427.84</v>
+        <v>733.32</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>57</v>
+        <v>196</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="E67" s="2">
-        <v>539.7</v>
+        <v>3605.89</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="E68" s="2">
-        <v>14.01</v>
+        <v>81.1</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="E69" s="2">
-        <v>431.71</v>
+        <v>935.47</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>63</v>
+        <v>206</v>
       </c>
       <c r="E70" s="2">
-        <v>1686.04</v>
+        <v>1.4</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>63</v>
+        <v>209</v>
       </c>
       <c r="E71" s="2">
-        <v>1508.13</v>
+        <v>60.55</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>58</v>
+        <v>212</v>
       </c>
       <c r="E72" s="2">
-        <v>3452.83</v>
+        <v>1543.53</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>200</v>
+        <v>139</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>63</v>
+        <v>137</v>
       </c>
       <c r="E73" s="2">
-        <v>1540.4</v>
+        <v>50.76</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>58</v>
+        <v>216</v>
       </c>
       <c r="E74" s="2">
-        <v>4274.34</v>
+        <v>14.07</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>200</v>
+        <v>218</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>58</v>
+        <v>219</v>
       </c>
       <c r="E75" s="2">
-        <v>5564.49</v>
+        <v>363.39</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>206</v>
+        <v>220</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>200</v>
+        <v>221</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>63</v>
+        <v>222</v>
       </c>
       <c r="E76" s="2">
-        <v>1489.44</v>
+        <v>577.44</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>207</v>
+        <v>223</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>208</v>
+        <v>224</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>58</v>
+        <v>225</v>
       </c>
       <c r="E77" s="2">
-        <v>10876.38</v>
+        <v>878.33</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>209</v>
+        <v>226</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>210</v>
+        <v>227</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>211</v>
+        <v>228</v>
       </c>
       <c r="E78" s="2">
-        <v>5274.12</v>
+        <v>345.02</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>212</v>
+        <v>229</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>213</v>
+        <v>230</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>214</v>
+        <v>231</v>
       </c>
       <c r="E79" s="2">
-        <v>95.22</v>
+        <v>50.94</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>215</v>
+        <v>232</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>216</v>
+        <v>233</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>217</v>
+        <v>234</v>
       </c>
       <c r="E80" s="2">
-        <v>69.41</v>
+        <v>570.42</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>218</v>
+        <v>235</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>219</v>
+        <v>233</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>58</v>
+        <v>120</v>
       </c>
       <c r="E81" s="2">
-        <v>3402.71</v>
+        <v>57.06</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>58</v>
+        <v>238</v>
       </c>
       <c r="E82" s="2">
-        <v>5393.08</v>
+        <v>17989.25</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>222</v>
+        <v>239</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>219</v>
+        <v>240</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>58</v>
+        <v>241</v>
       </c>
       <c r="E83" s="2">
-        <v>4295.71</v>
+        <v>950.26</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>223</v>
+        <v>242</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>224</v>
+        <v>243</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>225</v>
+        <v>120</v>
       </c>
       <c r="E84" s="2">
-        <v>1259.18</v>
+        <v>1382.15</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>227</v>
+        <v>245</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>228</v>
+        <v>246</v>
       </c>
       <c r="E85" s="2">
-        <v>3204.69</v>
+        <v>867.63</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>229</v>
+        <v>247</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>164</v>
+        <v>248</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>230</v>
+        <v>120</v>
       </c>
       <c r="E86" s="2">
-        <v>327.97</v>
+        <v>168.47</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>231</v>
+        <v>249</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>232</v>
+        <v>250</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>100</v>
+        <v>251</v>
       </c>
       <c r="E87" s="2">
-        <v>2890.93</v>
+        <v>11.57</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>233</v>
+        <v>252</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>234</v>
+        <v>253</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>235</v>
+        <v>254</v>
       </c>
       <c r="E88" s="2">
-        <v>4958.34</v>
+        <v>1091.26</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>238</v>
+        <v>256</v>
       </c>
       <c r="E89" s="2">
-        <v>2370.81</v>
+        <v>1004.99</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>239</v>
+        <v>257</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>240</v>
+        <v>253</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>241</v>
+        <v>256</v>
       </c>
       <c r="E90" s="2">
-        <v>937.09</v>
+        <v>1004.99</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>164</v>
+        <v>98</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>243</v>
+        <v>259</v>
       </c>
       <c r="E91" s="2">
-        <v>355.54</v>
+        <v>713.41</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>244</v>
+        <v>260</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>164</v>
+        <v>98</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>243</v>
+        <v>261</v>
       </c>
       <c r="E92" s="2">
-        <v>334.1</v>
+        <v>843.05</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>245</v>
+        <v>262</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>246</v>
+        <v>263</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>247</v>
+        <v>264</v>
       </c>
       <c r="E93" s="2">
-        <v>85.28</v>
+        <v>2.34</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>248</v>
+        <v>265</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>116</v>
+        <v>266</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>119</v>
+        <v>267</v>
       </c>
       <c r="E94" s="2">
-        <v>2666.13</v>
+        <v>257.69</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>249</v>
+        <v>268</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>250</v>
+        <v>269</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>251</v>
+        <v>270</v>
       </c>
       <c r="E95" s="2">
-        <v>246.94</v>
+        <v>304.8</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>252</v>
+        <v>271</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>253</v>
+        <v>272</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>254</v>
+        <v>200</v>
       </c>
       <c r="E96" s="2">
-        <v>425.57</v>
+        <v>8864.26</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>255</v>
+        <v>273</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>256</v>
+        <v>274</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>257</v>
+        <v>275</v>
       </c>
       <c r="E97" s="2">
-        <v>849.01</v>
+        <v>913.32</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>258</v>
+        <v>276</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>256</v>
+        <v>277</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>257</v>
+        <v>278</v>
       </c>
       <c r="E98" s="2">
-        <v>1455.04</v>
+        <v>860.04</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>259</v>
+        <v>279</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>260</v>
+        <v>280</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>257</v>
+        <v>281</v>
       </c>
       <c r="E99" s="2">
-        <v>1571.7</v>
+        <v>1942.15</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>261</v>
+        <v>282</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>262</v>
+        <v>283</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="E100" s="2">
-        <v>350.64</v>
+        <v>1668.38</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>265</v>
+        <v>283</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>266</v>
+        <v>286</v>
       </c>
       <c r="E101" s="2">
-        <v>56.7</v>
+        <v>855.14</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>267</v>
+        <v>287</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>268</v>
+        <v>288</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>269</v>
+        <v>289</v>
       </c>
       <c r="E102" s="2">
-        <v>105.46</v>
+        <v>314.3</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>270</v>
+        <v>290</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>271</v>
+        <v>291</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>272</v>
+        <v>292</v>
       </c>
       <c r="E103" s="2">
-        <v>223.9</v>
+        <v>797.22</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>273</v>
+        <v>293</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>275</v>
+        <v>295</v>
       </c>
       <c r="E104" s="2">
-        <v>126.29</v>
+        <v>3258.77</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>276</v>
+        <v>296</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>278</v>
+        <v>298</v>
       </c>
       <c r="E105" s="2">
-        <v>725.36</v>
+        <v>318.39</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>280</v>
+        <v>300</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>281</v>
+        <v>81</v>
       </c>
       <c r="E106" s="2">
-        <v>777.8</v>
+        <v>4869.38</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>282</v>
+        <v>301</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>283</v>
+        <v>302</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="E107" s="2">
-        <v>1834.35</v>
+        <v>6213.46</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>285</v>
+        <v>304</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>286</v>
+        <v>305</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>287</v>
+        <v>306</v>
       </c>
       <c r="E108" s="2">
-        <v>22</v>
+        <v>374.86</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>288</v>
+        <v>307</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>289</v>
+        <v>308</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>290</v>
+        <v>134</v>
       </c>
       <c r="E109" s="2">
-        <v>250.3</v>
+        <v>73.03</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>293</v>
+        <v>311</v>
       </c>
       <c r="E110" s="2">
-        <v>49.71</v>
+        <v>303.08</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>294</v>
+        <v>312</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>295</v>
+        <v>313</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>296</v>
+        <v>314</v>
       </c>
       <c r="E111" s="2">
-        <v>2336.44</v>
+        <v>1144.59</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>298</v>
+        <v>316</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>299</v>
+        <v>317</v>
       </c>
       <c r="E112" s="2">
-        <v>2966.81</v>
+        <v>22282.71</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>300</v>
+        <v>318</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>301</v>
+        <v>319</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>302</v>
+        <v>120</v>
       </c>
       <c r="E113" s="2">
-        <v>39.46</v>
+        <v>4692.34</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>303</v>
+        <v>320</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>304</v>
+        <v>321</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>305</v>
+        <v>322</v>
       </c>
       <c r="E114" s="2">
-        <v>21.62</v>
+        <v>367.15</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>306</v>
+        <v>323</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>307</v>
+        <v>325</v>
       </c>
       <c r="E115" s="2">
-        <v>6.29</v>
+        <v>464.82</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>308</v>
+        <v>326</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>309</v>
+        <v>327</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>310</v>
+        <v>328</v>
       </c>
       <c r="E116" s="2">
-        <v>173.23</v>
+        <v>0.18</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>311</v>
+        <v>329</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>312</v>
+        <v>330</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>313</v>
+        <v>331</v>
       </c>
       <c r="E117" s="2">
-        <v>267.54</v>
+        <v>4.8</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>314</v>
+        <v>332</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>315</v>
+        <v>333</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>316</v>
+        <v>334</v>
       </c>
       <c r="E118" s="2">
+        <v>2327.23</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="E119" s="2">
+        <v>32.85</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="E120" s="2">
+        <v>919.14</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C121" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="E121" s="2">
+        <v>712.32</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="E122" s="2">
+        <v>17538.6</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="E123" s="2">
+        <v>49.41</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="E124" s="2">
+        <v>49.81</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="E125" s="2">
+        <v>2326.58</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="E126" s="2">
+        <v>582.16</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="E127" s="2">
+        <v>16.65</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C128" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="E128" s="2">
+        <v>65.03</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="E129" s="2">
+        <v>8.67</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D130" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="E130" s="2">
+        <v>106.65</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="E131" s="2">
+        <v>1015.23</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="C132" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D132" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="E132" s="2">
+        <v>106.36</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C133" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D133" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="E133" s="2">
+        <v>81.89</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C134" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D134" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="E134" s="2">
+        <v>908.77</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="E135" s="2">
+        <v>3.12</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D136" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="E136" s="2">
+        <v>11901.1</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D137" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="E137" s="2">
+        <v>2430.27</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="E138" s="2">
+        <v>36.02</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="E139" s="2">
+        <v>755.44</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="C140" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="E140" s="2">
+        <v>385.83</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="C141" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D141" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="E141" s="2">
+        <v>32.13</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="C142" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D142" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="E142" s="2">
+        <v>1026.67</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="C143" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="E143" s="2">
+        <v>59.71</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="C144" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D144" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="E144" s="2">
+        <v>546.37</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="B145" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D145" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="E145" s="2">
+        <v>1234.09</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="C146" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D146" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="E146" s="2">
+        <v>9545.77</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="E147" s="2">
+        <v>312.06</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D148" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="E148" s="2">
+        <v>680.57</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="E149" s="2">
+        <v>1963.87</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="B150" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="E150" s="2">
+        <v>1053.99</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D151" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="E151" s="2">
+        <v>7326.73</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D152" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="E152" s="2">
+        <v>138.29</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D153" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="E153" s="2">
+        <v>14.46</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="C154" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D154" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="E154" s="2">
+        <v>495.35</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C155" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D155" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="E155" s="2">
+        <v>1038.88</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="C156" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D156" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="E156" s="2">
+        <v>17.17</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="E157" s="2">
+        <v>1448.8</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="B158" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="C158" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D158" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="E158" s="2">
+        <v>850.71</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="B159" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C159" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D159" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="E159" s="2">
+        <v>1745.71</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C160" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D160" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="E160" s="2">
+        <v>1560.73</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C161" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E161" s="2">
+        <v>3554.08</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C162" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="E162" s="2">
+        <v>1607.42</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C163" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D163" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E163" s="2">
+        <v>4384.38</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C164" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D164" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E164" s="2">
+        <v>5728.39</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="C165" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D165" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="E165" s="2">
+        <v>1542.04</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="C166" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D166" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E166" s="2">
+        <v>10985.35</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C167" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="E167" s="2">
+        <v>5449.82</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="E168" s="2">
+        <v>966.95</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D169" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="E169" s="2">
+        <v>241.75</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="C170" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D170" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="E170" s="2">
+        <v>244.86</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C171" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D171" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="E171" s="2">
+        <v>684.87</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="C172" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="E172" s="2">
+        <v>106.08</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="C173" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D173" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="E173" s="2">
+        <v>204.21</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C174" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D174" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="E174" s="2">
+        <v>33.14</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D175" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="E175" s="2">
+        <v>37.72</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="C176" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D176" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="E176" s="2">
+        <v>71.59</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="C177" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="E177" s="2">
+        <v>501.4</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D178" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="E178" s="2">
+        <v>0.18</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="E179" s="2">
+        <v>1217.78</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="E180" s="2">
+        <v>241.27</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="E181" s="2">
+        <v>699.9</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C182" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E182" s="2">
+        <v>3527.28</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="C183" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D183" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E183" s="2">
+        <v>5556.91</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D184" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E184" s="2">
+        <v>4455.29</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="E185" s="2">
+        <v>1483.31</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C186" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D186" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="E186" s="2">
+        <v>3367.66</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C187" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D187" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="E187" s="2">
+        <v>686</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C188" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D188" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="E188" s="2">
+        <v>632.95</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="C189" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D189" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="E189" s="2">
+        <v>2979.73</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="C190" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D190" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="E190" s="2">
+        <v>5055.36</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D191" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="E191" s="2">
+        <v>43.18</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="B192" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="C192" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D192" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="E192" s="2">
+        <v>111.22</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D193" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="E193" s="2">
+        <v>2554.19</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="B194" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="C194" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D194" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="E194" s="2">
+        <v>1259.83</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="C195" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D195" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="E195" s="2">
+        <v>25.4</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D196" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="E196" s="2">
+        <v>817.61</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C197" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D197" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="E197" s="2">
+        <v>145.97</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C198" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D198" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="E198" s="2">
+        <v>686.1</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C199" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D199" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="E199" s="2">
+        <v>644.81</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="C200" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D200" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="E200" s="2">
+        <v>92.96</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="C201" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D201" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="E201" s="2">
+        <v>785.4</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D202" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="E202" s="2">
+        <v>263.77</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="C203" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D203" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="E203" s="2">
+        <v>117.47</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="C204" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D204" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="E204" s="2">
+        <v>509.89</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="C205" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D205" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="E205" s="2">
+        <v>515.24</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C206" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D206" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="E206" s="2">
+        <v>3461.3</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="C207" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D207" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="E207" s="2">
+        <v>250.78</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="C208" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D208" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="E208" s="2">
+        <v>374.53</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="B209" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C209" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D209" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="E209" s="2">
+        <v>591.66</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C210" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D210" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E210" s="2">
+        <v>44.45</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="C211" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D211" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="E211" s="2">
+        <v>440.64</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="C212" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D212" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="E212" s="2">
+        <v>218.72</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="C213" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D213" s="0" t="s">
+        <v>566</v>
+      </c>
+      <c r="E213" s="2">
+        <v>535.46</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="C214" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D214" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="E214" s="2">
+        <v>878.57</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="C215" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D215" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="E215" s="2">
+        <v>1502.47</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="C216" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D216" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="E216" s="2">
+        <v>1619.13</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C217" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D217" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="E217" s="2">
+        <v>946.78</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="B218" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="C218" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D218" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="E218" s="2">
+        <v>62.65</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="0" t="s">
+        <v>578</v>
+      </c>
+      <c r="B219" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="C219" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D219" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="E219" s="2">
+        <v>110.92</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C220" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D220" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="E220" s="2">
+        <v>182.27</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="C221" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>583</v>
+      </c>
+      <c r="E221" s="2">
+        <v>323.92</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="C222" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D222" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="E222" s="2">
+        <v>20.33</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="B223" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="C223" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D223" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="E223" s="2">
+        <v>131.4</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="B224" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="C224" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D224" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="E224" s="2">
+        <v>920.9</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="B225" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="C225" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D225" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="E225" s="2">
+        <v>31.37</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="B226" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="C226" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D226" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="E226" s="2">
+        <v>991.45</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="B227" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="C227" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D227" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="E227" s="2">
+        <v>1987.08</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="B228" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="C228" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D228" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="E228" s="2">
+        <v>26.74</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="B229" s="0" t="s">
+        <v>606</v>
+      </c>
+      <c r="C229" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D229" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="E229" s="2">
+        <v>162.54</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="B230" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="C230" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D230" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="E230" s="2">
+        <v>362.08</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="B231" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D231" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="E231" s="2">
+        <v>59.05</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D232" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="E232" s="2">
+        <v>2546.17</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="B233" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D233" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="E233" s="2">
+        <v>3201.1</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="B234" s="0" t="s">
+        <v>620</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D234" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="E234" s="2">
+        <v>50.01</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="B235" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="C235" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D235" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="E235" s="2">
+        <v>31.29</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="B236" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C236" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="E236" s="2">
+        <v>18.51</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="B237" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="C237" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D237" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="E237" s="2">
+        <v>184.61</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="B238" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="C238" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D238" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="E238" s="2">
+        <v>426.26</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="B239" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="C239" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D239" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="E239" s="2">
         <v>217.37</v>
       </c>
-      <c r="F118" s="1" t="s">
+      <c r="F239" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -3521,32 +6898,153 @@
     <hyperlink ref="F94" r:id="rId94"/>
     <hyperlink ref="F95" r:id="rId95"/>
     <hyperlink ref="F96" r:id="rId96"/>
     <hyperlink ref="F97" r:id="rId97"/>
     <hyperlink ref="F98" r:id="rId98"/>
     <hyperlink ref="F99" r:id="rId99"/>
     <hyperlink ref="F100" r:id="rId100"/>
     <hyperlink ref="F101" r:id="rId101"/>
     <hyperlink ref="F102" r:id="rId102"/>
     <hyperlink ref="F103" r:id="rId103"/>
     <hyperlink ref="F104" r:id="rId104"/>
     <hyperlink ref="F105" r:id="rId105"/>
     <hyperlink ref="F106" r:id="rId106"/>
     <hyperlink ref="F107" r:id="rId107"/>
     <hyperlink ref="F108" r:id="rId108"/>
     <hyperlink ref="F109" r:id="rId109"/>
     <hyperlink ref="F110" r:id="rId110"/>
     <hyperlink ref="F111" r:id="rId111"/>
     <hyperlink ref="F112" r:id="rId112"/>
     <hyperlink ref="F113" r:id="rId113"/>
     <hyperlink ref="F114" r:id="rId114"/>
     <hyperlink ref="F115" r:id="rId115"/>
     <hyperlink ref="F116" r:id="rId116"/>
     <hyperlink ref="F117" r:id="rId117"/>
     <hyperlink ref="F118" r:id="rId118"/>
+    <hyperlink ref="F119" r:id="rId119"/>
+    <hyperlink ref="F120" r:id="rId120"/>
+    <hyperlink ref="F121" r:id="rId121"/>
+    <hyperlink ref="F122" r:id="rId122"/>
+    <hyperlink ref="F123" r:id="rId123"/>
+    <hyperlink ref="F124" r:id="rId124"/>
+    <hyperlink ref="F125" r:id="rId125"/>
+    <hyperlink ref="F126" r:id="rId126"/>
+    <hyperlink ref="F127" r:id="rId127"/>
+    <hyperlink ref="F128" r:id="rId128"/>
+    <hyperlink ref="F129" r:id="rId129"/>
+    <hyperlink ref="F130" r:id="rId130"/>
+    <hyperlink ref="F131" r:id="rId131"/>
+    <hyperlink ref="F132" r:id="rId132"/>
+    <hyperlink ref="F133" r:id="rId133"/>
+    <hyperlink ref="F134" r:id="rId134"/>
+    <hyperlink ref="F135" r:id="rId135"/>
+    <hyperlink ref="F136" r:id="rId136"/>
+    <hyperlink ref="F137" r:id="rId137"/>
+    <hyperlink ref="F138" r:id="rId138"/>
+    <hyperlink ref="F139" r:id="rId139"/>
+    <hyperlink ref="F140" r:id="rId140"/>
+    <hyperlink ref="F141" r:id="rId141"/>
+    <hyperlink ref="F142" r:id="rId142"/>
+    <hyperlink ref="F143" r:id="rId143"/>
+    <hyperlink ref="F144" r:id="rId144"/>
+    <hyperlink ref="F145" r:id="rId145"/>
+    <hyperlink ref="F146" r:id="rId146"/>
+    <hyperlink ref="F147" r:id="rId147"/>
+    <hyperlink ref="F148" r:id="rId148"/>
+    <hyperlink ref="F149" r:id="rId149"/>
+    <hyperlink ref="F150" r:id="rId150"/>
+    <hyperlink ref="F151" r:id="rId151"/>
+    <hyperlink ref="F152" r:id="rId152"/>
+    <hyperlink ref="F153" r:id="rId153"/>
+    <hyperlink ref="F154" r:id="rId154"/>
+    <hyperlink ref="F155" r:id="rId155"/>
+    <hyperlink ref="F156" r:id="rId156"/>
+    <hyperlink ref="F157" r:id="rId157"/>
+    <hyperlink ref="F158" r:id="rId158"/>
+    <hyperlink ref="F159" r:id="rId159"/>
+    <hyperlink ref="F160" r:id="rId160"/>
+    <hyperlink ref="F161" r:id="rId161"/>
+    <hyperlink ref="F162" r:id="rId162"/>
+    <hyperlink ref="F163" r:id="rId163"/>
+    <hyperlink ref="F164" r:id="rId164"/>
+    <hyperlink ref="F165" r:id="rId165"/>
+    <hyperlink ref="F166" r:id="rId166"/>
+    <hyperlink ref="F167" r:id="rId167"/>
+    <hyperlink ref="F168" r:id="rId168"/>
+    <hyperlink ref="F169" r:id="rId169"/>
+    <hyperlink ref="F170" r:id="rId170"/>
+    <hyperlink ref="F171" r:id="rId171"/>
+    <hyperlink ref="F172" r:id="rId172"/>
+    <hyperlink ref="F173" r:id="rId173"/>
+    <hyperlink ref="F174" r:id="rId174"/>
+    <hyperlink ref="F175" r:id="rId175"/>
+    <hyperlink ref="F176" r:id="rId176"/>
+    <hyperlink ref="F177" r:id="rId177"/>
+    <hyperlink ref="F178" r:id="rId178"/>
+    <hyperlink ref="F179" r:id="rId179"/>
+    <hyperlink ref="F180" r:id="rId180"/>
+    <hyperlink ref="F181" r:id="rId181"/>
+    <hyperlink ref="F182" r:id="rId182"/>
+    <hyperlink ref="F183" r:id="rId183"/>
+    <hyperlink ref="F184" r:id="rId184"/>
+    <hyperlink ref="F185" r:id="rId185"/>
+    <hyperlink ref="F186" r:id="rId186"/>
+    <hyperlink ref="F187" r:id="rId187"/>
+    <hyperlink ref="F188" r:id="rId188"/>
+    <hyperlink ref="F189" r:id="rId189"/>
+    <hyperlink ref="F190" r:id="rId190"/>
+    <hyperlink ref="F191" r:id="rId191"/>
+    <hyperlink ref="F192" r:id="rId192"/>
+    <hyperlink ref="F193" r:id="rId193"/>
+    <hyperlink ref="F194" r:id="rId194"/>
+    <hyperlink ref="F195" r:id="rId195"/>
+    <hyperlink ref="F196" r:id="rId196"/>
+    <hyperlink ref="F197" r:id="rId197"/>
+    <hyperlink ref="F198" r:id="rId198"/>
+    <hyperlink ref="F199" r:id="rId199"/>
+    <hyperlink ref="F200" r:id="rId200"/>
+    <hyperlink ref="F201" r:id="rId201"/>
+    <hyperlink ref="F202" r:id="rId202"/>
+    <hyperlink ref="F203" r:id="rId203"/>
+    <hyperlink ref="F204" r:id="rId204"/>
+    <hyperlink ref="F205" r:id="rId205"/>
+    <hyperlink ref="F206" r:id="rId206"/>
+    <hyperlink ref="F207" r:id="rId207"/>
+    <hyperlink ref="F208" r:id="rId208"/>
+    <hyperlink ref="F209" r:id="rId209"/>
+    <hyperlink ref="F210" r:id="rId210"/>
+    <hyperlink ref="F211" r:id="rId211"/>
+    <hyperlink ref="F212" r:id="rId212"/>
+    <hyperlink ref="F213" r:id="rId213"/>
+    <hyperlink ref="F214" r:id="rId214"/>
+    <hyperlink ref="F215" r:id="rId215"/>
+    <hyperlink ref="F216" r:id="rId216"/>
+    <hyperlink ref="F217" r:id="rId217"/>
+    <hyperlink ref="F218" r:id="rId218"/>
+    <hyperlink ref="F219" r:id="rId219"/>
+    <hyperlink ref="F220" r:id="rId220"/>
+    <hyperlink ref="F221" r:id="rId221"/>
+    <hyperlink ref="F222" r:id="rId222"/>
+    <hyperlink ref="F223" r:id="rId223"/>
+    <hyperlink ref="F224" r:id="rId224"/>
+    <hyperlink ref="F225" r:id="rId225"/>
+    <hyperlink ref="F226" r:id="rId226"/>
+    <hyperlink ref="F227" r:id="rId227"/>
+    <hyperlink ref="F228" r:id="rId228"/>
+    <hyperlink ref="F229" r:id="rId229"/>
+    <hyperlink ref="F230" r:id="rId230"/>
+    <hyperlink ref="F231" r:id="rId231"/>
+    <hyperlink ref="F232" r:id="rId232"/>
+    <hyperlink ref="F233" r:id="rId233"/>
+    <hyperlink ref="F234" r:id="rId234"/>
+    <hyperlink ref="F235" r:id="rId235"/>
+    <hyperlink ref="F236" r:id="rId236"/>
+    <hyperlink ref="F237" r:id="rId237"/>
+    <hyperlink ref="F238" r:id="rId238"/>
+    <hyperlink ref="F239" r:id="rId239"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>