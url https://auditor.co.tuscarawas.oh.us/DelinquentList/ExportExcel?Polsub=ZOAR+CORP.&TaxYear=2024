--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -158,41 +158,41 @@
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>1446.1</v>
+        <v>1484.66</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>